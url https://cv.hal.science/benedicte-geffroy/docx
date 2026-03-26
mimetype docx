--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Geffroy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy, Professeur à IMT Atlantique, Responsable du département Interdisciplinaire de Sciences Sociales</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benedicte-geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2932-9163</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">183367898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/EUU-6955-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between oncologist expectations and diagnostic reality in PET-CT adoption: a qualitative study of &amp;quot;gatekeeper&amp;quot; perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancer Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05514285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SMEs in search of ambidexterity: a challenge for HRM!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employee Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43 (2), pp.479-495. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ER-04-2020-0176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intelligence artificielle à l’épreuve des savoirs tacites. Analyse des pratiques d’utilisation d’un outil d’aide à la détection en radiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Anichini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (2), pp.43-69. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2021.0200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurations relationnelles d’interdépendance et ressorts de collaboration: les niveaux d’intégration relationnelle de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.358-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant : la gestion des tensions dans l’activité de travail en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 2 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.192.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk Management Through an “Activity Contradictions” Lens: Exposure to Low Doses of Radiation in Nuclear Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bodéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.228. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmed.2019.00228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02336947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurations relationnelles d’interdépendance et ressorts de collaboration : les niveaux d’intégration relationnelle de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (4), pp.358-382. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.194.0358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche de la synchronisation des flux : coordination informationnelle et temporelle des activités dans un service de médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (4), pp.79-110. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.174.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (127), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.127.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres et messagerie : du flux subi au renouvellement de l’activité bureaucratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 187 (23), pp.135-162. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.187.0135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La messagerie électronique, principal métronome des activités de cadre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations liées au système CRM: une méta-synthèse au prisme de la théorie de la structuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Michaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (1), pp.113-151. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.111.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et dynamique sociale de l'intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (9), pp.233--249. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la stratégie de déploiement des PGI sur la vision transversale de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168-169 (9-10), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.267-285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of enterprise resource planning implementation strategy on cross‐functionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Systems Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (1), pp.79-104. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2575.2006.00206.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et visions métiers conflictuelles : cas d’une entreprise en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10 (4), pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration du système d'information et transversalité : comparaison des approches des PME et des grandes entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 61, pp.71-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation des grandes entreprises françaises : le modèle “ H ” en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 132, pp.44-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trajectoire de la gouvernance d’un « club utilisateurs» dans l’évolution d’un progiciel de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e conférence de l'Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05098562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover et consolider son territoire professionnel : le cas de la médecine nucléaire et de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation d'une Plateforme Collaborative Inter-Organisationnelle en Santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier - La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des soft skills aux habiletés ou comment l’ingénieur développe l’art de l’articulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IMT Industrie du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Gardanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of appropriation and professional jurisdictions in oncological imaging: a French perspective on PET-CT as a multimodality imaging method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodality imaging and professional practices in oncological imaging: PET-CT procedures from a management perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCR'23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swiss Congress of Radiology, Jun 2023, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of appropriation and professional jurisdictions in oncological imaging: a French perspective on PET-CT as a multimodality imaging method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie hybride et création de valeurs pour les parties prenantes au prisme des configurations socio-organisationnelles ? le cas de la TEP-IRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tillement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Leuridan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Santé Globale, Université de Genève, Nov 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques médicales à l’épreuve d’une innovation d’imagerie multimodale : le cas de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques médicales à l'épreuve d'une innovation d'imagerie hybride : le cas de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque ARAMOS : les organisations de santé face au défi de la personnalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Santé Globale, Université de Genève, Nov 2022, Geneve, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03975090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imagerie médicale dans les services des urgences hospitalières : quels effets du déploiement de l’intelligence artificielle ? Proposition d’un cadre conceptuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariétou Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e conférence de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de diffusion/adoption de l'innovation en imagerie multimodale et interdépendance des communautés médicales : situation de la TEP-TDM en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de l’innovation en médecine nucléaire : une décennie propice pour la diffusion de la TEP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cimarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFMN 2021 : 7èmes Journées Francophones de Médecine Nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Médecine Nucléaire et Imagerie Moléculaire, Sep 2021, Paris, France. pp.206, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mednuc.2021.06.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04083808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de diffusion/adoption de l’innovation en imagerie multimodale et interdépendance des communautés médicales: situation de la TEP-TDM en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence Artificielle à l'épreuve de l'exercice professionnel des radiologues : entre affaiblissement et renforcement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Anichini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS 2020 : 8e congrès ARAMOS, les innovations managériales et organisationnelles en santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARAMOS, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04080223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulating the trajectory of innovation and the competences dynamics in SMEs: a challenge for HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème conférence EURAM : The business of now: the future starts here</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des PMO, stratégie d'innovation et dynamique des compétences: entre interdépendance et tensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Conférence de l'Association Internationale de Management Stratégique (congrès de l'AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe congrès TEPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Théorie et Evaluation des Politiques Publiques, Oct 2019, Saint-Denis de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires des PMO technologiques et dynamique des compétences : l'analyse de deux cas dans le secteur de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrés ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations d’interdépendance comme levier d’intégration. Le cas de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Semaine du Management de la FNEGE, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of nuclear medicine: between differentiation and integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surprise in and around organizations: journeys to expected : 34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europe Group for organizational studies, Jun 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand soigner en contexte d’incertitude conduit à un travail de conciliation : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de recherche appliquée au management des organisations de santé, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consolidation d’une « nouvelle » spécialité médicale : la médecine nucléaire, pratique relationnelle et organisationnelle entre médecins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal, Jul 2016, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undesirable effects from the use of integrated information system in an interorganizational context: cases in supply chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consolidation de la médecine nucléaire : le rôle des cliniciens dans la dynamique de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXème congrès de l'AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand une plateforme d’imagerie collaborative échoue à devenir un objet frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dublin, Irlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux au prisme du temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Stress et Risques psycho-sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERGAM, Mar 2015, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the intensive use of email fosters resistance and perpetuates the bureaucratic characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS Summer Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing risks across organizational actors boundaries: The case of the medical nuclear supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour les systèmes d’information dans la chaîne logistique de la médecine nucléaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème colloque de l’Association Information &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’usage de la messagerie à la transformation temporelle des activités des cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès de l’AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et effets des outils collaboratifs : la messagerie comme miroir des empilements organisationnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 ème Colloque de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2011, Saint-Denis Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres emmailés : comment la messagerie transforment les activités des cadres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXII Congrès AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des formes d’intégration intra-organisationnelle aux formes d’intégration inter-organisationnelle : analyse du cas des catalogues électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Marakkech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et dynamique sociale de l’intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AIM, Théories Sociales et Management des Systèmes d’Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la confiance à la distance, quand la GRH s’éloigne. Analyse des enjeux des transformations des choix de gestion des ressources humaines sur la relation à l’entreprise et la santé des personnels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Dakar (Sénégal), Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants organisationnels et managériaux de la santé au travail : Étude exploratoire au sein d’une PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès AGRH : outils, modes et modèles en GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone de gestion des ressources humaines, Sep 2007, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants organisationnels et managériaux de la santé au travail dans les PME de type familiale: Recherche exploratoire à partir de l’exemple d’un centre d’appels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Université de Printemps de l’Audit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'audit social, May 2007, Moscou, Russie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des compétences contre la flexibilité : une approche narrative des outils de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Detchessahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Journé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pascail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIe Congrès AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone de gestion des ressources humaines, Nov 2006, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does ERP Provide a Cross-Functional View of the Firm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS International Conference on Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Las Vegas (Nevada ), United States. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to low doses by health professionals in nuclear medicine: A relationship to differentiated risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RICOMET, Social Sciences and Humanities in Ionising Radiation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter dans le nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tillement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Journé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-bureaucratie. Le travail emmailé des cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines, 96 p., 2018, 978-2-35671-525-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les trajectoires des PME innovantes : le rôle de la GRH en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ludivine Adla; Virginie Gallego-Roquelaure; Marc-André Vilette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des ressources humaines en PME : approches stratégique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 6, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105, 2022, 978-2-311-41122-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de gestion du risque en médecine nucléaire, une perspective culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêter dans le nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.227-243, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique au service du métier et de la mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur les chemins de la transformation digitale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-268, 2020, 978-2-35671-613-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du risque à l'épreuve des pratiques professionnelles : l'exemple de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque environnemental : entre sciences physiques et sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-74, 2019, 2356715711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage au pays des PME sous le thème de l'alignement stratégique des technologies de l'information et de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en système d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions EMS, pp.499-513, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets temporels de l’usage intensif des mails par les cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Charles Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Organisation, information et performance : les processus opérationnels au cœur de la gestion des entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.125-134, 2016, 9782753573529. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.58340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards e-Mail Prevalence in Media Repertories: Evidence and Explanations for knowledge Workers of a Public Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Charles Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">H. Rahman; A. Mesquita; I. Ramos; B. Pernici. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Technologies in Innovative Information Systems : 7th Mediterranean Conference on Information Systems, MCIS 2012, Guimaraes, Portugal, September 8-10, 2012, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, X-267 p., 2012, 978-3-642-33244-9. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-33244-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler le global et le local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Devigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fragiles compétences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, pp.155-166, 2010, 9782356711939. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pressesmines.1342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des systèmes d’information sur l’organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie de l'informatique et des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 978-2-7117-4846-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des ERP sur la recomposition des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les réseaux : dimensions stratégiques et organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, 2004, 978-2-7178-4693-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3. Progiciels de gestion intégrés et flexibilités: vers des systèmes fortement couplés?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachel Beaujolin-Bellet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flexibilités et performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73--90, 2004, 9782707143235. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.beauj.2004.01.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId149"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Geffroy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy, Professeur à IMT Atlantique, Responsable du département Interdisciplinaire de Sciences Sociales</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benedicte-geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2932-9163</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">183367898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/EUU-6955-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’ambivalence constructive : un levier pour l’appropriation de l’IA en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05556937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between oncologist expectations and diagnostic reality in PET-CT adoption: a qualitative study of &amp;quot;gatekeeper&amp;quot; perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancer Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05514285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SMEs in search of ambidexterity: a challenge for HRM!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Employee Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43 (2), pp.479-495. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ER-04-2020-0176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intelligence artificielle à l’épreuve des savoirs tacites. Analyse des pratiques d’utilisation d’un outil d’aide à la détection en radiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Anichini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (2), pp.43-69. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2021.0200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurations relationnelles d’interdépendance et ressorts de collaboration: les niveaux d’intégration relationnelle de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (4), pp.358-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner tout en se protégeant : la gestion des tensions dans l’activité de travail en médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 2 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.192.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk Management Through an “Activity Contradictions” Lens: Exposure to Low Doses of Radiation in Nuclear Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bodéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.228. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmed.2019.00228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02336947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurations relationnelles d’interdépendance et ressorts de collaboration : les niveaux d’intégration relationnelle de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (4), pp.358-382. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jges.194.0358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche de la synchronisation des flux : coordination informationnelle et temporelle des activités dans un service de médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (4), pp.79-110. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.174.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (127), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.127.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres et messagerie : du flux subi au renouvellement de l’activité bureaucratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 187 (23), pp.135-162. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.187.0135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La messagerie électronique, principal métronome des activités de cadre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations liées au système CRM: une méta-synthèse au prisme de la théorie de la structuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Michaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (1), pp.113-151. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.111.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et dynamique sociale de l'intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (9), pp.233--249. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of enterprise resource planning implementation strategy on cross‐functionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Systems Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (1), pp.79-104. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2575.2006.00206.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la stratégie de déploiement des PGI sur la vision transversale de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 168-169 (9-10), pp.267-285. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.168-169.267-285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et visions métiers conflictuelles : cas d’une entreprise en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10 (4), pp.61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration du système d'information et transversalité : comparaison des approches des PME et des grandes entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 61, pp.71-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation des grandes entreprises françaises : le modèle “ H ” en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 132, pp.44-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04561198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trajectoire de la gouvernance d’un « club utilisateurs» dans l’évolution d’un progiciel de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e conférence de l'Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05098562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover et consolider son territoire professionnel : le cas de la médecine nucléaire et de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation d'une Plateforme Collaborative Inter-Organisationnelle en Santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Malafosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier - La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des soft skills aux habiletés ou comment l’ingénieur développe l’art de l’articulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IMT Industrie du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Gardanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of appropriation and professional jurisdictions in oncological imaging: a French perspective on PET-CT as a multimodality imaging method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Bath (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodality imaging and professional practices in oncological imaging: PET-CT procedures from a management perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCR'23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swiss Congress of Radiology, Jun 2023, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of appropriation and professional jurisdictions in oncological imaging: a French perspective on PET-CT as a multimodality imaging method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques médicales à l’épreuve d’une innovation d’imagerie multimodale : le cas de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques médicales à l'épreuve d'une innovation d'imagerie hybride : le cas de la TEP-TDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque ARAMOS : les organisations de santé face au défi de la personnalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Santé Globale, Université de Genève, Nov 2022, Geneve, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03975090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imagerie médicale dans les services des urgences hospitalières : quels effets du déploiement de l’intelligence artificielle ? Proposition d’un cadre conceptuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariétou Sidibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e conférence de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie hybride et création de valeurs pour les parties prenantes au prisme des configurations socio-organisationnelles ? le cas de la TEP-IRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tillement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Leuridan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Santé Globale, Université de Genève, Nov 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de diffusion/adoption de l'innovation en imagerie multimodale et interdépendance des communautés médicales : situation de la TEP-TDM en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de l’innovation en médecine nucléaire : une décennie propice pour la diffusion de la TEP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cimarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFMN 2021 : 7èmes Journées Francophones de Médecine Nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Médecine Nucléaire et Imagerie Moléculaire, Sep 2021, Paris, France. pp.206, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mednuc.2021.06.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04083808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de diffusion/adoption de l’innovation en imagerie multimodale et interdépendance des communautés médicales: situation de la TEP-TDM en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04560362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulating the trajectory of innovation and the competences dynamics in SMEs: a challenge for HRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème conférence EURAM : The business of now: the future starts here</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des PMO, stratégie d'innovation et dynamique des compétences: entre interdépendance et tensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Conférence de l'Association Internationale de Management Stratégique (congrès de l'AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence Artificielle à l'épreuve de l'exercice professionnel des radiologues : entre affaiblissement et renforcement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Anichini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS 2020 : 8e congrès ARAMOS, les innovations managériales et organisationnelles en santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARAMOS, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04080223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque contrôlé au risque régulé : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe congrès TEPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Théorie et Evaluation des Politiques Publiques, Oct 2019, Saint-Denis de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires des PMO technologiques et dynamique des compétences : l'analyse de deux cas dans le secteur de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème congrés ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations d’interdépendance comme levier d’intégration. Le cas de la médecine nucléaire en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Kraeber-Bodéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Semaine du Management de la FNEGE, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of nuclear medicine: between differentiation and integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surprise in and around organizations: journeys to expected : 34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europe Group for organizational studies, Jun 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand soigner en contexte d’incertitude conduit à un travail de conciliation : le cas de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de recherche appliquée au management des organisations de santé, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consolidation d’une « nouvelle » spécialité médicale : la médecine nucléaire, pratique relationnelle et organisationnelle entre médecins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal, Jul 2016, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undesirable effects from the use of integrated information system in an interorganizational context: cases in supply chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consolidation de la médecine nucléaire : le rôle des cliniciens dans la dynamique de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Cucharero Atienza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXème congrès de l'AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand une plateforme d’imagerie collaborative échoue à devenir un objet frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dublin, Irlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux au prisme du temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Stress et Risques psycho-sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERGAM, Mar 2015, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the intensive use of email fosters resistance and perpetuates the bureaucratic characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS Summer Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing risks across organizational actors boundaries: The case of the medical nuclear supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Lairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour les systèmes d’information dans la chaîne logistique de la médecine nucléaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Deltour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème colloque de l’Association Information &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’usage de la messagerie à la transformation temporelle des activités des cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès de l’AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadres emmailés : comment la messagerie transforment les activités des cadres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXII Congrès AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et effets des outils collaboratifs : la messagerie comme miroir des empilements organisationnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 ème Colloque de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, May 2011, Saint-Denis Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des formes d’intégration intra-organisationnelle aux formes d’intégration inter-organisationnelle : analyse du cas des catalogues électroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Marakkech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ERP et dynamique sociale de l’intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée AIM, Théories Sociales et Management des Systèmes d’Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la confiance à la distance, quand la GRH s’éloigne. Analyse des enjeux des transformations des choix de gestion des ressources humaines sur la relation à l’entreprise et la santé des personnels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès de l'AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Dakar (Sénégal), Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants organisationnels et managériaux de la santé au travail : Étude exploratoire au sein d’une PME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès AGRH : outils, modes et modèles en GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone de gestion des ressources humaines, Sep 2007, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants organisationnels et managériaux de la santé au travail dans les PME de type familiale: Recherche exploratoire à partir de l’exemple d’un centre d’appels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Clergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Pihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Université de Printemps de l’Audit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'audit social, May 2007, Moscou, Russie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des compétences contre la flexibilité : une approche narrative des outils de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Detchessahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Journé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pascail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIe Congrès AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone de gestion des ressources humaines, Nov 2006, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does ERP Provide a Cross-Functional View of the Firm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIS International Conference on Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Las Vegas (Nevada ), United States. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to low doses by health professionals in nuclear medicine: A relationship to differentiated risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RICOMET, Social Sciences and Humanities in Ionising Radiation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter dans le nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tillement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Journé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-bureaucratie. Le travail emmailé des cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines, 96 p., 2018, 978-2-35671-525-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner les trajectoires des PME innovantes : le rôle de la GRH en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ludivine Adla; Virginie Gallego-Roquelaure; Marc-André Vilette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des ressources humaines en PME : approches stratégique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapitre 6, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105, 2022, 978-2-311-41122-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03931465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de gestion du risque en médecine nucléaire, une perspective culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêter dans le nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.227-243, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique au service du métier et de la mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur les chemins de la transformation digitale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.249-268, 2020, 978-2-35671-613-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du risque à l'épreuve des pratiques professionnelles : l'exemple de la médecine nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lonceint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque environnemental : entre sciences physiques et sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-74, 2019, 2356715711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage au pays des PME sous le thème de l'alignement stratégique des technologies de l'information et de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands auteurs en système d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions EMS, pp.499-513, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets temporels de l’usage intensif des mails par les cadres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Charles Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Organisation, information et performance : les processus opérationnels au cœur de la gestion des entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.125-134, 2016, 9782753573529. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.58340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards e-Mail Prevalence in Media Repertories: Evidence and Explanations for knowledge Workers of a Public Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bretesché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Charles Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">H. Rahman; A. Mesquita; I. Ramos; B. Pernici. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge and Technologies in Innovative Information Systems : 7th Mediterranean Conference on Information Systems, MCIS 2012, Guimaraes, Portugal, September 8-10, 2012, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, X-267 p., 2012, 978-3-642-33244-9. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-33244-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler le global et le local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Devigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fragiles compétences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, pp.155-166, 2010, 9782356711939. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pressesmines.1342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des systèmes d’information sur l’organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie de l'informatique et des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vuibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 978-2-7117-4846-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des ERP sur la recomposition des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les réseaux : dimensions stratégiques et organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, 2004, 978-2-7178-4693-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3. Progiciels de gestion intégrés et flexibilités: vers des systèmes fortement couplés?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bidan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane El Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy-Maronnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolande Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frantz Rowe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachel Beaujolin-Bellet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flexibilités et performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73--90, 2004, 9782707143235. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.beauj.2004.01.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00949153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId151"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="81E818E8"/>
+    <w:nsid w:val="C4015A9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-geffroy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2932-9163" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183367898" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/EUU-6955-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05514285v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guignard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977520v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lonceint" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-04-2020-0176" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521891v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0200" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560735v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Cucharero Atienza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kraeber-Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533848v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.192.0159" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02336947v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00228" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826286v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.194.0358" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772208v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy-Maronnat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Corbi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Lairet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deltour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.174.0079" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616507v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.127.0015" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616524v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.187.0135" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616560v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949154v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Michaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.111.0113" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949155v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0233" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Amrani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Marciniak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.267-285" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VV3RF2V2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2575.2006.00206.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561173v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bertrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561193v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561198v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098562v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560312v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559400v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Malafosse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807748v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560280v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083453v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802871v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560326v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tillement" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Leuridan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04008931v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03975090v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Fernandez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930975v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#233;tou Sidib&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429018v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04083808v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cimarelli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2021.06.063" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560362v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04080223v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475068v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516429v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102751v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475085v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084020v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083961v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084424v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826438v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084442v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084481v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084464v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102774v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102803v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112962v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112984v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113096v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113153v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113106v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133243v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133233v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04152929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clergeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pihel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161645v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161698v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Detchessahar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Journ&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pascail" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161788v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084068v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702131v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/5951/enqueter-dans-le-nucleaire" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02048314v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931465v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411225-management-des-ressources-humaines-en-pme" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084794v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084833v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937110v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-risque-environnemental/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079503v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616401v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Charles Wolff" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.58340" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616482v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33244-9" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084732v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Devigne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.1342" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084858v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782711748464-encyclopedie-de-l-informatique-et-des-systemes-d-information" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084877v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949153v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/flexibilites-et-performances--9782707143235-page-73.htm?contenu=article" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.beauj.2004.01.0073" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-geffroy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2932-9163" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183367898" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/EUU-6955-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556937v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duarte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05514285v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guignard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977520v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lonceint" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ER-04-2020-0176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521891v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0200" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Cucharero Atienza" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kraeber-Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533848v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.192.0159" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02336947v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2019.00228" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826286v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jges.194.0358" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772208v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy-Maronnat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Corbi&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Lairet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deltour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.174.0079" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616507v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bretesch&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.127.0015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.187.0135" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616560v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949154v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Michaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.111.0113" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0233" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560755v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Amrani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2575.2006.00206.x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949156v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bidan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Marciniak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.168-169.267-285" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-VV3RF2V2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561173v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bertrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561193v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04561198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098562v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560312v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559400v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Malafosse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807748v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560280v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083453v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802871v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04008931v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03975090v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Fernandez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930975v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#233;tou Sidib&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560326v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tillement" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Leuridan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429018v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04083808v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cimarelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mednuc.2021.06.063" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04560362v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475068v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516429v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04080223v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102751v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475085v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084020v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083961v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084424v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826438v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084442v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084481v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084464v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102774v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102803v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112962v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112984v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113096v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113106v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113153v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133243v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133233v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04152929v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clergeau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pihel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161645v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161676v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161698v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Detchessahar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Journ&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pascail" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161788v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084068v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702131v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/5951/enqueter-dans-le-nucleaire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02048314v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931465v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782311411225-management-des-ressources-humaines-en-pme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084794v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084833v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937110v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-risque-environnemental/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079503v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616401v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Charles Wolff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.58340" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616482v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33244-9" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084732v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Devigne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.1342" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084858v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vuibert.fr/ouvrage/9782711748464-encyclopedie-de-l-informatique-et-des-systemes-d-information" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084877v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949153v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/flexibilites-et-performances--9782707143235-page-73.htm?contenu=article" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.beauj.2004.01.0073" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>