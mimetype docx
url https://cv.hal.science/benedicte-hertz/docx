--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Hertz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour de collecte : le Concert de Caen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Répertoires et pratiques musicales (projet AcadéC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Feb 2025, Montpellier, Université Paul-Valéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05062149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Contribution to the history of the Concert in Europe: The case of French music academies (1710-1770) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Biennal International Conference on Baroque Music, Birmingham</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Birmingham Conservatoire, Jul 2025, Birmingham, England, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orchestre des académies de musique de province : vers une définition des pratiques musicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Répertoires et pratiques musicales (projet AcadéC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, May 2025, Paris Bibliothèque musicale La Grange Fleuret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« French Academies of Music outside the Metropolis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Concert Spirituel: Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Oxford, Jun 2025, Oxford, Maison française d'Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La naissance de la salle de Concert : enjeux et définitions d’un nouvel espace culturel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de musique ou Concerts en France, 1700-1770, Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le modèle académique des premières sociétés de Concert (France, 1707–1770) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Cooperative Ensembles 1770–1890</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute École de musique de Genève; Université de Genève; Haute École des arts de Berne, Sep 2025, Genève Universitè de Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Musique, arts et savoirs au XVIIIe siècle. Le temps des académies »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Passeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Roffidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de musique ou Concerts en France, 1700-1770, Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concerter&amp;quot; en France au dix-huitième siècle : l’Académisme musical, un idéal artistique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Music Study Group, Inaugural Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Musical Association (RMA), May 2025, On-Line Event, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Concertare&amp;quot; nella Francia del Settecento: l’accademismo musicale come ideale artistico »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, Un’assemblea di musicisti: le origini del concerto pubblico nella Parigi del 1725</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CMBV; Università di Firenze, Sep 2025, Lucca, Palazzo Mansi, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour de collecte : Châlons-en-Champagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Berton-Blivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahoko Sekimoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de Concert en France (1710-1770). Répertoires et pratiques musicales. Séance 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Hertz; Nathalie Berton-Blivet, Dec 2024, Lyon (Université Lumière-Lyon 2), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04872660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le répertoire du Concert à l’épreuve de ses inventaires (Nancy et Lyon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scène européenne, Archive et fabrique du spectacle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESR (Centre d'Etudes Supérieures de la Renaissance, Nov 2024, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05062153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MM. les Directeurs & Inspecteurs de l’Académie des Beaux Arts n’ont rien négligé pour rendre leur Concert aussi parfait qu’on pouvoit le désirer.&amp;quot; La vie du Concert dans les Affiches de Lyon (1750-1772)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet ANR AcadéC, Jun 2023, Lyon (Archives Municipales), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait d’académie : L’Académie des Beaux-Arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AcadéC L’Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Vernet; Irène Passeron; Mélanie Traversier, Jul 2023, Lille (Lille 3, IRHIS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recrutement des musiciens d’église à travers les &amp;quot;Affiches, annonces et avis divers de province</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recrutement et réseaux des musiciens d’église - 13es rencontres du Réseau Muséfrem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Muséfrem; CHEC, Oct 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Académie de Musique de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AcadéC L’Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Vernet; Irène Passeron; Mélanie Traversier, Mar 2023, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet ANR AcadéC : participation à l’étude de la vie musicale en province (1710-1770)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ThéParis-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Barbara Nestola; Emanuele de Luca; Bénédicte Louvat, Feb 2023, Paris Sorbonne Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La base de données AcadéC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres de la musicologie numérique : « Quel avenir pour la musicologie numérique ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Consortium Musica2, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La base de données AcadéC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Breton-Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Databases for performing arts – concepts, strategies and technology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra Dotlačilová, Mar 2022, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production et réception de la pensée théorique de Rameau au sein du réseau des Académies de musique en France au début du XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Berton-Blivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Traité de l’harmonie de Jean-Philippe Rameau en son temps : discours théoriques et pédagogiques, composition et pratiques musicales autour de 1722</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IReMus, Sorbonne Université, Société française d’analyse musicale, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copier de la musique pour une Académie de Concert : de la constitution d’une bibliothèque à la mise en place d’une organisation collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AteCop. Les premiers ateliers français de copistes en musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’opéra au programme des Concerts de province (1710-1770) : le témoignage de la collection de l’Académie des beaux-arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Les produits dérivés de l’opéra (XVIIe-XVIIIe siècles), Université Grenoble Alpes – LUHCIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des articles « CONCERT, s. m. (Musique.) » et « Concert spirituel, (Hist. mod.) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ENCCRE (Édition Numérique Collaborative et Critique de l’Encyclopédie) 2020-2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre cathédrales et Académies de Concert : les symphonistes des motets à grand choeur en Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10es rencontres du Réseau Muséfrem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fêtes entre Rhône et Saône en 1721 : une théâtralisation des pouvoirs à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude La Régence et la fête (1715-1723)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Musique d'ensemble à la fin de l’Ancien-Régime au travers de la presse : Lyon, de l'espace privé à la salle de concert.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique de chambre : histoire, institutions, écriture et interprétation (1er volet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Concours international de musique de chambre de Lyon, Université de Lyon, Apr 2019, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles partitions pour les musiciens d’orchestre ? Le bibliothécaire d’un ensemble baroque au service de l’interprétation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Flodrops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, colloque Rethinking Music in France during the Baroque Era / Repenser la Musique en France à l’époque baroque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, Versailles, Royaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands motets de Pierre-Louis Pollio : un regard sur les opus IX et X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Pollio (1724-1796), le maître de musique en son atelier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres musicologiques de Valenciennes, May 2016, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituer une bibliothèque musicale au dix-huitième siècle : le cas de l’académie des beaux-arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude Penser / classer les collections des sociétés savantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des arts de Genève, Nov 2016, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« François Estienne (1674-1755), de l’église au Concert : une nouvelle carrière pour un maître de musique de province »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Gomis; Achille Davy-Rigaux; Bernard Dompnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des musiciens au service des églises (XVIIe et XVIIIe siècles). Hommage à Sylvie Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.71-82., 2025, 9791041301331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis Castelain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">André Campra, Messe des morts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAH.60, Centre de musique baroque de Versailles, 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique d'ensemble à la conquête de l'espace public (1740-178) : les témoignages de la presse à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Reibel; Mélanie Guérimand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique de chambre : histoire, pratiques, institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Symétrie, pp.51-64, 2024, 978-2-36485-293-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et dossier critique de l’article Article Concert spirituel, en Hist. mod. (vol. III, 1753)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://enccre.academie-sciences.fr/encyclopedie/article/v3-1759-1/, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Académie Royale de Musique of Lyon Confronted to the Parisian Model: “Giving Form to the Theatrical Spectacle” in a French City (1739-1750)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara Nestola; Benoît Dratwicki; Julien Dubruque; Thomas Leconte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fashioning of French Opera (1672-1791). Identity, Production, Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brepols, pp.375-390, 2023, 978-2-503-60478-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et dossier critiques de l’article CONCERT, en Musique (vol. III, 1753)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://enccre.academie-sciences.fr/encyclopedie/article/v3-1759-0/, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Salle de concert de l’Académie de Lyon (1724–1856)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Solveig Serre; Bernard Dompnier; Catherine Massip. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques en liberté. Entre la cour et les provinces au temps des Bourbons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, école nationale des Chartes, pp.651-668, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyon : un carrefour de choix pour le musicien d'Eglise au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Bisaro; Gisèle Clément; Fañch Thoraval. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Circulation de la musique et des musiciens d’église. France, XVIe-XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Classiques Garnier, pp.291-305, 2017, Musicologie, 978-2-406-05630-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude de l'effectif orchestral en province au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Duron; Florence Gétreau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orchestre à cordes sous Louis XIV. Instruments, répertoires, singularités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Vrin, pp.401-413, 2015, MusicologieS, 978-2-7116-2619-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception de l'oeuvre de Campra en province : l'exemple de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Cessac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires d'André Campra (1660-1744). D'Aix à Versailles, de l'Eglise à l'Opéra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga; Centre de musique baroques de Versailles, pp.139-149, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bergiron de Briou du Fort-Michon (1690-1768) et la bibliothèque musicale du Concert de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Herlin; Catherine Massip; Jean Duron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collectionner la musique : au cœur de l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Brepols, pp.181-198, 2012, 978-2-503-54577-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Estienne, Dominus regit me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque des Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAH.349-MO, 128 p., 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Estienne, Cum invocarem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque de Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAH.363, 82 p., 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Antoine Bergiron du Fort-Michon, Pentézilée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque de Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAHIERS-347, 2023, Opéra numérique, Julien Dubruque, ISMN 979-0-56016-347-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premier état du corpus de Statuts et règlements des Académies de musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une découverte majeure : la collection on musicale de l'Académie royale de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’origine des collections Cauvin et Decroix. Bergiron de Briou du Fort-Michon copiste de Lalande et de Rameau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 106 (1), pp.5-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension d'ouvrage : Accademie e Società filarmoniche in Italia. Studi e ricerche, Antonio Carlini éd., &amp;quot;Quaderni dell’Archivio delle Società filarmoniche italiane&amp;quot;, Società filarmonica di Trento (Filarchiv), Trente, 2009, 300 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du catalogage et des inventaires de la bibliothèque musicale de l'ancien Concert de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le monde sonore, 43, pp.143-163. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.043.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidéo interview &amp;quot;La diffusion du Motet à grand chœur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grand motet dans les pratiques musicales lyonnaises (1713–1773) : Étude des partitions et du matériel conservés à la bibliothèque municipale de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musique, musicologie et arts de la scène. Université Lumière Lyon 2, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02888793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId72"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bénédicte Hertz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour de collecte : le Concert de Caen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Répertoires et pratiques musicales (projet AcadéC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Feb 2025, Montpellier, Université Paul-Valéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05062149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Contribution to the history of the Concert in Europe: The case of French music academies (1710-1770) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Biennal International Conference on Baroque Music, Birmingham</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Birmingham Conservatoire, Jul 2025, Birmingham, England, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La naissance de la salle de Concert : enjeux et définitions d’un nouvel espace culturel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de musique ou Concerts en France, 1700-1770, Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le modèle académique des premières sociétés de Concert (France, 1707–1770) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Cooperative Ensembles 1770–1890</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute École de musique de Genève; Université de Genève; Haute École des arts de Berne, Sep 2025, Genève Universitè de Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Orchestre des académies de musique de province : vers une définition des pratiques musicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Répertoires et pratiques musicales (projet AcadéC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, May 2025, Paris Bibliothèque musicale La Grange Fleuret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« French Academies of Music outside the Metropolis »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Concert Spirituel: Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Oxford, Jun 2025, Oxford, Maison française d'Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Musique, arts et savoirs au XVIIIe siècle. Le temps des académies »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Passeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Roffidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de musique ou Concerts en France, 1700-1770, Colloque conclusif du projet AcadéC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2025, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concerter&amp;quot; en France au dix-huitième siècle : l’Académisme musical, un idéal artistique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Music Study Group, Inaugural Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Musical Association (RMA), May 2025, On-Line Event, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Concertare&amp;quot; nella Francia del Settecento: l’accademismo musicale come ideale artistico »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, Un’assemblea di musicisti: le origini del concerto pubblico nella Parigi del 1725</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CMBV; Università di Firenze, Sep 2025, Lucca, Palazzo Mansi, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour de collecte : Châlons-en-Champagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Berton-Blivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahoko Sekimoto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Académies de Concert en France (1710-1770). Répertoires et pratiques musicales. Séance 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bénédicte Hertz; Nathalie Berton-Blivet, Dec 2024, Lyon (Université Lumière-Lyon 2), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04872660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le répertoire du Concert à l’épreuve de ses inventaires (Nancy et Lyon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scène européenne, Archive et fabrique du spectacle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESR (Centre d'Etudes Supérieures de la Renaissance, Nov 2024, Versailles, Centre de musique baroque de Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05062153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MM. les Directeurs & Inspecteurs de l’Académie des Beaux Arts n’ont rien négligé pour rendre leur Concert aussi parfait qu’on pouvoit le désirer.&amp;quot; La vie du Concert dans les Affiches de Lyon (1750-1772)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet ANR AcadéC, Jun 2023, Lyon (Archives Municipales), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait d’académie : L’Académie des Beaux-Arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AcadéC L’Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Vernet; Irène Passeron; Mélanie Traversier, Jul 2023, Lille (Lille 3, IRHIS), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recrutement des musiciens d’église à travers les &amp;quot;Affiches, annonces et avis divers de province</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recrutement et réseaux des musiciens d’église - 13es rencontres du Réseau Muséfrem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Muséfrem; CHEC, Oct 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Académie de Musique de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AcadéC L’Académisme musical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thomas Vernet; Irène Passeron; Mélanie Traversier, Mar 2023, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet ANR AcadéC : participation à l’étude de la vie musicale en province (1710-1770)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ThéParis-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Barbara Nestola; Emanuele de Luca; Bénédicte Louvat, Feb 2023, Paris Sorbonne Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La base de données AcadéC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres de la musicologie numérique : « Quel avenir pour la musicologie numérique ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Consortium Musica2, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La base de données AcadéC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Breton-Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Databases for performing arts – concepts, strategies and technology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra Dotlačilová, Mar 2022, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production et réception de la pensée théorique de Rameau au sein du réseau des Académies de musique en France au début du XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Berton-Blivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vernet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Traité de l’harmonie de Jean-Philippe Rameau en son temps : discours théoriques et pédagogiques, composition et pratiques musicales autour de 1722</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IReMus, Sorbonne Université, Société française d’analyse musicale, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copier de la musique pour une Académie de Concert : de la constitution d’une bibliothèque à la mise en place d’une organisation collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AteCop. Les premiers ateliers français de copistes en musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’opéra au programme des Concerts de province (1710-1770) : le témoignage de la collection de l’Académie des beaux-arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Les produits dérivés de l’opéra (XVIIe-XVIIIe siècles), Université Grenoble Alpes – LUHCIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des articles « CONCERT, s. m. (Musique.) » et « Concert spirituel, (Hist. mod.) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ENCCRE (Édition Numérique Collaborative et Critique de l’Encyclopédie) 2020-2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre cathédrales et Académies de Concert : les symphonistes des motets à grand choeur en Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10es rencontres du Réseau Muséfrem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fêtes entre Rhône et Saône en 1721 : une théâtralisation des pouvoirs à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude La Régence et la fête (1715-1723)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Musique d'ensemble à la fin de l’Ancien-Régime au travers de la presse : Lyon, de l'espace privé à la salle de concert.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique de chambre : histoire, institutions, écriture et interprétation (1er volet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Concours international de musique de chambre de Lyon, Université de Lyon, Apr 2019, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles partitions pour les musiciens d’orchestre ? Le bibliothécaire d’un ensemble baroque au service de l’interprétation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Flodrops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, colloque Rethinking Music in France during the Baroque Era / Repenser la Musique en France à l’époque baroque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, Versailles, Royaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands motets de Pierre-Louis Pollio : un regard sur les opus IX et X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Pollio (1724-1796), le maître de musique en son atelier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres musicologiques de Valenciennes, May 2016, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituer une bibliothèque musicale au dix-huitième siècle : le cas de l’académie des beaux-arts de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude Penser / classer les collections des sociétés savantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des arts de Genève, Nov 2016, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« François Estienne (1674-1755), de l’église au Concert : une nouvelle carrière pour un maître de musique de province »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Gomis; Achille Davy-Rigaux; Bernard Dompnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des musiciens au service des églises (XVIIe et XVIIIe siècles). Hommage à Sylvie Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.71-82., 2025, 9791041301331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et dossier critique de l’article Article Concert spirituel, en Hist. mod. (vol. III, 1753)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://enccre.academie-sciences.fr/encyclopedie/article/v3-1759-1/, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique d'ensemble à la conquête de l'espace public (1740-178) : les témoignages de la presse à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Reibel; Mélanie Guérimand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique de chambre : histoire, pratiques, institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Symétrie, pp.51-64, 2024, 978-2-36485-293-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis Castelain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">André Campra, Messe des morts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAH.60, Centre de musique baroque de Versailles, 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Académie Royale de Musique of Lyon Confronted to the Parisian Model: “Giving Form to the Theatrical Spectacle” in a French City (1739-1750)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara Nestola; Benoît Dratwicki; Julien Dubruque; Thomas Leconte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fashioning of French Opera (1672-1791). Identity, Production, Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brepols, pp.375-390, 2023, 978-2-503-60478-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation et dossier critiques de l’article CONCERT, en Musique (vol. III, 1753)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édition numérique collaborative et critique de l’Encyclopédie (1751-1772)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://enccre.academie-sciences.fr/encyclopedie/article/v3-1759-0/, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Salle de concert de l’Académie de Lyon (1724–1856)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Solveig Serre; Bernard Dompnier; Catherine Massip. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques en liberté. Entre la cour et les provinces au temps des Bourbons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, école nationale des Chartes, pp.651-668, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyon : un carrefour de choix pour le musicien d'Eglise au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Bisaro; Gisèle Clément; Fañch Thoraval. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Circulation de la musique et des musiciens d’église. France, XVIe-XVIIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Classiques Garnier, pp.291-305, 2017, Musicologie, 978-2-406-05630-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude de l'effectif orchestral en province au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Duron; Florence Gétreau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orchestre à cordes sous Louis XIV. Instruments, répertoires, singularités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Vrin, pp.401-413, 2015, MusicologieS, 978-2-7116-2619-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception de l'oeuvre de Campra en province : l'exemple de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Cessac. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires d'André Campra (1660-1744). D'Aix à Versailles, de l'Eglise à l'Opéra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga; Centre de musique baroques de Versailles, pp.139-149, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bergiron de Briou du Fort-Michon (1690-1768) et la bibliothèque musicale du Concert de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Herlin; Catherine Massip; Jean Duron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collectionner la musique : au cœur de l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Brepols, pp.181-198, 2012, 978-2-503-54577-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Estienne, Dominus regit me</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque des Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAH.349-MO, 128 p., 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Estienne, Cum invocarem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque de Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAH.363, 82 p., 2024, Choeur et orchestre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Antoine Bergiron du Fort-Michon, Pentézilée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centre de musique baroque de Versailles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, CAHIERS-347, 2023, Opéra numérique, Julien Dubruque, ISMN 979-0-56016-347-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04282079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premier état du corpus de Statuts et règlements des Académies de musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une découverte majeure : la collection on musicale de l'Académie royale de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’origine des collections Cauvin et Decroix. Bergiron de Briou du Fort-Michon copiste de Lalande et de Rameau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 106 (1), pp.5-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension d'ouvrage : Accademie e Società filarmoniche in Italia. Studi e ricerche, Antonio Carlini éd., &amp;quot;Quaderni dell’Archivio delle Società filarmoniche italiane&amp;quot;, Società filarmonica di Trento (Filarchiv), Trente, 2009, 300 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du catalogage et des inventaires de la bibliothèque musicale de l'ancien Concert de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix-Huitième Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le monde sonore, 43, pp.143-163. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dhs.043.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidéo interview &amp;quot;La diffusion du Motet à grand chœur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grand motet dans les pratiques musicales lyonnaises (1713–1773) : Étude des partitions et du matériel conservés à la bibliothèque municipale de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Hertz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musique, musicologie et arts de la scène. Université Lumière Lyon 2, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02888793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId72"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062149v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hertz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359251v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062147v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359244v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359272v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359263v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Passeron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roffidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062143v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berton-Blivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahoko Sekimoto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062153v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211572v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273230v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282109v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goujon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911656v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623252v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Breton-Chauvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808122v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419307v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419331v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419140v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980221v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037510v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037562v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037571v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flodrops" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037588v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679983v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715718v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611129v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211360v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888879v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037483v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888846v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888943v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888960v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/dominus-regit-me" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679972v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/cum-invocarem-9?v=papier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/pentezilee-0?v=pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068024v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888675v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037600v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.043.0143" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02888793v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062149v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hertz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359251v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359272v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359225v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062147v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359244v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359263v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Passeron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roffidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062143v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berton-Blivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahoko Sekimoto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05062153v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211572v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273230v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282109v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goujon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911656v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623252v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Breton-Chauvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808122v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419307v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419331v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419140v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980221v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037510v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037562v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037571v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flodrops" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037588v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611129v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715718v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679983v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211360v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888879v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037483v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888846v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888943v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888960v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/dominus-regit-me" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679972v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/cum-invocarem-9?v=papier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.cmbv.fr/fr/pentezilee-0?v=pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068024v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888675v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037600v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.043.0143" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02888793v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>