--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -317,51 +317,51 @@
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2025, 10, pp.1217-1232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/bloodadvances.2024015689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -636,295 +636,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03704136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azithromycin promotes relapse by disrupting immune and metabolic networks after allogeneic stem cell transplantation</w:t>
+                <w:t xml:space="preserve">Platelet‐Derived Growth Factor Receptor Type α Activation Drives Pulmonary Vascular Remodeling Via Progenitor Cell Proliferation and Induces Pulmonary Hypertension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vallet</w:t>
+                <w:t xml:space="preserve">Julien Solinc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Le Grand</w:t>
+                <w:t xml:space="preserve">Jessica Raimbault‐machado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Bondeelle</w:t>
+                <w:t xml:space="preserve">France Dierick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benedicte Hoareau</w:t>
+                <w:t xml:space="preserve">Lamiaa El Bernoussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Corneau</w:t>
+                <w:t xml:space="preserve">Ly Tu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 140 (23), pp.2500-2513. </w:t>
+              <w:t xml:space="preserve">Journal of the American Heart Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1182/blood.2022016926⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/JAHA.121.023021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03771302v1</w:t>
+                <w:t xml:space="preserve">hal-03629264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Platelet‐Derived Growth Factor Receptor Type α Activation Drives Pulmonary Vascular Remodeling Via Progenitor Cell Proliferation and Induces Pulmonary Hypertension</w:t>
+                <w:t xml:space="preserve">Azithromycin promotes relapse by disrupting immune and metabolic networks after allogeneic stem cell transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Solinc</w:t>
+                <w:t xml:space="preserve">Nicolas Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Raimbault‐machado</w:t>
+                <w:t xml:space="preserve">Sophie Le Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Dierick</w:t>
+                <w:t xml:space="preserve">Louise Bondeelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamiaa El Bernoussi</w:t>
+                <w:t xml:space="preserve">Benedicte Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ly Tu</w:t>
+                <w:t xml:space="preserve">Aurelien Corneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Heart Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 140 (23), pp.2500-2513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/JAHA.121.023021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1182/blood.2022016926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629264v1</w:t>
+                <w:t xml:space="preserve">hal-03771302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dimerisable Cre recombinase allows conditional genome editing in the mosquito stages of Plasmodium berghei</w:t>
               </w:r>
@@ -1178,51 +1178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resident PW1(+) Progenitor Cells Participate in Vascular Remodeling During Pulmonary Arterial Hypertension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Dierick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Héry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1769,51 +1769,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jeanpierre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Debeaupuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brunaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Yancoski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Riller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44321-025-00317-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353463v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ferrant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Gallou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Padonou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubec-Fleury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leonard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024015689" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bruneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haquima El Mourabit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gu&#233;gan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine Folseraas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.32456" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03704136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Fernandes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Loubens" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Borgne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marinach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ardin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010643" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03771302v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Grand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bondeelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Hoareau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Corneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022016926" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03629264v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Solinc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Raimbault&#8208;machado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Dierick" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa El Bernoussi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Tu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.121.023021" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02996556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Patarot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hoareau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236616" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515291v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Sbihi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dossier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boutboul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Galicier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parizot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2016-06-719716" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304194v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine H&#233;ry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monceau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.115.307035" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01359232v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manzoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaultier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Top&#231;u" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep04760" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gentil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aly Bourguiba" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vergnol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cadot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Guesmia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jeanpierre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Debeaupuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brunaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Yancoski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Riller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44321-025-00317-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353463v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ferrant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Gallou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Padonou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubec-Fleury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leonard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2024015689" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bruneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haquima El Mourabit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gu&#233;gan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine Folseraas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.32456" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03704136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Fernandes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Loubens" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Borgne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marinach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ardin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010643" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03629264v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Solinc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Raimbault&#8208;machado" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Dierick" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa El Bernoussi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Tu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.121.023021" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03771302v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Grand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bondeelle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Hoareau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Corneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2022016926" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02996556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Patarot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hoareau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236616" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515291v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Sbihi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dossier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boutboul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Galicier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parizot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2016-06-719716" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304194v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine H&#233;ry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monceau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.115.307035" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01359232v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manzoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaultier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Top&#231;u" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep04760" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gentil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aly Bourguiba" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vergnol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cadot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Guesmia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>