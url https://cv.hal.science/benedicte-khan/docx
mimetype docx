--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1277,51 +1277,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Field Report Phase 6</w:t>
+                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlJohara AlMudarra</w:t>
@@ -1331,98 +1331,115 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archaïos. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780012v1</w:t>
+                <w:t xml:space="preserve">hal-04780226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 2</w:t>
+                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Field Report Phase 6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlJohara AlMudarra</w:t>
@@ -1432,115 +1449,98 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archaïos. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussab Albesso</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04780244v1</w:t>
+                <w:t xml:space="preserve">hal-04780012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 1</w:t>
+                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlJohara AlMudarra</w:t>
@@ -1554,87 +1554,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussab Albesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archaïos. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780226v1</w:t>
+                <w:t xml:space="preserve">hal-04780244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2021 - Work Package 4</w:t>
               </w:r>
@@ -1672,51 +1672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanadi Abokadejah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussab Albesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archaïos. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2303,51 +2303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussab Albesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airelle Mandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2751,51 +2751,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7416064F"/>
+    <w:nsid w:val="BD293371"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2982,51 +2982,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-khan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7032-548X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05418883v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Gilento" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pesce" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Vernet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pesce" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2025.2597492" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942756v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Picod" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/artefact.1155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773279v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Canaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779856v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Grossman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Omar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791990v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968644v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634542v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aniceto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Treuillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6256" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043603v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968672v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/5099" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780012v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=AlJohara AlMudarra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780202v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanadi Abokadejah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779987v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780210v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Dhaou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Le Doar&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780003v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780185v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonnal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779963v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780135v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airelle Mandon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779945v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779922v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03953206v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-khan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7032-548X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05418883v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Gilento" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Pesce" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Vernet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pesce" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2025.2597492" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942756v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Picod" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/artefact.1155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773279v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Canaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779856v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Grossman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Omar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791990v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968644v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634542v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aniceto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Treuillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6256" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043603v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968672v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/5099" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780226v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=AlJohara AlMudarra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780012v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780244v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780202v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanadi Abokadejah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779987v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780210v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Dhaou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Le Doar&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780003v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780185v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonnal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779963v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780135v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airelle Mandon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779945v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779922v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03953206v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>