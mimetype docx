--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2279,51 +2279,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is leptin a significant regulator of erythrocyte rheology?</w:t>
+                <w:t xml:space="preserve">Which sub-compartments of fat mass and fat-free mass are related to blood viscosity factors?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Varlet-Marie</w:t>
@@ -2362,93 +2362,93 @@
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Joint Meeting of the The European Society for Clinical Hemorheology and Microcirculation, The International Society for Clinical Hemorheology &amp; The International Society of Biorheology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, The European Society for Clinical Hemorheology and Microcirculation; The International Society for Clinical Hemorheology; The International Society of Biorheology, Jul 2021, Fukuoka, Japan. pp.O3-1</w:t>
+              <w:t xml:space="preserve">, The European Society for Clinical Hemorheology and Microcirculation; The International Society for Clinical Hemorheology; The International Society of Biorheology, Jul 2021, Fukuoka, Japan. pp.O3-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840853v1</w:t>
+                <w:t xml:space="preserve">hal-04840602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which sub-compartments of fat mass and fat-free mass are related to blood viscosity factors?</w:t>
+                <w:t xml:space="preserve">Is leptin an significant regulator of erythrocyte rheology?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Varlet-Marie</w:t>
@@ -2483,97 +2483,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Joint Meeting of the The European Society for Clinical Hemorheology and Microcirculation, The International Society for Clinical Hemorheology &amp; The International Society of Biorheology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society for Clinical Hemorheology and Microcirculation; The International Society for Clinical Hemorheology; The International Society of Biorheology, Jul 2021, Fukuoka, Japan. pp.O3-2</w:t>
+              <w:t xml:space="preserve">2nd Joint Meeting of the European Society for Clinical Hemorheology and Microcirculation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Clinical Hemorheology ans the International Society of Biorheology, Jul 2021, Fukuoka (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840602v1</w:t>
+                <w:t xml:space="preserve">hal-04642879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is leptin an significant regulator of erythrocyte rheology?</w:t>
+                <w:t xml:space="preserve">Is leptin a significant regulator of erythrocyte rheology?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Varlet-Marie</w:t>
@@ -2608,73 +2608,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Joint Meeting of the European Society for Clinical Hemorheology and Microcirculation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Clinical Hemorheology ans the International Society of Biorheology, Jul 2021, Fukuoka (Japan), Japan</w:t>
+              <w:t xml:space="preserve">2nd Joint Meeting of the The European Society for Clinical Hemorheology and Microcirculation, The International Society for Clinical Hemorheology &amp; The International Society of Biorheology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society for Clinical Hemorheology and Microcirculation; The International Society for Clinical Hemorheology; The International Society of Biorheology, Jul 2021, Fukuoka, Japan. pp.O3-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04642879v1</w:t>
+                <w:t xml:space="preserve">hal-04840853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetal growth retardation and hemorheological predictors of oxygen delivery in hypertensive vs normotensive pregnant women</w:t>
               </w:r>
@@ -3888,51 +3888,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607010v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guemas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Routier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ghelfenstein-Ferreira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cordier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hartuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01440-23" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Brun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Varlet-Marie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Myzia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vachoud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Marion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-238118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ariza-Castro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Courant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dumas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fenet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146387" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003807v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leenhardt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gracia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Muracciole-Bich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2020.113438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Fidani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112117v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chouchou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cuq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2017.10.025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572966v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bayle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Oiry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2016.07.046" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03ST5KJL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539315v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Delgado Zambrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faucet-Marquis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pfohl-Leszkowicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dorandeu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BIORTECH.2010.12.107" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565030v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.06.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846110v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2009.759" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ashenden" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Sicart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2003.026591" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846241v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raynald Gareau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ata/2000034" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846151v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Krafft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Maturin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(00)00294-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846298v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mathurin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(99)00357-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Matecki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Durand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840853v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840602v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642879v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112157v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boulot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543368v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Ariza Castro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fenet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029595v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Delgado" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029604v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schetrite" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699348v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.SABCS20-PS5-16" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846448v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Richou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846620v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ch-189201" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607010v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guemas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Routier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ghelfenstein-Ferreira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cordier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hartuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01440-23" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Brun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Varlet-Marie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Myzia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vachoud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Marion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-238118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ariza-Castro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Courant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dumas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fenet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146387" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003807v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leenhardt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gracia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Muracciole-Bich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2020.113438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Fidani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112117v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chouchou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cuq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2017.10.025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572966v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bayle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Oiry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2016.07.046" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03ST5KJL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539315v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Delgado Zambrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Faucet-Marquis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pfohl-Leszkowicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dorandeu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BIORTECH.2010.12.107" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565030v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2009.06.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846110v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2009.759" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ashenden" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Sicart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2003.026591" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846241v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raynald Gareau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ata/2000034" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846151v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Krafft" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Maturin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(00)00294-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846298v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mathurin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4347(99)00357-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Matecki" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Durand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840602v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642879v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840853v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112157v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boulot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-199002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543368v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Ariza Castro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fenet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029595v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Delgado" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029604v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schetrite" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699348v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.SABCS20-PS5-16" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846448v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Richou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846620v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ch-189201" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>