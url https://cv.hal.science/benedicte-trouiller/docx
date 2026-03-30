--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -502,563 +502,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-03362588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safe(r) by design implementation in the nanotechnology industry</w:t>
+                <w:t xml:space="preserve">Improving Quality in Nanoparticle-Induced Cytotoxicity Testing by a Tiered Inter-Laboratory Comparison Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Araceli Sánchez Jiménez</w:t>
+                <w:t xml:space="preserve">Inge Nelissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Puelles</w:t>
+                <w:t xml:space="preserve">Andrea Haase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Pérez-Fernández</w:t>
+                <w:t xml:space="preserve">Sergio Anguissola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paloma Gómez-Fernández</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leire Barruetabeña</w:t>
+                <w:t xml:space="preserve">Louise Rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoImpact</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.impact.2020.100267⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (8), pp.1430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano10081430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153686v1</w:t>
+                <w:t xml:space="preserve">ineris-03230216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Quality in Nanoparticle-Induced Cytotoxicity Testing by a Tiered Inter-Laboratory Comparison Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Safe(r) by design implementation in the nanotechnology industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Haase</w:t>
+                <w:t xml:space="preserve">Araceli Sánchez Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Anguissola</w:t>
+                <w:t xml:space="preserve">Raquel Puelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Rocks</w:t>
+                <w:t xml:space="preserve">Marta Pérez-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Jacobs</w:t>
+                <w:t xml:space="preserve">Paloma Gómez-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leire Barruetabeña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (8), pp.1430. </w:t>
+              <w:t xml:space="preserve">NanoImpact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.100267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano10081430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.impact.2020.100267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-03230216v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards reproducible measurement of nanoparticle size using dynamic light scattering: Important controls and considerations</w:t>
+                <w:t xml:space="preserve">Predicting the in vivo pulmonary toxicity induced by acute exposure to poorly soluble nanomaterials by using advanced in vitro methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Langevin</w:t>
+                <w:t xml:space="preserve">Thomas Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Raspaud</w:t>
+                <w:t xml:space="preserve">Françoise Rogerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Mariot</w:t>
+                <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Knyazev</w:t>
+                <w:t xml:space="preserve">Anne Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Stocco</w:t>
+                <w:t xml:space="preserve">Christophe Egles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoImpact</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10, pp.161-167. </w:t>
+              <w:t xml:space="preserve">Particle and Fibre Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15, pp.25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.impact.2018.04.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12989-018-0260-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04037015v1</w:t>
+                <w:t xml:space="preserve">ineris-01863341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the in vivo pulmonary toxicity induced by acute exposure to poorly soluble nanomaterials by using advanced in vitro methods</w:t>
+                <w:t xml:space="preserve">Towards reproducible measurement of nanoparticle size using dynamic light scattering: Important controls and considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Loret</w:t>
+                <w:t xml:space="preserve">Dominique Langevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Rogerieux</w:t>
+                <w:t xml:space="preserve">Eric Raspaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
+                <w:t xml:space="preserve">Sandrine Mariot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Braun</w:t>
+                <w:t xml:space="preserve">A. Knyazev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Egles</w:t>
+                <w:t xml:space="preserve">A. Stocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particle and Fibre Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 15, pp.25. </w:t>
+              <w:t xml:space="preserve">NanoImpact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10, pp.161-167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12989-018-0260-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.impact.2018.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01863341v1</w:t>
+                <w:t xml:space="preserve">hal-04037015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A guide to nanosafety testing : Considerations on cytotoxicity testing in different cell models</w:t>
               </w:r>
@@ -1070,64 +1070,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Riebeling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Piret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inge Nelissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Saout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1446,51 +1446,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Air-liquid interface exposure to aerosols of poorly soluble nanomaterials induces different biological activation levels compared to exposure to suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1619,51 +1619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Tentschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Nia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2124,51 +2124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of gene targeting efficiencies in two mosses suggests that it is a conserved feature of Bryophyte transformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2344,51 +2344,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MSH2 is essential for the preservation of genome integrity and prevents homeologous recombination in the moss Physcomitrella patens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier G. Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2631,51 +2631,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the deposited particle surface dose during air-liquid interface exposure of human lung cells to biomass burning emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Gemayel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2868,51 +2868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lung toxicity of industrial particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55. Congress of the European Societies of Toxicology (EUROTOX 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Helsinki, Finland. pp.S63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3062,103 +3062,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study to assess the ability of different in vitro exposure models to predict in vivo pulmonary adverse effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Egles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Nanotoxicology Conference (nanoTOX 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Boston, United States. pp.183</w:t>
@@ -3187,51 +3187,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting toxic effects observed in vivo after acute exposure to poorly soluble and inhalable nanomaterials by using more complex in vitro models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3312,51 +3312,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approach to evaluate which in vitro model and exposure method is more predictive for in vivo biological responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3364,51 +3364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Hanot-Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t>
@@ -3463,51 +3463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Relier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Robidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3545,64 +3545,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulmonary toxicity comparison of raw and super-purified single-wall carbon nanotubes after intra-tracheal instillation in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Elgrabli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Rogerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3653,64 +3653,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulmonary toxicity comparison of raw and super-purified single-wall carbon nanotubes after intra-tracheal instillation in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Elgrabli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Trouiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Rogerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4133,51 +4133,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-05527070v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Alunni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Simonin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Floreani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2026.106200" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417304v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafn&#233; Musino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lelong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Luche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berg&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1en00407g" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03362588v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Salieri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Barruetabe&#241;a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Rodr&#237;guez-Llopis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Raun Jacobsen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Manier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2021.100335" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153686v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli S&#225;nchez Jim&#233;nez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Puelles" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta P&#233;rez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma G&#243;mez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2020.100267" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03230216v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Nelissen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Haase" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Anguissola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Rocks" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Jacobs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10081430" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037015v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langevin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Raspaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mariot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knyazev" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stocco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2018.04.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863341v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rogerieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Trouiller" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Braun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Egles" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-018-0260-6" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863330v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Riebeling" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Piret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Saout" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2017.11.004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853471v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Relier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Dubreuil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Lozano Garcia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cordelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mejia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfx006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862936v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Hanot-Roy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tubeuf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Guilbert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vigneron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2016.01.013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863163v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Peyret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-016-0171-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855499v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Krystek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Tentschert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Nia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7580-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409149v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Madic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Piperno-Neumann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Servois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rampanou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Milder" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-12-0309" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409167v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramune Reliene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Pollard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanna Sobol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Trouiller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gatti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrfmmm.2009.02.016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTDZK5KP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409156v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Westbrook" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parrisa Solaimani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schiestl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-2496" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schaefer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nogu&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10529-007-9423-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KJV651FS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409224v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Trouiller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkj423" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663283v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G. Schaefer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Charlot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Nogu&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04417007v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Rahman El Mais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Noblet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Degrendele" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Collet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03989287v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gemayel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd-El-Rahman El Mais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229572v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Ben Dhiab" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lecomte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Robidel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Papin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229564v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229539v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turpin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lacroix" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854721v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854342v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855613v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971083v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970854v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Elgrabli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970813v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04079686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paris" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Billon-Galland" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brochard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Clin-Godard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eypert-Blaison" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831486v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-05527070v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Alunni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Simonin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Floreani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2026.106200" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417304v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafn&#233; Musino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lelong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Luche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berg&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1en00407g" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03362588v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Salieri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Barruetabe&#241;a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Rodr&#237;guez-Llopis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Raun Jacobsen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Manier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2021.100335" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03230216v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Nelissen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Haase" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Anguissola" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Rocks" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Jacobs" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10081430" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153686v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli S&#225;nchez Jim&#233;nez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Puelles" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta P&#233;rez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma G&#243;mez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2020.100267" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863341v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rogerieux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Trouiller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Braun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Egles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-018-0260-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langevin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Raspaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mariot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knyazev" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stocco" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2018.04.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863330v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Riebeling" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Piret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Saout" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2017.11.004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853471v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Relier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Dubreuil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Lozano Garcia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Cordelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mejia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfx006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862936v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Hanot-Roy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tubeuf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Guilbert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vigneron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2016.01.013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863163v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Peyret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-016-0171-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855499v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Krystek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Tentschert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Nia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7580-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409149v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Madic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Piperno-Neumann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Servois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Rampanou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Milder" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-12-0309" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409167v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramune Reliene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Pollard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanna Sobol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Trouiller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gatti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrfmmm.2009.02.016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTDZK5KP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409156v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Westbrook" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parrisa Solaimani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schiestl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-2496" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Choinard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schaefer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nogu&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10529-007-9423-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KJV651FS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04409224v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Trouiller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkj423" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663283v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G. Schaefer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Charlot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Nogu&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04417007v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Rahman El Mais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Noblet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Degrendele" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Collet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03989287v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gemayel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd-El-Rahman El Mais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229572v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtihel Ben Dhiab" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lecomte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Robidel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Papin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229564v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03229539v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turpin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lacroix" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854721v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854342v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855613v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971083v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970854v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Elgrabli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970813v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04079686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paris" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Billon-Galland" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brochard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Clin-Godard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Eypert-Blaison" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831486v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>