--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -699,330 +699,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecueils et paradoxes de l'innovation pour les petites entreprises : le cas du secteur de l'outdoor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la &amp;quot;fièvre innovatrice&amp;quot; à l'exploitation : un exemple d'ambidextrie au sein d'une petite entreprise du secteur de l'outdoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 39 (4), pp.20-30. </w:t>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 55 (1), pp.13-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/entin.039.0020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/inno.pr1.0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328511v1</w:t>
+                <w:t xml:space="preserve">hal-02328508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la &amp;quot;fièvre innovatrice&amp;quot; à l'exploitation : un exemple d'ambidextrie au sein d'une petite entreprise du secteur de l'outdoor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conserver mieux pour consommer loin. Techniques de conservation alimentaire en itinérance sportive (randonnée, alpinisme himalayen)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Techniques et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328508v1</w:t>
+                <w:t xml:space="preserve">hal-02325114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserver mieux pour consommer loin. Techniques de conservation alimentaire en itinérance sportive (randonnée, alpinisme himalayen)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecueils et paradoxes de l'innovation pour les petites entreprises : le cas du secteur de l'outdoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques et culture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (4), pp.20-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/entin.039.0020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02325114v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation sportive et relation au marché Analyse des trajectoires sociotechniques de sacs à dos ultralégers</w:t>
               </w:r>
@@ -1534,360 +1534,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'allègement de l'équipement dans les pratiques sportives outdoor : pluralité des processus d'innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Hallé</w:t>
+                <w:t xml:space="preserve">Analyse sociotechnique d'une innovation sportive : le cas du kitesurf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 43 (1), pp.163-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/inno.043.0163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336770v1</w:t>
+                <w:t xml:space="preserve">hal-02336760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse sociotechnique d'une innovation sportive : le cas du kitesurf</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'innovation matérielle dans l'outdoor : des trajectoires d'objets au sein de réseaux d'acteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 138, pp.25-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/inno.043.0163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02336760v1</w:t>
+                <w:t xml:space="preserve">hal-02336772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'innovation matérielle dans l'outdoor : des trajectoires d'objets au sein de réseaux d'acteurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'allègement de l'équipement dans les pratiques sportives outdoor : pluralité des processus d'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique et économique du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 138, pp.25-27</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336772v1</w:t>
+                <w:t xml:space="preserve">hal-02336770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dualités de forme de pratique féminine de ski et de consommation de matériel de glisse</w:t>
               </w:r>
@@ -2487,571 +2487,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promesses et limites des big data pour l’étude des pratiques sportives : le cas des applications de course à pied</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Objets sportifs outdoor et seconde vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème congrès de la Société Savante de Management du Sport (S2MS) : La recherche en management du sport peut-elle être durable, responsable, éthique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des sciences du sport de l'Université de Bourgogne, Laboratoire GRECO, Maison des Sciences de l'Homme (MSH) de Dijon, Dec 2024, Dijon (Bourgogne), France</w:t>
+              <w:t xml:space="preserve">Loisirs, « sports de nature » et transition(s) ? État des lieux, débats et controverses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison méditerranéenne des sciences de l’homme d’Aix-en-Provence; Maison des sciences de l’homme Sud-est de Nice; Enjeux des jeux, May 2024, MARSEILLE (FRANCE), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04970877v1</w:t>
+                <w:t xml:space="preserve">hal-04589171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objets sportifs outdoor et seconde vie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Promesses et limites des big data pour l’étude des pratiques sportives : le cas des applications de course à pied</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loisirs, « sports de nature » et transition(s) ? État des lieux, débats et controverses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison méditerranéenne des sciences de l’homme d’Aix-en-Provence; Maison des sciences de l’homme Sud-est de Nice; Enjeux des jeux, May 2024, MARSEILLE (FRANCE), France</w:t>
+              <w:t xml:space="preserve">3ème congrès de la Société Savante de Management du Sport (S2MS) : La recherche en management du sport peut-elle être durable, responsable, éthique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des sciences du sport de l'Université de Bourgogne, Laboratoire GRECO, Maison des Sciences de l'Homme (MSH) de Dijon, Dec 2024, Dijon (Bourgogne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589171v1</w:t>
+                <w:t xml:space="preserve">hal-04970877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circuler dans un espace inaccessible, le cœur de l’activité de travail des « cordistes »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’appropriation d’innovations high tech : des promesses des dispositifs connectés à leurs usages par les pratiquantes de course à pied</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e congrès de l'AFS, Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française. Penser le changement. La sociologie face aux « innovations » sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire sur les Vulnérabilités et l'Innovation dans le Sport (L-ViS), Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04310257v1</w:t>
+                <w:t xml:space="preserve">hal-04131648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’appropriation d’innovations high tech : des promesses des dispositifs connectés à leurs usages par les pratiquantes de course à pied</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innover face à la vulnérabilité des travailleurs sur cordes : analyse des trajectoires sociotechniques d’innovations de prévention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française. Penser le changement. La sociologie face aux « innovations » sportives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire sur les Vulnérabilités et l'Innovation dans le Sport (L-ViS), Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">12ème congrès de la 3SLF. Penser le changement. La sociologie face aux « innovations » sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3SLF - Université Lyon 1, Jun 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04131648v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innover face à la vulnérabilité des travailleurs sur cordes : analyse des trajectoires sociotechniques d’innovations de prévention</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
+                <w:t xml:space="preserve">Le manager : chainon manquant des APS au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème congrès de la 3SLF. Penser le changement. La sociologie face aux « innovations » sportives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 3SLF - Université Lyon 1, Jun 2023, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">20ème Congrès International de l'ACAPS : Les environnements de l'activité physique et sportive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des chercheurs en activités physiques et sportives (ACAPS), Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04731149v1</w:t>
+                <w:t xml:space="preserve">hal-04313913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le manager : chainon manquant des APS au travail ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Baup</w:t>
+                <w:t xml:space="preserve">Circuler dans un espace inaccessible, le cœur de l’activité de travail des « cordistes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bodet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Congrès International de l'ACAPS : Les environnements de l'activité physique et sportive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des chercheurs en activités physiques et sportives (ACAPS), Oct 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">10e congrès de l'AFS, Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313913v1</w:t>
+                <w:t xml:space="preserve">halshs-04310257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recours aux objets connectés chez les coureuses à pied. Particularités, agencements et détachement</w:t>
               </w:r>
@@ -3411,165 +3411,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04429297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'outdoor, un laboratoire à ciel ouvert. Quelles dynamiques d'innovation pour le secteur des sports outdoor ?</w:t>
+                <w:t xml:space="preserve">Enquête sur les blessures (TMS) au travail chez les cordistes. Intérêts et résistances professionnelles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Outdoor Experts Forum. Les grandes mutations de la montagne et de l’outdoor</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Chambery, France</w:t>
+              <w:t xml:space="preserve">Colloque CR35, Sociologie du sport AISLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417921v1</w:t>
+                <w:t xml:space="preserve">hal-02417922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquête sur les blessures (TMS) au travail chez les cordistes. Intérêts et résistances professionnelles.</w:t>
+                <w:t xml:space="preserve">L'outdoor, un laboratoire à ciel ouvert. Quelles dynamiques d'innovation pour le secteur des sports outdoor ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque CR35, Sociologie du sport AISLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">3e Outdoor Experts Forum. Les grandes mutations de la montagne et de l’outdoor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Chambery, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417922v1</w:t>
+                <w:t xml:space="preserve">hal-02417921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paradoxes de l'innovation : le cas de la vulnérabilité organisationnelle de petites entreprises innovantes dans le secteur de l'outdoor</w:t>
               </w:r>
@@ -4214,217 +4214,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre formes de pratiques, sociodémographie et logiques de consommation féminines de ski</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’innovation au regard de la sociologie et de l’ethnologie. Analyse de trajectoires d’objets innovants dans l’industrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de Management du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Doctoriales Permanence, Innovation, Durabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Doctorale 485 Education, Psychologie, Information, Communication, Lyon, Jul 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02976848v1</w:t>
+                <w:t xml:space="preserve">hal-02965316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’innovation au regard de la sociologie et de l’ethnologie. Analyse de trajectoires d’objets innovants dans l’industrie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations entre formes de pratiques, sociodémographie et logiques de consommation féminines de ski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pujado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriales Permanence, Innovation, Durabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Doctorale 485 Education, Psychologie, Information, Communication, Lyon, Jul 2011, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès de Management du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02965316v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectator demand for professional football, importance of the contest and competitive balance: a study of the French League 1 (2007-2008)</w:t>
               </w:r>
@@ -5746,437 +5746,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : étudier les innovations sportives outdoor en sciences sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
+                <w:t xml:space="preserve">De l'objet pionnier à sa diffusion grand public : la cas de sacs à dos innovants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une montagne d'innovations. Quelles dynamiques pour le secteur des sports outdoor ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUG, 2017, Montagne et innovation, 9782706126970</w:t>
+              <w:t xml:space="preserve">Une montagne d'innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359611v1</w:t>
+                <w:t xml:space="preserve">hal-02359609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'objet pionnier à sa diffusion grand public : la cas de sacs à dos innovants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mode d'innovation et logique d'entreprise : les 3 âges de Guidetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une montagne d'innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359609v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode d'innovation et logique d'entreprise : les 3 âges de Guidetti</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'allègement du matériel outdoor, un processus aux origines plurielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Hallé</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une montagne d'innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359608v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'allègement du matériel outdoor, un processus aux origines plurielles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Hallé</w:t>
+                <w:t xml:space="preserve">Introduction : étudier les innovations sportives outdoor en sciences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bénédicte Vignal; Éric Boutroy; Véronique Reynier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une montagne d'innovations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
+              <w:t xml:space="preserve">Une montagne d'innovations. Quelles dynamiques pour le secteur des sports outdoor ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUG, 2017, Montagne et innovation, 9782706126970</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359610v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques sportives au Cameroun. Indicateurs de formes de pratiques et aspects socio-démographiques</w:t>
               </w:r>
@@ -6379,51 +6379,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES CONDITIONS D'EXERCICE DES CORDISTES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6981,51 +6981,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01159246"/>
+    <w:nsid w:val="8E8FA478"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7212,51 +7212,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-vignal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5226-8066" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460004v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vignal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251400750" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360833v4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hall&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2023-8545" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883932v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2140977" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474217v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Baup" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJWHM-03-2021-0055" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207127v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328511v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.039.0020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328508v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0032" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325114v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331671v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.018.0165" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01269699v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Perrier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soule" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2016.1183932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329234v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.123.0024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351929v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/101269001036004005" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0D49C4FCD7894D704B6EC27C54049C3AAE51408B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330793v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2015.1083755" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336770v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336760v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0163" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336772v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chantelat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.057.0113" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344625v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Onomo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chazaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351536v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0296(02)01236-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351565v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481281v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04970877v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589171v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310257v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lebreton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731149v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313913v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133289v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429175v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429253v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417921v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419768v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895403v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896096v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939229v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02945875v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949553v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976848v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pujado" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965316v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969213v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Modeste Onomo Onomo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976842v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014564v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029405v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412025v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320870v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Reynier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004120v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.quidu.2025.01.0161" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04779202v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04310410v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047018v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040736v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53348-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359611v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmasso" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359609v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359608v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359610v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358889v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358702v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806937v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146703v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892346v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892294v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892672v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benedicte-vignal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5226-8066" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460004v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vignal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251400750" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360833v4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hall&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2023-8545" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883932v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2140977" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474217v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Baup" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJWHM-03-2021-0055" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207127v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0032" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325114v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.039.0020" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331671v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.018.0165" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01269699v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Perrier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soule" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2016.1183932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329234v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.123.0024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351929v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/101269001036004005" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0D49C4FCD7894D704B6EC27C54049C3AAE51408B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330793v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2015.1083755" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336760v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0163" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336772v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336770v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chantelat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.057.0113" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344625v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Onomo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chazaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351536v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-0296(02)01236-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351565v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481281v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589171v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04970877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131648v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731149v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lebreton" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310257v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133289v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429175v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429253v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417922v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417921v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419768v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895403v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896096v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939229v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02945875v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949553v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965316v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pujado" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969213v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Modeste Onomo Onomo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976842v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014564v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029405v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412025v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320870v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Reynier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004120v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.quidu.2025.01.0161" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04779202v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04310410v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047018v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040736v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53348-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359609v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359608v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359610v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359611v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmasso" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358889v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358702v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806937v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146703v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892346v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892294v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892672v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>