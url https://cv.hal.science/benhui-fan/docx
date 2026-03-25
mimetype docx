--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,1571 +66,1818 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(FeNi)x(SiO2)1-x nano-granular film modified carbon foam for broad-band microwave absorption</w:t>
+                <w:t xml:space="preserve">Performance of chitosan and alginate for soil stabilization under saturated conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yangjun Zou</w:t>
+                <w:t xml:space="preserve">Min Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanzhi Wang</w:t>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benhui Fan</w:t>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianling Yue</w:t>
+                <w:t xml:space="preserve">Thomas Reiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Liu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 699, pp.163124. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 30 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2025.163124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2026.2642828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025767v1</w:t>
+                <w:t xml:space="preserve">hal-05564194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Chitosan on Soil Stabilization</w:t>
+                <w:t xml:space="preserve">(FeNi)x(SiO2)1-x nano-granular film modified carbon foam for broad-band microwave absorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Min Yao</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Yangjun Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanzhi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jianling Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26168/ajce.43.1.18⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 699, pp.163124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2025.163124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05428913v1</w:t>
+                <w:t xml:space="preserve">hal-05025767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting water leaks in underground pipelines by radar and dielectric analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of Chitosan on Soil Stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benhui Fan</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2025.103477⟩</w:t>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (1), pp.205-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.43.1.18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147514v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05428913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ growth of carbon nanotubes on MXenes for high-performance electromagnetic wave absorption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting water leaks in underground pipelines by radar and dielectric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaucamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhichao Mu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jianling Yue</w:t>
+                <w:t xml:space="preserve">Vincent Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d5ra03991f⟩</w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 156, pp.103477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2025.103477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05199765v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permittivity analysis of weathered concrete in a bridge based on open-ended probe and impedance measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">In situ growth of carbon nanotubes on MXenes for high-performance electromagnetic wave absorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhichao Mu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanzhi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bosc</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zuojuan Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianling Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.136354⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (32), pp.26506-26514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5ra03991f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04568942v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Permittivity analysis of weathered concrete in a bridge based on open-ended probe and impedance measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 429, pp.136354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.136354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04568942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fine study of hierarchical interphase constructed by Boron Nitride and carbon nanotubes in SiC f /SiC composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaozhong Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zuojuan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Ceramic Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijac.14633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large aperture open-ended coaxial probe for non-destructive soil dielectric characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Herlent</w:t>
+                <w:t xml:space="preserve">Reinforcing the Mechanical Strength of Soils Under the Saturated State by Biopolymer Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benhui Fan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Sylvestre</w:t>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Conference on Antenna Measurements and Application (CAMA) 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 International Conference on Bio-mediated and Bio-inspired Geotechnics (ICBBG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Tempe AZ USA, United States. pp.185, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.53243/ICBBG2025-185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05376655v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopie diélectrique de sols et phénomènes de polarisation pour différentes teneurs en eau volumétriques entre 0,1 Hz et 1 MHz</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Large aperture open-ended coaxial probe for non-destructive soil dielectric characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Herlent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes journées du GDR REEPOS et 4ème colloque SDM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Saint-Valéry-en-Caux, France</w:t>
+              <w:t xml:space="preserve">IEEE Conference on Antenna Measurements and Application (CAMA) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115208v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05376655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting underground water leak from the pipelines by radar and infrared techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Spectroscopie diélectrique de sols et phénomènes de polarisation pour différentes teneurs en eau volumétriques entre 0,1 Hz et 1 MHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Herlent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sylvestre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation (SS25)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3èmes journées du GDR REEPOS et 4ème colloque SDM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Saint-Valéry-en-Caux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05015034v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting underground water leak from the pipelines by radar and thermal infrared techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Detecting underground water leak from the pipelines by radar and infrared techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaucamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation (SS25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Vancouver (BC), Canada. Paper Number Paper 13436-37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3050503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05157878v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrosion measurement of reinforced concrete in a bridge by GPR scanning, crack's analysis and dielectric measurement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Detecting underground water leak from the pipelines by radar and thermal infrared techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Herlent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Fleureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Ground Penetrating Radar (GPR 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Changchun, China</w:t>
+              <w:t xml:space="preserve">International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04934935v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corrosion measurement of reinforced concrete in a bridge by GPR scanning, crack's analysis and dielectric measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference on Ground Penetrating Radar (GPR 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Changchun, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Broadband dielectric spectroscopy of soils: measurements, interpretations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Herlent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thematic School on Dielectrics 2024 - Multifunctional composite insulating materials for electrical applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId53"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1777,51 +2024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025767v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjun Zou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanzhi Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhui Fan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianling Yue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428913v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez&#8208;caballero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fleureau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.18" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaucamp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guilbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2025.103477" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199765v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Mu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuojuan Du" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra03991f" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568942v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Feuvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.136354" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363931v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Yan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaozhong Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijac.14633" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376655v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sylvestre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050503" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157878v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934935v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bosc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04708923v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564194v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhui Fan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez&#8208;caballero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reiss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fleureau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2026.2642828" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjun Zou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanzhi Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianling Yue" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163124" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.18" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147514v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaucamp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guilbert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2025.103477" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199765v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Mu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuojuan Du" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra03991f" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568942v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bosc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Feuvre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.136354" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363931v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Yan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaozhong Huang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijac.14633" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554129v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53243/ICBBG2025-185" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376655v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sylvestre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115208v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015034v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050503" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157878v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934935v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bosc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foucher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04708923v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>