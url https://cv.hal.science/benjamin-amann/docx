--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,1016 +66,1150 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Carbon Fluxes on Seasonal to Decennial Timescales in Patagonia's Largest River‐Fjord System</w:t>
+                <w:t xml:space="preserve">Organic carbon composition and preservation in macrotidal coastal wetland sediment: insights from biomarkers and isotopic signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Hage</w:t>
+                <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Bertrand</w:t>
+                <w:t xml:space="preserve">Bénédicte Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Amann</w:t>
+                <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Reid</w:t>
+                <w:t xml:space="preserve">Cornelia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Vandekerkhove</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 39 (12), </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 1020, pp.181542. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024GB008427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2026.181542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442423v1</w:t>
+                <w:t xml:space="preserve">hal-05548567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding sediment and carbon accumulation in macrotidal minerogenic saltmarshes for climate resilience</w:t>
+                <w:t xml:space="preserve">Organic Carbon Fluxes on Seasonal to Decennial Timescales in Patagonia's Largest River‐Fjord System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Amann</w:t>
+                <w:t xml:space="preserve">S. Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Chaumillon</w:t>
+                <w:t xml:space="preserve">Sebastien Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Bertin</w:t>
+                <w:t xml:space="preserve">B. Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Pignon-Mussaud</w:t>
+                <w:t xml:space="preserve">B. Reid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Perello</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Vandekerkhove</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 467, pp.109465. </w:t>
+              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2024.109465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024GB008427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747483v2</w:t>
+                <w:t xml:space="preserve">hal-05442423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-annual and multi-decadal evolution of sediment accretion in a saltmarsh of the French Atlantic coast: Implications for carbon sequestration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Understanding sediment and carbon accumulation in macrotidal minerogenic saltmarshes for climate resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Schmidt</w:t>
+                <w:t xml:space="preserve">Xavier Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Olivier-Simonitti</w:t>
+                <w:t xml:space="preserve">Cecilia Pignon-Mussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Jupin</w:t>
+                <w:t xml:space="preserve">Marie-Claire Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 293, pp.108467. </w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 467, pp.109465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2024.109465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04276241v2</w:t>
+                <w:t xml:space="preserve">hal-04747483v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal Variations in Fjord Sediment Grain Size: A Pre‐requisite for Hydrological and Climate Reconstructions in Partially Glacierized Watersheds (Baker River, Patagonia)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Multi-annual and multi-decadal evolution of sediment accretion in a saltmarsh of the French Atlantic coast: Implications for carbon sequestration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Bertrand</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camila Alvarez-Garreton</w:t>
+                <w:t xml:space="preserve">Sabine Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Reid</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laura Olivier-Simonitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Jupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JF006391⟩</w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 293, pp.108467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04276246v1</w:t>
+                <w:t xml:space="preserve">hal-04276241v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Winter temperature conditions (1670–2010) reconstructed from varved sediments, western Canadian High Arctic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Seasonal Variations in Fjord Sediment Grain Size: A Pre‐requisite for Hydrological and Climate Reconstructions in Partially Glacierized Watersheds (Baker River, Patagonia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Scott F Lamoureux</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime P Boreux</w:t>
+                <w:t xml:space="preserve">Camila Alvarez-Garreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Reid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.07.013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JF006391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276260v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A millennial-long record of warm season precipitation and flood frequency for the North-western Alps inferred from varved lake sediments: implications for the future</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Winter temperature conditions (1670–2010) reconstructed from varved sediments, western Canadian High Arctic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Grosjean</w:t>
+                <w:t xml:space="preserve">Scott F Lamoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime P Boreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 115, pp.89 - 100. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2015.03.002⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 172, pp.1 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276255v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative high-resolution warm season rainfall recorded in varved sediments of Lake Oeschinen, northern Swiss Alps: calibration and validation AD 1901–2008</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A millennial-long record of warm season precipitation and flood frequency for the North-western Alps inferred from varved lake sediments: implications for the future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sönke Szidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Grosjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10933-013-9761-3⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115, pp.89 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2015.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276244v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quantitative high-resolution warm season rainfall recorded in varved sediments of Lake Oeschinen, northern Swiss Alps: calibration and validation AD 1901–2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Amann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Mauchle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 51 (3), pp.375-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10933-013-9761-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spring temperature variability and eutrophication history inferred from sedimentary pigments in the varved sediments of Lake Żabińskie, north-eastern Poland, AD 1907–2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lobsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Tylmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicja Bonk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 123, pp.86-96. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2014.10.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1085,151 +1219,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de gestion de données du projet &amp;quot;Evolution de l'identité PAtrimoniale des Marais des Pertuis charentais en réponse à l'Aléa de Submersion marine (PAMPAS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Pignon-Mussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Breilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Brischoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Dubillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LIENSs (UMR 7266). 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1239,279 +1373,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plateforme web pour sensibiliser à l'évolution du patrimoine des marais littoraux face au risque de submersion marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Pignon-Mussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacoue-Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque PAMPAS « Le patrimoine des marais littoraux face aux changements globaux»</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Projet PAMPAS, Nov 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des submersions marines sur les marais littoraux des Pertuis Charentais : une approche multidisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Polsenaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Mayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque PAMPAS « Le patrimoine des marais littoraux face aux changements globaux»</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1521,154 +1655,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards carbon neutrality by 2040 in La Rochelle metropolitan area (France): quantifying the role of wetlands and littoral zone in the capture and sequestration of blue carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Agogué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Azémar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Becu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECSA 59 Using the best scientific knowledge for the sustainable management of estuaries and coastal seas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, San Sebastian, Spain. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1678,114 +1812,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Varved lake sediments as archives for high-resolution millennial-long climate reconstructions: from sedimentation processes to paleoclimatology - Two case studies from the Northern Swiss Alps and North-eastern Poland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Amann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Global Changes. University of Bern, 2014. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02409926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:footerReference w:type="default" r:id="rId72"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1932,51 +2066,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442423v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bertrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reid" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vandekerkhove" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GB008427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747483v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Amann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Perello" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2024.109465" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276241v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Olivier-Simonitti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Jupin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108467" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276246v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alvarez-Garreton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Reid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JF006391" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276260v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott F Lamoureux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P Boreux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.07.013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276255v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;nke Szidat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Grosjean" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2015.03.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276244v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Mauchle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9761-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lobsiger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Fischer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Tylmann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Bonk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2014.10.008" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951315v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Breilh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brischoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dubillot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679072v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hubert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blanchet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vagner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679097v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Polsenaere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;tillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mayen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03777579v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02409926v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05548567v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Amann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dubillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2026.181542" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442423v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reid" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vandekerkhove" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GB008427" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747483v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Perello" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2024.109465" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276241v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Olivier-Simonitti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Jupin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108467" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276246v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alvarez-Garreton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Reid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JF006391" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276260v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott F Lamoureux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P Boreux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.07.013" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;nke Szidat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Grosjean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2015.03.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276244v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Mauchle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9761-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276239v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lobsiger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Fischer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Tylmann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Bonk" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2014.10.008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951315v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pignon-Mussaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Breilh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brischoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679072v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hubert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blanchet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacoue-Labarthe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vagner" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Polsenaere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;tillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mayen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03777579v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dupuy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02409926v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>