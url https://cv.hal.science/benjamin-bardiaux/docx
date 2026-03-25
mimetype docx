--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Bardiaux </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benjamin-bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4014-9195</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">224845144</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-translational acylation drives folding and activity of the CyaA bacterial toxin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Edmund Hoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaia Scilironi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amiel Abettan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshan Shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05261350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTRF-based identification of small molecules targeting SARS-CoV-2 E protein interaction with ZO-1 PDZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Larrous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Goor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05261353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridges instead of boats? The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope core of phospholipid trafficking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyrie Grasekamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Beaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Taib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Audrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H, 15 N and 13 C resonance assignments of the Cterminal domain of PulL, a component of the Klebsiella oxytoca type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic building of protein atomic models from cryo-EM density maps using residue co-evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03063879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTRF-based identification of small molecules targeting SARS-CoV-2 E protein interaction with ZO-1 PDZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Larrous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Goor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-31755-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibiotics and phages drive region-specific diversity of OmpK36 in &amp;lt;i&amp;gt;Klebsiella pneumoniae&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Laurenceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cabanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Melissa Cerdas-Mejías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (9), pp.e0134325. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01343-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ton motor conformational switch and peptidoglycan role in bacterial nutrient uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Zinke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivo Gomperts Boneca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.331. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-44606-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378918v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic resolution structure of full-length human insulin fibrils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saba Suladze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riddhiman Sarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rodina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krister Bokvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Krewinkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (23), pp.e2401458121. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2401458121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restraint validation of biomolecular structures determined by NMR in the Protein Data Bank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kumaran Baskaran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliza Ploskon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Tejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masashi Yokochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Harrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (6), pp.824-837.e1. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2024.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594578v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic interplay between a TonB-dependent heme transporter and a TonB protein in a membrane environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamolrat Somboon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Melling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glaucia M S Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Paquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (12), pp.e0178124. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01781-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR resonance assignment of the cell death execution domain BELL2 from multicellular bacterial signalosomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Delcourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.159-164. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-024-10183-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Poly‐Proline II Helix in YadA from Yersinia enterocolitica serotype O:9 Facilitates Heparin Binding through Electrostatic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ina Meuskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Eugen Kristiansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Rosenov Koynarev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hatlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291 (4), pp.761-777. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/febs.17001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical insights into sugar-dependent medium acidification promoting YfaL protein-mediated Escherichia coli self-aggregation, biofilm formation and acid stress resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yankel Chekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Quilès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Le Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16, pp.17567. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D4NR01884B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693551v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane platform protein PulF of the Klebsiella type II secretion system forms a trimeric ion channel essential for endopilus assembly and protein secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdaus Samsudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland G Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J Bond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.e0142323. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01423-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04331781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der starre Kern und die flexible Oberfläche von Amyloidfibrillen – Magic‐Angle‐Spinning NMR Spektroskopie von aromatischen Resten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Marie Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (19), pp.e202219314. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ange.202219314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamic association of an assembly platform subcomplex of the bacterial type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanyuan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2022.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03932612v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope bridge for phospholipid trafficking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyrie P Grasekamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Beaud Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Taib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Audrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.7642. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-43411-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rigid core and flexible surface of amyloid fibrils probed by Magic‐Angle Spinning NMR of aromatic residues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Marie Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202219314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-04034318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Interaction Domains between the Phosphoprotein and the Nucleoprotein of Human Metapneumovirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hortense Decool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Checa Ruano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sperandio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenna Fix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (2), pp.e0090921. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.00909-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Protein Atomic Models from Cryo-EM Density Maps and Residue Co-Evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (9), pp.1290. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom12091290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03840876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanism of threonine ADP-ribosylation of F-actin by a Tc toxin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Belyy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lindemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Roderer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.4202. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-022-31836-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03856050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary structure and 1H, 15 N & 13C resonance assignments of the periplasmic domain of OutG, major pseudopilin from Dickeya dadantii type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theis Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melvin Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.231-236. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-022-10085-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and molecular basis of cross-seeding barriers in amyloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asen Daskalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Coustou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (1), pp.e2014085118. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2014085118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03106845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures of Pathological and Functional Amyloids and Prions, a Solid-State NMR Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asen Daskalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alons Lends</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jayakrishna Shenoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Lamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, pp.670513. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2021.670513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03379976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational and biochemical analysis of type IV pilus dynamics and stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasaman Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny-Lee Thomassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2021.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03380000v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H, 15 N and 13C resonance assignments of the C-terminal domain of PulL, a component of the Klebsiella oxytoca type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2), </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-021-10045-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Host-Pathogen Adhesion as the Basis of Innovative Diagnostics for Emerging Pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex van Belkum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah V Barrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah J Butcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnostics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (7), pp.1259. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/diagnostics11071259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Structural and Dynamic Analysis of the Partially Disordered Polymerase-Binding Domain in RSV Phosphoprotein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cardone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Caseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (8), </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom11081225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Structural Interpretation of Protein Crosslinks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Filella-Merce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.75-82. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2019.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02369173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARIAweb: a server for automated NMR structure calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mareuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Ménager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkaa362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02569631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aβ(1-42) tetramer and octamer structures reveal edge conductivity pores as a mechanism for membrane damage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Ciudad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Botzanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moeen Meigooni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Arango</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.3014. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-16566-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal NMR distance information for rigidity of protein graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.91-104. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.03.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907200v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and function of minor pilins of type IV pili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theis Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivera Francetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Microbiology and Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00430-019-00642-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02387745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Assembly of the Enterohemorrhagic Escherichia coli Type 4 Pilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisele Cardoso de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Areli Luna Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (7), pp.1082-1093.e5. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2019.03.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-site phosphorylation within the His-tag sequence attached to a recombinant protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Himanshu Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepshikha Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 570, pp.62-64. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ab.2019.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a type 2 secretion system pseudopilus unraveled by complementary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomolecular NMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 73 (6-7), pp.293-303. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10858-019-00246-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning interval Branch-and-Prune for protein structure determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72 (1), pp.109-127. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0635-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01921275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The protofilament architecture of a de novo designed coiled coil-based amyloidogenic peptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mônica Santos de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheleh Rezaei Araghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Brandenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jork Leiterer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franziska Emmerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 203 (3), pp.263-272. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsb.2018.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-specific DNA binding activity of the cross-brace zinc finger motif of the piggyBac transposase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Morellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianghong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silke Wieninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bischerour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (5), pp.2660-2677. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis and structure of a type VI secretion baseplate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Cherrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (12), pp.1404-1416. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-018-0260-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of Helicobacter pylori nickel-chaperone HypA: an integrated approach using NMR spectroscopy, functional assays and computational tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Spronk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szymon Żerko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Górka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiktor Koźmiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (8), pp.1309-1330. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00775-018-1616-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordering Protein Contact Matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, pp.140 - 156. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2018.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01776351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structure determination of amyloid fibrils using solid-state NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Loquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanek Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138–139, pp.26-38. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymeth.2018.03.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of outer membrane protein G in lipid bilayers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joren Retel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew J. Nieuwkoop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Hiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria A. Higman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Barbet-Massin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.Article Number: 2073. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-017-02228-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Characterization of Whirlin Reveals an Unexpected and Dynamic Supramodule Conformation of Its PDZ Tandem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Colcombet-Cazenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (11), pp.1645-1656.e5. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2017.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02883914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of the calcium dependent type 2 secretion pseudopilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys Lopez-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny-Lee Thomassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangayarkarasi Nivaskumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-017-0041-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02283219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure determination of helical filaments by solid-state NMR spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lichun He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mumdooh Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Spehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate König</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (3), pp.E272-81. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1513119113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01501716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved reliability, accuracy and quality in automated NMR structure calculation with ARIA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mareuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomolecular NMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Epub. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10858-015-9928-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01144918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis and structure of a Type VI secretion membrane core complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelrahim Zoued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Logger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Pehau-Arnaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 523, pp.555-560. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature14667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01778556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neisseria meningitidis Type IV Pili Composed of Sequence Invariable Pilins Are Masked by Multisite Glycosylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Ferber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silke Machata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Flore Imhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Malosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Pathogens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (9), </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.ppat.1005162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01300944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chaperone αB-crystallin uses different interfaces to capture an amorphous and an amyloid client.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andi Mainz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jirka Peschek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Stavropoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin C Back</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.898-905. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nsmb.3108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01400959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR Exchange Format: a unified and open standard for representation of NMR restraint data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandras Gutmanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul D Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen M. Berman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Case</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.433-434. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nsmb.3041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state NMR Study of the YadA Membrane-Anchor Domain in the Bacterial Outer Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel A. Shahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhu Nagaraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Chauhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trent W. Franks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (43), pp.12602 - 12606. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201505506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01399310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-State NMR Structure Determination from Diagonal-Compensated, Sparsely Nonuniform-Sampled 4D Proton-Proton Restraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasmus Linser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loren B Andreas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven G Hyberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa K Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (31), pp.11002-11010. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja504603g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01070866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm to enumerate all possible protein conformations verifying a set of distance constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-015-0451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01120652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural insights into serine-rich fimbriae from Gram-positive bacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ramboarina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A Garnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meixian Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuebin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhixiang Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 285 (42), pp.32446-57. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M110.128165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01500608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Structure Determination of the Crh Protein from Highly Ambiguous Solid-State NMR Restraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Loquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gardiennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baldus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 130 (11), pp.3579-3589. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja078014t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate NMR structures through minimization of an extended hybrid energy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Habeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (9), pp.1305-12. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2008.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01570038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphical analysis of NMR structural quality and interactive contact map of NOE assignments in ARIA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Rieping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Habeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8, pp.30. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6807-8-30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01570029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Analysis of Proteins from Bacterial Secretion Systems and Their Assemblies by NMR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisele Cardoso de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bacterial Secretion Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2715, Springer US, pp.503-517, 2023, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-3445-5_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARIA for solution and solid-state NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protein NMR Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 831, pp.453-83, 2012, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-61779-480-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01459144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function of the GspF pilus assembly factor in the Klebsiella type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdaus Samsudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland G Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J Bond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Adhesion and Signal Transduction Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Newport, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05279137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId320"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Bardiaux </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benjamin-bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4014-9195</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">224845144</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-translational acylation drives folding and activity of the CyaA bacterial toxin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Edmund Hoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaia Scilironi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amiel Abettan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshan Shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05261350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTRF-based identification of small molecules targeting SARS-CoV-2 E protein interaction with ZO-1 PDZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Larrous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Goor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05261353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridges instead of boats? The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope core of phospholipid trafficking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyrie Grasekamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Beaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Taib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Audrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H, 15 N and 13 C resonance assignments of the Cterminal domain of PulL, a component of the Klebsiella oxytoca type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic building of protein atomic models from cryo-EM density maps using residue co-evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03063879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTRF-based identification of small molecules targeting SARS-CoV-2 E protein interaction with ZO-1 PDZ2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Larrous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Goor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-31755-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibiotics and phages drive region-specific diversity of OmpK36 in &amp;lt;i&amp;gt;Klebsiella pneumoniae&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Laurenceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cabanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Melissa Cerdas-Mejías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (9), pp.e0134325. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01343-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ton motor conformational switch and peptidoglycan role in bacterial nutrient uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilian Zinke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivo Gomperts Boneca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.331. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-44606-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378918v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic resolution structure of full-length human insulin fibrils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saba Suladze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riddhiman Sarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rodina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krister Bokvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Krewinkel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (23), pp.e2401458121. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2401458121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restraint validation of biomolecular structures determined by NMR in the Protein Data Bank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kumaran Baskaran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliza Ploskon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Tejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masashi Yokochi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Harrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (6), pp.824-837.e1. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2024.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594578v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic interplay between a TonB-dependent heme transporter and a TonB protein in a membrane environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamolrat Somboon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Melling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maylis Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glaucia M S Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Paquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (12), pp.e0178124. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01781-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR resonance assignment of the cell death execution domain BELL2 from multicellular bacterial signalosomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Delcourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.159-164. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-024-10183-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical insights into sugar-dependent medium acidification promoting YfaL protein-mediated Escherichia coli self-aggregation, biofilm formation and acid stress resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yankel Chekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Quilès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Le Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16, pp.17567. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D4NR01884B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04693551v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Poly‐Proline II Helix in YadA from Yersinia enterocolitica serotype O:9 Facilitates Heparin Binding through Electrostatic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ina Meuskens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Eugen Kristiansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Rosenov Koynarev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hatlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291 (4), pp.761-777. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/febs.17001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane platform protein PulF of the Klebsiella type II secretion system forms a trimeric ion channel essential for endopilus assembly and protein secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdaus Samsudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland G Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J Bond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.e0142323. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01423-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04331781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der starre Kern und die flexible Oberfläche von Amyloidfibrillen – Magic‐Angle‐Spinning NMR Spektroskopie von aromatischen Resten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Marie Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (19), pp.e202219314. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ange.202219314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope bridge for phospholipid trafficking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyrie P Grasekamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Beaud Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najwa Taib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Audrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.7642. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-43411-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamic association of an assembly platform subcomplex of the bacterial type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanyuan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mechaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2022.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03932612v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rigid core and flexible surface of amyloid fibrils probed by Magic‐Angle Spinning NMR of aromatic residues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Marie Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Grelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202219314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-04034318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the Interaction Domains between the Phosphoprotein and the Nucleoprotein of Human Metapneumovirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hortense Decool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Checa Ruano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sperandio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenna Fix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (2), pp.e0090921. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.00909-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Protein Atomic Models from Cryo-EM Density Maps and Residue Co-Evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (9), pp.1290. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom12091290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03840876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanism of threonine ADP-ribosylation of F-actin by a Tc toxin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Belyy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lindemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Roderer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.4202. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-022-31836-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03856050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary structure and 1H, 15 N & 13C resonance assignments of the periplasmic domain of OutG, major pseudopilin from Dickeya dadantii type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theis Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melvin Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.231-236. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-022-10085-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures of Pathological and Functional Amyloids and Prions, a Solid-State NMR Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asen Daskalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alons Lends</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jayakrishna Shenoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Lamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, pp.670513. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2021.670513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03379976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and molecular basis of cross-seeding barriers in amyloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asen Daskalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Coustou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (1), pp.e2014085118. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2014085118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03106845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Host-Pathogen Adhesion as the Basis of Innovative Diagnostics for Emerging Pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex van Belkum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah V Barrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah J Butcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnostics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (7), pp.1259. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/diagnostics11071259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational and biochemical analysis of type IV pilus dynamics and stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasaman Karami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny-Lee Thomassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2021.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03380000v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H, 15 N and 13C resonance assignments of the C-terminal domain of PulL, a component of the Klebsiella oxytoca type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Dazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecular NMR Assignments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2), </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12104-021-10045-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Structural and Dynamic Analysis of the Partially Disordered Polymerase-Binding Domain in RSV Phosphoprotein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cardone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Caseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gallou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (8), </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom11081225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative Structural Interpretation of Protein Crosslinks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isaac Filella-Merce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.75-82. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2019.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02369173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARIAweb: a server for automated NMR structure calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mareuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Ménager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkaa362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02569631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aβ(1-42) tetramer and octamer structures reveal edge conductivity pores as a mechanism for membrane damage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Ciudad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Botzanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moeen Meigooni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Arango</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.3014. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-16566-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and function of minor pilins of type IV pili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theis Jacobsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivera Francetic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Microbiology and Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00430-019-00642-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02387745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal NMR distance information for rigidity of protein graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.91-104. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.03.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907200v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Assembly of the Enterohemorrhagic Escherichia coli Type 4 Pilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisele Cardoso de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Areli Luna Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (7), pp.1082-1093.e5. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2019.03.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-site phosphorylation within the His-tag sequence attached to a recombinant protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Himanshu Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepshikha Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 570, pp.62-64. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ab.2019.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a type 2 secretion system pseudopilus unraveled by complementary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Brier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys López-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomolecular NMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 73 (6-7), pp.293-303. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10858-019-00246-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning interval Branch-and-Prune for protein structure determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72 (1), pp.109-127. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0635-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01921275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The protofilament architecture of a de novo designed coiled coil-based amyloidogenic peptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mônica Santos de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raheleh Rezaei Araghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Brandenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jork Leiterer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franziska Emmerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 203 (3), pp.263-272. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsb.2018.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis and structure of a type VI secretion baseplate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Cherrak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Rapisarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Pellarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (12), pp.1404-1416. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-018-0260-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and dynamics of Helicobacter pylori nickel-chaperone HypA: an integrated approach using NMR spectroscopy, functional assays and computational tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Spronk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szymon Żerko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Górka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiktor Koźmiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (8), pp.1309-1330. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00775-018-1616-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02329962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence-specific DNA binding activity of the cross-brace zinc finger motif of the piggyBac transposase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Morellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianghong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silke Wieninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bischerour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (5), pp.2660-2677. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordering Protein Contact Matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, pp.140 - 156. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2018.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01776351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D structure determination of amyloid fibrils using solid-state NMR spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Loquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia El Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanek Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Berbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 138–139, pp.26-38. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymeth.2018.03.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of outer membrane protein G in lipid bilayers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joren Retel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew J. Nieuwkoop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Hiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria A. Higman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Barbet-Massin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.Article Number: 2073. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-017-02228-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Characterization of Whirlin Reveals an Unexpected and Dynamic Supramodule Conformation of Its PDZ Tandem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Colcombet-Cazenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (11), pp.1645-1656.e5. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2017.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02883914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of the calcium dependent type 2 secretion pseudopilus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aracelys Lopez-Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny-Lee Thomassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangayarkarasi Nivaskumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-017-0041-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-02283219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure determination of helical filaments by solid-state NMR spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lichun He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mumdooh Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Spehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate König</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113 (3), pp.E272-81. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1513119113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01501716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved reliability, accuracy and quality in automated NMR structure calculation with ARIA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mareuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomolecular NMR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Epub. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10858-015-9928-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01144918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chaperone αB-crystallin uses different interfaces to capture an amorphous and an amyloid client.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andi Mainz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jirka Peschek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Stavropoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin C Back</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.898-905. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nsmb.3108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01400959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis and structure of a Type VI secretion membrane core complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelrahim Zoued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Logger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Pehau-Arnaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 523, pp.555-560. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature14667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01778556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR Exchange Format: a unified and open standard for representation of NMR restraint data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandras Gutmanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul D Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen M. Berman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Case</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.433-434. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nsmb.3041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neisseria meningitidis Type IV Pili Composed of Sequence Invariable Pilins Are Masked by Multisite Glycosylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Ferber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silke Machata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Flore Imhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Malosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Pathogens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (9), </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.ppat.1005162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01300944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state NMR Study of the YadA Membrane-Anchor Domain in the Bacterial Outer Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakeel A. Shahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhu Nagaraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Chauhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trent W. Franks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (43), pp.12602 - 12606. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201505506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01399310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-State NMR Structure Determination from Diagonal-Compensated, Sparsely Nonuniform-Sampled 4D Proton-Proton Restraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasmus Linser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loren B Andreas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven G Hyberts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa K Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 136 (31), pp.11002-11010. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja504603g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01070866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm to enumerate all possible protein conformations verifying a set of distance constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-015-0451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01120652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural insights into serine-rich fimbriae from Gram-positive bacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ramboarina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A Garnett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meixian Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuebin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhixiang Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 285 (42), pp.32446-57. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M110.128165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01500608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Structure Determination of the Crh Protein from Highly Ambiguous Solid-State NMR Restraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Loquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Gardiennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baldus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 130 (11), pp.3579-3589. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ja078014t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate NMR structures through minimization of an extended hybrid energy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Habeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (9), pp.1305-12. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.str.2008.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01570038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphical analysis of NMR structural quality and interactive contact map of NOE assignments in ARIA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Rieping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Habeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Structural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8, pp.30. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6807-8-30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01570029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Analysis of Proteins from Bacterial Secretion Systems and Their Assemblies by NMR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisele Cardoso de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Izadi-Pruneyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bacterial Secretion Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2715, Springer US, pp.503-517, 2023, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-3445-5_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARIA for solution and solid-state NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Nilges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protein NMR Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 831, pp.453-83, 2012, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-61779-480-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01459144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function of the GspF pilus assembly factor in the Klebsiella type II secretion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Guilvout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firdaus Samsudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland G Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter J Bond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Adhesion and Signal Transduction Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Newport, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-05279137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId320"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A488CB4"/>
+    <w:nsid w:val="5A69443A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-bardiaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4014-9195" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224845144" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261350v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin L&#233;ger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Edmund Hoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Scilironi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiel Abettan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261353v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Alvarez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Larrous" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Mechaly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Goor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235315v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie Grasekamp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Audrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Dazzoni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracelys L&#243;pez-Castilla" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cordier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nilges" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03063879v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Pellarin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Rapisarda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449164v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-31755-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235939v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Royer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Laurenceau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabanel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Melissa Cerdas-Mej&#237;as" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01343-25" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378918v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Zinke" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Lejeune" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Gomperts Boneca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-44606-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594552v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saba Suladze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riddhiman Sarkar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rodina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krister Bokvist" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Krewinkel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401458121" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594578v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumaran Baskaran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Ploskon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Tejero" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Yokochi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Harrus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2024.02.011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760782v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamolrat Somboon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Melling" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glaucia M S Pinheiro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Paquelin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01781-24" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Delcourte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morvan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Berbon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Gr&#233;lard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-024-10183-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290267v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Meuskens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Eugen Kristiansen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rosenov Koynarev" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hatlem" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17001" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693551v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Chekli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Thiriet-Rupert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Cordier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR01884B" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331781v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guilvout" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdaus Samsudin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland G Huber" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bond" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01423-23" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514199v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Marie Becker" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202219314" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03932612v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Li" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2022.12.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301455v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie P Grasekamp" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud Benyahia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43411-y" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04034318v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grelard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202219314" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579501v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Decool" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sperandio" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Fix" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00909-21" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03840876v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12091290" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03856050v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Belyy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lindemann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roderer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Funk" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31836-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836613v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theis Jacobsen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Renault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-022-10085-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03106845v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asen Daskalov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martinez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coustou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Mammeri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2014085118" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03379976v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alons Lends" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayakrishna Shenoy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lamon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2021.670513" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03380000v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Karami" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ori" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny-Lee Thomassin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2021.07.008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331217v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-021-10045-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex van Belkum" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Almeida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah V Barrass" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J Butcher" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11071259" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321817v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cardone" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Caseau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thureaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gallou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11081225" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02369173v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Filella-Merce" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.10.018" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02569631v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Allain" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mareuil" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa362" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02874153v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ciudad" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Puig" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Botzanowski" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeen Meigooni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arango" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16566-1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907200v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlile Lavor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Donald" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Worley" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.03.071" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02387745v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Francetic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Izadi-Pruneyre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00430-019-00642-5" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326222v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Cardoso de Amorim" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areli Luna Rico" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weili Zheng" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.03.021" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329972v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Singh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepshikha Verma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2019.02.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990168v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-019-00246-4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-01921275v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Delhommel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Malliavin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0635-0" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329917v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Santos de Freitas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raheleh Rezaei Araghi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Brandenburg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jork Leiterer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Emmerling" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2018.05.009" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114800v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Morellet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghong Li" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Wieninger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Taylor" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bischerour" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky044" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02342924v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Cherrak" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0260-1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329962v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Spronk" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon &#379;erko" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; G&#243;rka" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktor Ko&#378;mi&#324;ski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-018-1616-y" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01776351v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan Xu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2018.03.001" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774854v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanek Jan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2018.03.014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679641v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Retel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Nieuwkoop" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hiller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria A. Higman" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Barbet-Massin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02228-2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02883914v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colcombet-Cazenave" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2017.08.013" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02283219v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracelys Lopez-Castilla" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangayarkarasi Nivaskumar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0041-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01501716v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichun He" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mumdooh Ahmed" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Spehr" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate K&#246;nig" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1513119113" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01144918v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E Malliavin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-015-9928-5" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01778556v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Durand" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Son Nguyen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahim Zoued" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Logger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pehau-Arnaudet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14667" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01300944v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Ferber" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Machata" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Flore Imhaus" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005162" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01400959v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Mainz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jirka Peschek" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stavropoulou" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin C Back" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.3108" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187684v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandras Gutmanas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D Adams" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M. Berman" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Case" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.3041" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01399310v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel A. Shahid" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhu Nagaraj" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandini Chauhan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trent W. Franks" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201505506" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DACC64EDFDAD89AC40D0CAB1526BE65F4A648ED/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070866v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Linser" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren B Andreas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven G Hyberts" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa K Morris" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja504603g" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01120652v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cassioli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mucherino" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alves" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0451-1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500608v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ramboarina" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Garnett" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixian Zhou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuebin Li" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiang Peng" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.128165" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124651v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gardiennet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baldus" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja078014t" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TZD247TP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570038v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Bernard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Habeck" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2008.07.008" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570029v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Rieping" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-8-30" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274030v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3445-5_30" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01459144v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-480-3_23" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05279137v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-bardiaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4014-9195" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224845144" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261350v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin L&#233;ger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Edmund Hoff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Scilironi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiel Abettan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261353v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Alvarez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Larrous" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Mechaly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Goor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235315v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie Grasekamp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Audrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Dazzoni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracelys L&#243;pez-Castilla" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cordier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nilges" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03063879v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Pellarin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Rapisarda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449164v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-31755-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235939v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Royer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Laurenceau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabanel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Melissa Cerdas-Mej&#237;as" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01343-25" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378918v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Zinke" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Lejeune" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Gomperts Boneca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-44606-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594552v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saba Suladze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riddhiman Sarkar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rodina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krister Bokvist" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Krewinkel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401458121" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594578v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumaran Baskaran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Ploskon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Tejero" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Yokochi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Harrus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2024.02.011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760782v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamolrat Somboon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Melling" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glaucia M S Pinheiro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Paquelin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01781-24" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Delcourte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morvan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Berbon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Gr&#233;lard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-024-10183-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693551v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Chekli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Thiriet-Rupert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Cordier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR01884B" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290267v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Meuskens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Eugen Kristiansen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Rosenov Koynarev" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hatlem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331781v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guilvout" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firdaus Samsudin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland G Huber" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bond" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01423-23" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514199v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Marie Becker" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202219314" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301455v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie P Grasekamp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud Benyahia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43411-y" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03932612v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Li" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2022.12.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04034318v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Grelard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202219314" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579501v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Decool" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sperandio" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Fix" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00909-21" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03840876v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12091290" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03856050v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Belyy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lindemann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roderer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Funk" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31836-w" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836613v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theis Jacobsen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Renault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-022-10085-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03379976v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asen Daskalov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Mammeri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alons Lends" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayakrishna Shenoy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lamon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2021.670513" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03106845v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martinez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coustou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2014085118" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331223v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex van Belkum" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Almeida" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah V Barrass" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J Butcher" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics11071259" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03380000v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Karami" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ori" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny-Lee Thomassin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2021.07.008" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331217v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-021-10045-4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321817v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cardone" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Caseau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thureaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gallou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom11081225" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02369173v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Filella-Merce" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.10.018" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02569631v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Allain" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mareuil" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa362" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02874153v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ciudad" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Puig" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Botzanowski" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeen Meigooni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arango" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16566-1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02387745v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Francetic" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Izadi-Pruneyre" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00430-019-00642-5" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907200v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlile Lavor" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Donald" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Worley" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.03.071" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326222v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Cardoso de Amorim" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areli Luna Rico" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weili Zheng" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2019.03.021" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329972v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Singh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepshikha Verma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2019.02.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990168v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-019-00246-4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-01921275v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Delhommel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Malliavin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0635-0" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329917v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Santos de Freitas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raheleh Rezaei Araghi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Brandenburg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jork Leiterer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Emmerling" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2018.05.009" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02342924v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Cherrak" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-018-0260-1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329962v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Spronk" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon &#379;erko" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; G&#243;rka" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktor Ko&#378;mi&#324;ski" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-018-1616-y" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114800v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Morellet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghong Li" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Wieninger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Taylor" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bischerour" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky044" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01776351v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan Xu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2018.03.001" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774854v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanek Jan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2018.03.014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679641v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Retel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Nieuwkoop" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hiller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria A. Higman" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Barbet-Massin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02228-2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02883914v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colcombet-Cazenave" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2017.08.013" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02283219v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aracelys Lopez-Castilla" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mangayarkarasi Nivaskumar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0041-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01501716v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichun He" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mumdooh Ahmed" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Spehr" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate K&#246;nig" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1513119113" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01144918v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E Malliavin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-015-9928-5" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01400959v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andi Mainz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jirka Peschek" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Stavropoulou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin C Back" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.3108" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01778556v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Durand" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Son Nguyen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahim Zoued" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Logger" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pehau-Arnaudet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14667" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187684v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandras Gutmanas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D Adams" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M. Berman" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Case" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.3041" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01300944v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gault" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Ferber" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Machata" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Flore Imhaus" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malosse" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005162" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01399310v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel A. Shahid" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhu Nagaraj" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandini Chauhan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trent W. Franks" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201505506" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DACC64EDFDAD89AC40D0CAB1526BE65F4A648ED/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070866v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Linser" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren B Andreas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven G Hyberts" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa K Morris" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja504603g" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01120652v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cassioli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mucherino" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alves" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0451-1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01500608v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ramboarina" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Garnett" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixian Zhou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuebin Li" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiang Peng" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.128165" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124651v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gardiennet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baldus" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja078014t" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TZD247TP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570038v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Bernard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Habeck" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2008.07.008" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570029v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Rieping" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-8-30" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274030v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3445-5_30" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01459144v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-480-3_23" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05279137v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>