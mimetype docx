--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -632,295 +632,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering based on renal and inflammatory admission parameters in critically ill patients admitted to the ICU</w:t>
+                <w:t xml:space="preserve">SARS-CoV2 pneumonia patients admitted to the ICU: Analysis according to clinical and biological parameters and the extent of lung parenchymal lesions on chest CT scan, a monocentric observational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mascle</w:t>
+                <w:t xml:space="preserve">Abed Al Hadi Krisht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dupuis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marina Brailova</w:t>
+                <w:t xml:space="preserve">Romain Chauvot de Beauchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Mirand</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 19 (11), pp.e0307938. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0307938⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 19 (9), pp.e0308014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870754v1</w:t>
+                <w:t xml:space="preserve">hal-04793220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV2 pneumonia patients admitted to the ICU: Analysis according to clinical and biological parameters and the extent of lung parenchymal lesions on chest CT scan, a monocentric observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clustering based on renal and inflammatory admission parameters in critically ill patients admitted to the ICU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abed Al Hadi Krisht</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kévin Grapin</w:t>
+                <w:t xml:space="preserve">Claire Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Chauvot de Beauchene</w:t>
+                <w:t xml:space="preserve">Marina Brailova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 19 (9), pp.e0308014. </w:t>
+              <w:t xml:space="preserve">, 2024, 19 (11), pp.e0307938. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0307938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04793220v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase over time of antibody levels 3 months after a booster dose as an indication of better protection against Omicron infection</w:t>
               </w:r>
@@ -1436,429 +1436,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative T and B immune responses of four different anti-COVID-19 vaccine strategies 6 months after vaccination</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hypercoagulability in critically ill patients with COVID 19, an observational prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Godignon</w:t>
+                <w:t xml:space="preserve">Laure Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Thouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.03.006⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (11), pp.e0277544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03850980v1</w:t>
+                <w:t xml:space="preserve">hal-04157690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypercoagulability in critically ill patients with COVID 19, an observational prospective study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Mascle</w:t>
+                <w:t xml:space="preserve">Association of nitrogen balance trajectories with clinical outcomes in critically ill COVID-19 patients: A retrospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Françoise Sapin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kévin Grapin</w:t>
+                <w:t xml:space="preserve">Alexandre Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Janer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Guido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radhia Bouzgarrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277544⟩</w:t>
+              <w:t xml:space="preserve">Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (12), pp.2895-2902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clnu.2022.08.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04157690v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of nitrogen balance trajectories with clinical outcomes in critically ill COVID-19 patients: A retrospective cohort study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Janer</w:t>
+                <w:t xml:space="preserve">Comparative T and B immune responses of four different anti-COVID-19 vaccine strategies 6 months after vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chabrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Archimbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Brebion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Guido</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Radhia Bouzgarrou</w:t>
+                <w:t xml:space="preserve">Maud Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 41 (12), pp.2895-2902. </w:t>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (5), pp.e45-e47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clnu.2022.08.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288581v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utility of the Basophil Activation Test Using Gly m 4, Gly m 5 and Gly m 6 Molecular Allergens for Characterizing Anaphylactic Reactions to Soy</w:t>
               </w:r>
@@ -2272,51 +2272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4503,51 +4503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peanut gastrointestinal delivery oral immunotherapy in adolescents: Basophil activation test results of the build-up and maintenance phase of the PITA study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4896,51 +4896,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gossez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bonnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Boussaid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.b.22196" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618339v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103792" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645249v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Grapin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Bauchene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006105" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chaput" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanae Pons-Rejraji" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fiot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cily Lucas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.70070" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04870754v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307938" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Al Hadi Krisht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvot de Beauchene" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Archimbaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brebion" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2023.2184176" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saroul" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Loukine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rozand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.27535" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227433v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Bouzgarrou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11041001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192860v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vazquez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Torrieri-Damard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pitoiset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Levacher" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Vigneron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.08.014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03850980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.03.006" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157690v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Sapin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277544" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04288581v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Janer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guido" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2022.08.023" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885421v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Raveau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Junda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Michaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/falgy.2022.908435" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681324v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.842912" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103922v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Pascal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Merlin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Egron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.13755" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885524v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Coupez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Adda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103622" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433578v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blum" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Charpentier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Martres" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gydeon Ritvo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/AID.2019.0065" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154533v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2019.02.223" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780802v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messaoudi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacomet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fauquert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13223-018-0239-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790306v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupuch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Tridon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alr.22079" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03867773v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Saadawi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barennes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quiniou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Chaara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1808594115" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846131v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadile" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.208" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01483716v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Vinot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bellier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2016.11.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01617587v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1501271" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885768v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besbes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103998" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885817v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pascal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103391" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885829v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raveau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fauquert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2022.02.025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885876v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885880v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885788v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fonte" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Muti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103523" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885799v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103405" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885569v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Godignon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100335" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885592v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100336" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01924701v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066596" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gossez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bonnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Boussaid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.b.22196" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618339v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103792" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645249v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Grapin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Bauchene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006105" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chaput" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanae Pons-Rejraji" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fiot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cily Lucas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.70070" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793220v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Al Hadi Krisht" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvot de Beauchene" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04870754v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307938" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Archimbaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brebion" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2023.2184176" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saroul" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Loukine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rozand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.27535" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227433v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Bouzgarrou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11041001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192860v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vazquez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Torrieri-Damard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pitoiset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Levacher" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Vigneron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.08.014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157690v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Sapin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277544" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04288581v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Janer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guido" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2022.08.023" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03850980v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.03.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885421v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Raveau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Junda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Michaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/falgy.2022.908435" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681324v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.842912" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103922v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Pascal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Merlin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Egron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.13755" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885524v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Coupez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Adda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103622" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433578v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blum" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Charpentier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Martres" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gydeon Ritvo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/AID.2019.0065" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154533v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2019.02.223" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780802v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messaoudi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacomet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fauquert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13223-018-0239-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790306v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupuch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Tridon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alr.22079" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03867773v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Saadawi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barennes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quiniou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Chaara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1808594115" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846131v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadile" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.208" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01483716v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Vinot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bellier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2016.11.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01617587v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1501271" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885768v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besbes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103998" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885817v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pascal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103391" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885829v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raveau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fauquert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2022.02.025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885876v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885880v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885788v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fonte" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Muti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103523" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885799v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103405" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885569v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Godignon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100335" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885592v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100336" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01924701v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066596" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>