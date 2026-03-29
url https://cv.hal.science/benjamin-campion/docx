--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -547,3450 +547,3450 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Friends et les épisodes de fin d’année</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études culturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.147-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58335/rec.307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le spectacle de la violence, entre rétention et exhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saison : la revue des séries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.61-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18590-1.p.0061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mandy dans 24 : une mercenaire qui résiste à l’appétit narratif de l’hyperfeuilleton télévisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TV/Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Séries américaines de network, Hors séries 2, https://journals.openedition.org/tvseries/8485. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/14z8l⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaginaires sériels et rap hardcore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 10, pp.195-206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-19978-6.p.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hendy Bicaise, Seinfeld, fini de rire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 10, pp.231-233. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-19978-6.p.0231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borgen : Le Pouvoir et la Gloire, ou la lutte fictionnelle contre la crise climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 9, pp.39-52. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18590-1.p.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beau Séjour, un whodunnit flamand dont la victime devient une figure active de l’investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des Lettres Modernes. Séries policières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4, pp.143-161. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17771-5.p.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...44 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Carayol, La Musique de film fantastique : Codes d’une humanité altérée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonfiction.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://www.nonfiction.fr/article-12245-la-musique-de-lalteration.htm</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le spectacle de la violence, entre rétention et exhibition</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La langue étrangère comme levier fictionnel des séries américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 9, pp.61-82. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18590-1.p.0061⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 7, pp.101-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17676-3.p.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Nicolas, Succession, la violence en héritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.saison.media/2024/09/27/ariane-nicolas-dans-succession-la-violence-fait-partie-de-lheritage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jullier et Barbara Laborde, L’analyse des séries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.saison.media/2024/07/05/un-nouveau-manuel-pour-etudier-les-series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramy ou les tiraillements d’une famille égyptienne installée aux États-Unis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, pp.143-157. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17805-7.p.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Jibokji, Barbara Le Maître et Jessie Martin (dir.), Damiers, grilles, cubes : De la théorie de l’art aux fictions du cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonfiction.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.nonfiction.fr/article-12121-damiers-grilles-et-cubes-dans-le-cinema-de-fiction.htm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Delanoë-Brun, Passions criminelles : Les séries policières anglophones, entre conservatisme et progressisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 3 (180), https://shs.cairn.info/revue-francaise-d-etudes-americaines-2024-3-page-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Vep, de l’art populaire de Louis Feuillade à l’auteurisme réflexif d’Olivier Assayas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Télévision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Formats, transformations et variations, 15, pp.117-130. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/telev.015.0117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euphoria in a time of pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Necsus - European Journal of Media Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Audiovisual Essays: Coronaseries, https://necsus-ejms.org/portfolio/autumn-2024_enough</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Boutet, Faire écran : Les réécritures de la Seconde Guerre mondiale dans les séries télévisées au temps de la guerre froide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonfiction.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.nonfiction.fr/article-12104-la-seconde-guerre-mondiale-dans-les-series-mythes-et-reconstructions.htm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penny Starfield et Fabien Boully (dir.), Écrans, n° 15, &amp;quot;Mémoire et réécritures dans les séries télévisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TV/Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23, https://journals.openedition.org/tvseries/8327. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12lhx⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La langue étrangère comme levier fictionnel des séries américaines</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gus Van Sant et l’intimisme du très gros plan dans Boss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces : image, texte, language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Effets d’échelles. Art et culture du redimensionnement, 50, https://journals.openedition.org/interfaces/7568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/interfaces.7568⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le chef-d'œuvre tombe en disgrâce : les séries contemporaines face à la critique du revirement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mise au Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, https://journals.openedition.org/map/6442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/map.6442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04177454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les séries originales anglophones de Netflix (2013-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 7, pp.101-113. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17676-3.p.0101⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.55-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15075-6.p.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, https://www.nonfiction.fr/article-12245-la-musique-de-lalteration.htm</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être sexuellement actif passé 40 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traits-d'Union, la revue des jeunes chercheurs de Paris 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Âgisme : construction et déconstruction des représentations liées à l’âge dans la littérature, les arts et les médias, 12, https://www.revuetraitsdunion.org/wp-content/uploads/TU-numero-oct-2023_web-48-66.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les séries originales anglophones de Netflix (2013-2020)</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinéma et séries télévisées : un souci commun d’analyse esthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TV/Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Repenser les disciplines universitaires à travers les séries télévisées : perspectives épistémologiques, 22, https://journals.openedition.org/tvseries/7586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tvseries.7586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des séries originales distribuées par Internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saison : la revue des séries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5, pp.55-71. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15075-6.p.0055⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 6, pp.37-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16070-0.p.0037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Âgisme : construction et déconstruction des représentations liées à l’âge dans la littérature, les arts et les médias, 12, https://www.revuetraitsdunion.org/wp-content/uploads/TU-numero-oct-2023_web-48-66.pdf</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gomorra, entre réalité et fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Censure et cinéma en Italie, 8, pp.225-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Cinéma et séries télévisées : un souci commun d’analyse esthétique</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les networks et la tentation persistante de la &amp;quot;jiggle television&amp;quot; dans les années 1980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TV/Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Repenser les disciplines universitaires à travers les séries télévisées : perspectives épistémologiques, 22, https://journals.openedition.org/tvseries/7586. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, Séries américaines de network, HS2, https://journals.openedition.org/tvseries/6504</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03857456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plateformes de streaming américaines à la conquête du Moyen-Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Maghreb, Proche-Moyen-Extrême Orient, 7, pp.113-132</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sortir de l’ombre, habiter les intervalles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagaille - Revue de Littératures et Médias comparés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les personnages de l’ombre dans la littérature et les arts, 2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/map.6442⟩</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03901440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The X-Files, une série qui s’amuse parodiquement à tourner en rond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Melville's Measures, 26, https://journals.openedition.org/miranda/47897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/miranda.47897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Gomorra, entre réalité et fiction</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03857532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">YouTube et les séries originales, un mariage de fiction qui a rapidement tourné court</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, YouTube, Twitch et les autres, 13, pp.109-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03651186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand une plateforme prétend inventer la télévision d'hier : &amp;quot;Direct&amp;quot; de Netflix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Effeuillage : la revue qui met les médias à nu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Penser la plateformisation, 10, pp.50-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des séries télévisées projetées en salle de cinéma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Champs Visuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Voir les images animées ailleurs et autrement. Lieux et dispositifs alternatifs du cinéma et de l’audiovisuel, 22, pp.13-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La raréfaction des spoilers, symbole d’un cloisonnement tacite des spectateurs connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le spectateur numérique, 11, pp.23-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Netflix au service de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Censure et cinéma en Italie, 8, pp.225-238</w:t>
+              <w:t xml:space="preserve">, 2020, Censure et cinéma en France, 6, pp.381-396</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les networks et la tentation persistante de la &amp;quot;jiggle television&amp;quot; dans les années 1980</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rêve devenu (triste) réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRAAT On-Line</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La parentalité dans les séries télévisées américaines, 23, http://www.graat.fr/02parentalite.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sexe et dystopie : The Handmaid’s Tale, du repli patriarcal à l’abrogation de l’érotisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Apocalypses, 47-48, pp.135-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’amour impur à l’ère du pré-code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Homosexualité, 5, pp.19-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Attention, l’épisode commence ! » Quand la série télévisée se raconte (aussi) par son générique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue CIRCAV (Centre interdisciplinaire de recherche sur la communication audio-visuelle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L’art des génériques [Télévision], 28, pp.123-142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modern Family : un couple gay dans une sitcom et après ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Homosexualité, 5, pp.245-254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Affair ou la lutte contre un héroïsme sans partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Troubles personnages, 9, pp.81-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regarder des séries sur Netflix : l’illusion d’une expérience spectatorielle augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TV/Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Séries américaines de network, HS2, https://journals.openedition.org/tvseries/6504</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, La Sérialité en question(s), 15, https://journals.openedition.org/tvseries/3479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tvseries.3479⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les plateformes de streaming américaines à la conquête du Moyen-Orient</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « Marche de la honte » ou le rejet du procès en indécence par l’exhibition d’un corps féminin irréfutable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRAAT On-Line</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le corps dans tous ses éclats, 22, http://www.graat.fr/16Campion.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plateformes de SVOD : les nouveaux networks de la télévision américaine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Mutations de la télévision, 10, pp.53-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sexe sans le sexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TV/Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Posthumains en séries, 14, https://journals.openedition.org/tvseries/2856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tvseries.2856⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pré-code : le miroir aux alouettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Maghreb, Proche-Moyen-Extrême Orient, 7, pp.113-132</w:t>
+              <w:t xml:space="preserve">, 2018, Politique &amp; religion, 3, pp.225-250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Les personnages de l’ombre dans la littérature et les arts, 2</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La télévision américaine sous surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darkness, censure et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Politique &amp; religion, 3, pp.279-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/miranda.47897⟩</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casey Ryan Kelly, Abstinence Cinema: Virginity and the Rhetoric of Sexual Purity in Contemporary Film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">InMedia : the French Journal of Media and Media Representations in the English-Speaking World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7.1., https://journals.openedition.org/inmedia/1313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/inmedia.1313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...1190 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448734v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03448775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’horreur à la télévision américaine</w:t>
               </w:r>
@@ -4261,294 +4261,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La sitcom revisitée par WandaVision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Allouche; Théo Touret-Dengreville. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sécurité et politique dans les séries de superhéros</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archive ouverte J. Vrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.53984/philoseries06474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Twin Peaks, 25 years later: whatever happens happens now, and nothing else matters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shannon Wells-Lassagne; Sylvaine Bataille; Florence Cabaret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brevity and the Short Form in Serial Television</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edinburgh University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.92-104, 2024, Screen Serialities, 978-1-4744-8204-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skam, une vision plurielle et ultracontemporaine de la jeunesse française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mélanie Bourdaa; Arnaud Alessandrin; Évelyne Barthou; Laurence Corroy; Maxime Duviau; Aurélie Pourrez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teen Series : Genre, sexe et séries pour ados</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double Ponctuation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.145-160, 2024, Point d’interrogation, 978-2-490855-65-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200528v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-04617080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servant : entre l’étrange et le merveilleux, une série fantastique qui explore les confins du genre</w:t>
               </w:r>
@@ -4732,2895 +4732,2895 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Shadow Line: from identifying the guilty party to investigating guilt itself</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Noir (literature, film, TV series)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle; Université Paris Cité; Université Paris Nanterre, Nov 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliens, le retour : James Horner et le dilemme de la sequelisation musicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Herrmann/Horner : deux géants d’Hollywood au service de l’émotionnel ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie, Mar 2025, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autre guerre des gangs : luttes féminines dans Peaky Blinders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peaky Blinders (2013-2022) : l’espace comme enjeu de quête identitaire et de pouvoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France, Nov 2025, Valenciennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dr. Death, prophet or charlatan?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">True Crime : hybridités d’un genre sériel populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Cité, Jan 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les séries télévisées, une menace pour le cinéma ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand cinéma et audiovisuel déchaînent les passions. Polémiques et controverses médiatiques, tensions politiques et débat public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Sorbonne Nouvelle, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Cité, Jan 2025, Paris, France</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’hôtel Continental, safe haven corporatif et vidéoludique de la franchise John Wick</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le corps dans les films et séries d’action étatsuniens à l’ère du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3), Mar 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France, Nov 2025, Valenciennes, France</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De La Source (Ingmar Bergman, 1960) à La Dernière maison sur la gauche (Dennis Iliadis, 2009) : itinéraire musico-filmique du rape and revenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Dewerpe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et violence à l’épreuve des genres dans le cinéma européen (1970-2000) : porosités et résonances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rouen Normandie, Dec 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3), Mar 2025, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociopoétique de la perte dans le cinéma néoréaliste de Zavattini et De Sica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les perdants à l’écran : trajectoires et représentations cinématographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Clermont Auvergne, Oct 2025, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De La Source (Ingmar Bergman, 1960) à La Dernière maison sur la gauche (Dennis Iliadis, 2009) : itinéraire musico-filmique du rape and revenge</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le défi du grand corpus : analyser la production sérielle d’une chaîne télévisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’analyse cinématographique et audiovisuelle, d’hier à aujourd’hui : objets, histoires, épistémologies, techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Jun 2025, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darkness, censure et cinéma : du fanzine confidentiel à la collection légitime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrits sur l’écran : écrire pour, dans et au sujet des productions cinématographiques et audiovisuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Caen Normandie, Jun 2025, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des airs de déjà-vu : les plateformes de streaming généralistes, de l’anti à la rétro-télévision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Télé\Visées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Jan 2025, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méchantes par association ? Carmela, Skyler, et la vie de famille avec un &amp;quot;nouveau méchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wicked! Réécritures, révisions et résistances de la méchanceté au féminin dans les fictions populaires et de jeunesse anglophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Artois, Oct 2025, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The f-word and censorship: history of a tumultuous televisual relationship in the United States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profanity: redefining the limits. The f-word across linguistics, translation and the arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Artois, Sep 2025, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Marchal et le polar marseillais : entre politique des “auteurs de genre” et auteurisation d’un genre politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cinéma de genre, un cinéma très politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Mons, Feb 2025, Mons, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plateformes de streaming, nouvel eldorado des cinéastes contemporains ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Demoseries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, Jan 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Just one of the guys&amp;quot; : héroïnes de séries et milieux professionnels masculins dans les années 1970</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éprouver, penser, figurer, déclarer sa force : les femmes dans la mêlée (XIXe-XXIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen Normandie, Jun 2025, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irma Vep, une icône du serial français qui traverse les époques et les médiums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les films à épisodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, Oct 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Handmaid’s Tale, ou la conscientisation spectatorielle par les décrochages musicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Féminités et musiques à l’écran : création, représentations et identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours, Nov 2024, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandy dans 24 heures chrono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séries états-uniennes de network des années 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Oct 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perpetuating a myth: Pre-Code Hollywood cinema in contemporary fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hollywood Before the Code (1921-1934)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne; Université Paris Nanterre, Jun 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C’est extra&amp;quot; : doublures, figurants, acteurs secondaires dans les séries télévisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Action !" Quand les séries parlent des coulisses de la production audiovisuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival Séries Mania, Feb 2024, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trouble Every Day de Claire Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et violence dans le cinéma européen : effets, topiques et intertextualité (1970-2000)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Nouvelle, Nov 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Murphy, auteur holographique : récurrence, autoréférentialité et circularité des &amp;quot;American Stories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pop, glamour et trash : la série TV selon Ryan Murphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Gustave Eiffel, Jun 2024, Noisy-Le-Grand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Too Old to Die Young : Nicolas Winding Refn et les &amp;quot;espaces de marginalité&amp;quot; d’Amazon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interroger les marges du cinéma et des séries anglophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société pour l’Enseignement et la Recherche du Cinéma Anglophone, Sep 2023, Aubervilliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce programme vous est offert par Apple&amp;quot;. Modern Family ou l’intégration d’une marque du quotidien dans un desktop episode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma, séries et société(s) de consommation : interactions, influences, détournements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Dec 2023, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginaires sériels et rap hardcore : la rencontre de genres aux temporalités antinomiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écouter les genres de l’imaginaire : convergences sonores, musicales et théoriques dans les séries télévisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Perpignan via Domitia, Nov 2023, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthique de la violence : hors ou dans le champ, entre rétention et exhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esthétique des séries télévisées : une approche éthique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Oct 2023, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid-19 pandemic: just another twist in HBO's history?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TV series in the pandemic era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Cité, Jan 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nul n’est prophète en son pays : Ramy ou les tiraillements d’une famille égyptienne installée aux États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langues et langages de minorités dans le cinéma et la télévision anglophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille, Oct 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le plan-séquence dans les séries télévisées, entre goût du spectacle et économie figurative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poéthique du plan-séquence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Nov 2023, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'instant de vérité : la langue étrangère comme moyen de se soustraire au monde anglophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire entendre sa voix dans les séries télévisées aux États-Unis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne, May 2023, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04167290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les séries originales &amp;quot;premium&amp;quot;, un enjeu de marque pour les services de VàD en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plateformes de vidéos à la demande : au-delà de Netflix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble Alpes; Université Lumière Lyon 2; Université Jean Moulin Lyon 3, May 2023, Villeurbanne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04167280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinéma et séries télévisées : un souci commun d'analyse esthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repenser les disciplines à travers les séries télévisées : une perspective épistémologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Apr 2022, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le refus d’un dénouement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parodies audiovisuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Apr 2021, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les séries originales anglophones de Netflix (2013-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les titres. Intituler les œuvres d’art, les biens culturels et les contenus médiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Jun 2021, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être sexuellement actif passé 40 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Âgisme : construction et déconstruction des représentations liées à l’âge dans la littérature, les arts et les médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Nouvelle – Paris 3, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espaces de liberté dans l’enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Université Rouen Normandie, Dec 2025, Rouen, France</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Jouenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Adobati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser les pratiques enseignantes à l'aune des inégalités : réflexivité et éthique en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Nouvelle, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Clermont Auvergne, Oct 2025, Clermont-Ferrand, France</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien avec le cinéaste franco-libanais Christophe Karabache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fabrique de l’opinion. Communication, propagande, médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Jun 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Caen Normandie, Jun 2025, Caen, France</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la collaboration à la pure création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Showrunneuses : les femmes dans l’écriture, la production et la réalisation de séries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Apr 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine, Jan 2025, Nancy, France</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les networks renoncent (soi-disant) aux « tits and ass »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séries américaines de networks des années 1980</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Feb 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, Jun 2025, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rêve devenu (triste) réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La parentalité à la télévision américaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Le Havre Normandie, Jan 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...2164 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452069v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03452074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du temps pour trouver sa voix</w:t>
               </w:r>
@@ -8184,848 +8184,848 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Succession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/succession-dir-j-armstrong</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sambre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/sambre-dir-a-geraud-et-m-herpoux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux d’influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/jeux-d-influence-j-x-de-lestrade-et-a-lacomblez</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Crown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/the-crown-serie-televisee</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shōgun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/shogun-r-kondo-et-j-marks</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Last of Us</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/the-last-of-us-n-druckmann-et-c-mazin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Succession</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Seigneur des anneaux : Les Anneaux de pouvoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, https://www.universalis.fr/encyclopedie/succession-dir-j-armstrong</w:t>
+              <w:t xml:space="preserve">, 2023, https://www.universalis.fr/encyclopedie/le-seigneur-des-anneaux-les-anneaux-de-pouvoir-serie-televisee</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le Seigneur des anneaux : Les Anneaux de pouvoir</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Gilded Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://www.universalis.fr/encyclopedie/le-seigneur-des-anneaux-les-anneaux-de-pouvoir-serie-televisee</w:t>
+              <w:t xml:space="preserve">, 2022, https://www.universalis.fr/encyclopedie/the-gilded-age-serie-televisee</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">The Gilded Age</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Amie prodigieuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://www.universalis.fr/encyclopedie/the-gilded-age-serie-televisee</w:t>
+              <w:t xml:space="preserve">, 2022, https://www.universalis.fr/encyclopedie/l-amie-prodigieuse-dir-s-costanzo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L'Amie prodigieuse</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spoiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, http://publictionnaire.huma-num.fr/notice/spoiler</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En thérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Campion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://www.universalis.fr/encyclopedie/l-amie-prodigieuse-dir-s-costanzo</w:t>
+              <w:t xml:space="preserve">, 2021, https://www.universalis.fr/encyclopedie/en-therapie-serie-televisee</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021, http://publictionnaire.huma-num.fr/notice/spoiler</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Game of Thrones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encyclopædia Universalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, https://www.universalis.fr/encyclopedie/game-of-thrones-serie-televisee</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03517567v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03517564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scenes from a Marriage</w:t>
               </w:r>
@@ -9239,51 +9239,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="921A0B2E"/>
+    <w:nsid w:val="FDC212A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9470,51 +9470,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-campion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7064-4053" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.campion@u-paris.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.campion@univ-lille.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614199v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Campion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edition-lettmotif.com/produit/histoire-sexuelle-des-series-americaines-des-annees-1990-a-nos-jours" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620543v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/hbo-et-le-porno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050553v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/le-concept-hbo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449410v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/a-suivre/420-damages-9782350303628.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440213v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14z8l" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440208v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19978-6.p.0195" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440267v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19978-6.p.0231" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18590-1.p.0039" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17771-5.p.0143" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440239v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58335/rec.307" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200465v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18590-1.p.0061" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200546v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200533v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200461v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17805-7.p.0143" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200540v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200550v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616421v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/telev.015.0117" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200484v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200556v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lhx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200452v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17676-3.p.0101" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200543v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615684v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15075-6.p.0055" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616349v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616374v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.7586" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615689v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16070-0.p.0037" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616398v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interfaces.7568" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04177454v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.6442" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616429v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03857456v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449788v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03901440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03857532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.47897" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03651186v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03469153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03709350v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449752v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449192v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449141v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449733v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449711v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449071v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448771v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.3479" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449132v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448790v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449638v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449604v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448734v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.1313" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448775v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.2856" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449660v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440257v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.exeterpress.co.uk/products/global-tv-series-and-the-political-imagination-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47788/BSQM7200" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813005298" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8927" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200504v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-brevity-and-the-short-form-in-serial-television.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200528v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.double-ponctuation.com/produit/teen-series" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617080v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive-ouverte.vrin.fr/item/campion_la_sitcom_revisitee_par_wandavision_un_safe_space_instrumentalise_et_envahi_par_l_imaginaire_marvel_2023" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53984/philoseries06474" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617059v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-academia.be/livre-visions_et_apparitions_au_cinema_l_instant_de_la_revelation_serge_goriely_jean_luc_maroy_arnaud_join_lambert-9782806641304-77947.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03450385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1113648" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200598v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200594v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440284v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200612v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440288v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Dewerpe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440276v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200591v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200624v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440278v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440274v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200605v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200588v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440282v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200617v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200578v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200586v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200569v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200566v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617161v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200582v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617187v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617123v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617096v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617142v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617113v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03932323v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617130v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617118v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04167290v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04167280v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03636434v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452117v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452126v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452113v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Jouenne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Adobati" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452086v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452121v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452081v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452069v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452074v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452058v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452062v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452035v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452052v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452044v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452029v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440159v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440158v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200491v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615668v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200489v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200493v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615671v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615672v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03963974v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03880029v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03833142v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449220v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517567v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517564v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517569v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517560v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-campion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7064-4053" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.campion@u-paris.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.campion@univ-lille.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614199v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Campion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edition-lettmotif.com/produit/histoire-sexuelle-des-series-americaines-des-annees-1990-a-nos-jours" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620543v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/hbo-et-le-porno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050553v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/le-concept-hbo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449410v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/a-suivre/420-damages-9782350303628.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58335/rec.307" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200465v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18590-1.p.0061" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440213v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14z8l" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440208v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19978-6.p.0195" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19978-6.p.0231" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200464v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18590-1.p.0039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200496v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17771-5.p.0143" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200543v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17676-3.p.0101" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200546v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200533v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200461v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17805-7.p.0143" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200540v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200550v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616421v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/telev.015.0117" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200484v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200536v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lhx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616398v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interfaces.7568" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04177454v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.6442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615684v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15075-6.p.0055" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616374v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.7586" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615689v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16070-0.p.0037" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04616429v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03857456v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449788v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03901440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03857532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.47897" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03651186v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03709350v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03469153v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449141v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449752v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449733v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449711v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449071v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448771v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.3479" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448790v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449132v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448775v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.2856" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449638v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03448734v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.1313" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449660v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440257v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.exeterpress.co.uk/products/global-tv-series-and-the-political-imagination-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47788/BSQM7200" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813005298" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8927" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617080v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive-ouverte.vrin.fr/item/campion_la_sitcom_revisitee_par_wandavision_un_safe_space_instrumentalise_et_envahi_par_l_imaginaire_marvel_2023" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53984/philoseries06474" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200504v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-brevity-and-the-short-form-in-serial-television.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200528v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.double-ponctuation.com/produit/teen-series" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617059v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-academia.be/livre-visions_et_apparitions_au_cinema_l_instant_de_la_revelation_serge_goriely_jean_luc_maroy_arnaud_join_lambert-9782806641304-77947.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03450385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1113648" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440282v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200617v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440284v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200594v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200598v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200612v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440288v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Dewerpe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440276v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200624v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200622v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200591v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440278v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440274v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200605v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200588v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200618v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200578v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200586v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200569v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200566v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617161v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200582v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617187v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617123v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617113v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03932323v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617118v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04617130v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04167290v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04167280v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03636434v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452086v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452117v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452126v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452113v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Jouenne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Adobati" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452121v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452081v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452074v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452069v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452058v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452062v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452035v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452052v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452044v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03452029v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440159v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05440158v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615672v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200491v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615668v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200489v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05200493v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04615671v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03963974v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03880029v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03833142v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03449220v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517564v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517567v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517569v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03517560v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>