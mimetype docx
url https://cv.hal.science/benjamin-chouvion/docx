--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -326,235 +326,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037340v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friction damping for turbomachinery: A comprehensive review of modelling, design strategies, and testing capabilities</w:t>
+                <w:t xml:space="preserve">Passive Aeroelastic Control of a Near-Ground Airfoil with a Nonlinear Vibration Absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie Yuan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Enora Denimal</w:t>
+                <w:t xml:space="preserve">Kailash Dhital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Aerospace Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.paerosci.2024.101018⟩</w:t>
+              <w:t xml:space="preserve">Aerospace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (12), pp.1043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/aerospace11121043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617385v1</w:t>
+                <w:t xml:space="preserve">hal-05402430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive Aeroelastic Control of a Near-Ground Airfoil with a Nonlinear Vibration Absorber</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Friction damping for turbomachinery: A comprehensive review of modelling, design strategies, and testing capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Gastaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kailash Dhital</w:t>
+                <w:t xml:space="preserve">Enora Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerospace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (12), pp.1043. </w:t>
+              <w:t xml:space="preserve">Progress in Aerospace Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 147, pp.101018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/aerospace11121043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.paerosci.2024.101018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05402430v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of frictional dampers for flutter mitigation of a highly flexible wing</w:t>
               </w:r>
@@ -872,472 +872,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear dynamic analysis of three-dimensional bladed-disks with frictional contact interfaces based on cyclic reduction strategies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
+                <w:t xml:space="preserve">Parametric Study on Internal Resonances for a Simplified Nonlinear Blade Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Di Palma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 236-237, pp.111277. </w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 141, pp.103941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111277⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2022.103941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03429160v1</w:t>
+                <w:t xml:space="preserve">hal-03353678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric Study on Internal Resonances for a Simplified Nonlinear Blade Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Chouvion</w:t>
+                <w:t xml:space="preserve">Exploiting internal resonances in nonlinear structures with cyclic symmetry as a mean of passive vibration control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Di Palma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2022.103941⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 178, pp.109232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2022.109232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03353678v1</w:t>
+                <w:t xml:space="preserve">hal-04081505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting internal resonances in nonlinear structures with cyclic symmetry as a mean of passive vibration control</w:t>
+                <w:t xml:space="preserve">Nonlinear dynamic analysis of three-dimensional bladed-disks with frictional contact interfaces based on cyclic reduction strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Chouvion</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 178, pp.109232. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 236-237, pp.111277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2022.109232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2021.111277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04081505v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Mistuned Underplatform Dampers on the Nonlinear Vibration of Bladed Disks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
+                <w:t xml:space="preserve">Enhanced 3D solid finite element formulation for rotor dynamics simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zihan Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Beley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4051868⟩</w:t>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 195, pp.103584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2021.103584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03390414v1</w:t>
+                <w:t xml:space="preserve">hal-03390409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a New Nonlinear Reduced-Order Model for Capturing Internal Resonances in Intentionally Mistuned Cyclic Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1346,320 +1359,307 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 143 (2), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4049138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced 3D solid finite element formulation for rotor dynamics simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zihan Shen</w:t>
+                <w:t xml:space="preserve">Nonlinear cyclic reduction for the analysis of mistuned cyclic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Beley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 195, pp.103584. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 499, pp.116002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2021.103584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03390409v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear cyclic reduction for the analysis of mistuned cyclic systems</w:t>
+                <w:t xml:space="preserve">Impact of Mistuned Underplatform Dampers on the Nonlinear Vibration of Bladed Disks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Quaegebeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 499, pp.116002. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4051868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020831v1</w:t>
+                <w:t xml:space="preserve">hal-03390414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction of nonlinear cyclic structures based on their cyclic symmetric properties</w:t>
               </w:r>
@@ -1788,51 +1788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 139, pp.106604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1944,51 +1944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration analysis of beam structures with localized nonlinearities by a wave approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chouvion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 439, pp.344-361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2139,90 +2139,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Vibration of Rotating Corotational Two-Dimensional Beams With Large Displacement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zihan Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Beley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Beley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2269,51 +2269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of nonlinear electrostatic forces on the dynamic behaviour of a capacitive ring-based Coriolis Vibrating Gyroscope under severe shock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mcwilliam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2471,248 +2471,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A nonlinear component mode synthesis method for the computation of steady-state vibrations in non-conservative systems</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of error criteria for adaptive multi-element polynomial chaos approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Ousty</w:t>
+                <w:t xml:space="preserve">B Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moustapha Mbaye</w:t>
+                <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 83, pp.75 - 92. </w:t>
+              <w:t xml:space="preserve">, 2016, 66--67, pp.201--222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2016.05.044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2015.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01389699v1</w:t>
+                <w:t xml:space="preserve">hal-01183750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of error criteria for adaptive multi-element polynomial chaos approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A nonlinear component mode synthesis method for the computation of steady-state vibrations in non-conservative systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colas Joannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chouvion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Thouverez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Chouvion</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Ousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
+                <w:t xml:space="preserve">Moustapha Mbaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 66--67, pp.201--222. </w:t>
+              <w:t xml:space="preserve">, 2016, 83, pp.75 - 92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2015.05.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2016.05.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01183750v1</w:t>
+                <w:t xml:space="preserve">hal-01389699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear modal analysis of mistuned periodic structures subjected to dry friction</w:t>
               </w:r>
@@ -2737,64 +2737,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thouverez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Mbaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Ousty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3363,51 +3363,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="51919DA3"/>
+    <w:nsid w:val="1CC86FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3594,51 +3594,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-chouvion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7558-8011" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamin-chouvion.github.io/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037340v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mah&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien M&#233;lot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chouvion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Droz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2025.107778" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04617385v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yuan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gastaldi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Denimal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2024.101018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402430v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kailash Dhital" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace11121043" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Alcorta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montagnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2023.104515" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Quaegebeur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Di Palma" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thouverez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189700v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.104272" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429160v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111277" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353678v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.103941" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081505v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di Palma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouvion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.109232" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051868" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390434v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Berthe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049138" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390409v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Shen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Beley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2021.103584" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020831v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.106970" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390404v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106604" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2018.11.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390395v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.063" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dumartineix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Oc&#233;ane Parent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4040865" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390342v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Beley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390332v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mcwilliam" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Popov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.12.043" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800394v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Joannin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2018.05.005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389699v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ousty" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Mbaye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2016.05.044" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183750v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chouvion" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarrouy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.05.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260983v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031886" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942174v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H.J. Fox" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406211413351" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942190v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas A. Popov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Mcwilliam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin H.J. Fox" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2010.08.010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942195v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2010.05.023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04664503v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-chouvion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7558-8011" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamin-chouvion.github.io/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037340v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mah&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien M&#233;lot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chouvion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Droz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2025.107778" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402430v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kailash Dhital" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace11121043" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04617385v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yuan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gastaldi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Denimal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2024.101018" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189698v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Alcorta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montagnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2023.104515" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Quaegebeur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Di Palma" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thouverez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189700v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.104272" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353678v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2022.103941" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081505v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di Palma" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouvion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.109232" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111277" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Shen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Beley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2021.103584" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390434v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Berthe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049138" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020831v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390414v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051868" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.106970" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390404v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106604" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2018.11.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390395v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.063" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dumartineix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Oc&#233;ane Parent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4040865" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390342v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Beley" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390332v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mcwilliam" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Popov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.12.043" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800394v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Joannin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2018.05.005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chouvion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarrouy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.05.007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389699v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ousty" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Mbaye" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2016.05.044" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260983v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031886" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942174v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H.J. Fox" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406211413351" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942190v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanas A. Popov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Mcwilliam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin H.J. Fox" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2010.08.010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942195v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2010.05.023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04664503v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>