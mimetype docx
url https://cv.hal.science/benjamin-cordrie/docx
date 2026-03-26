--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -16,50 +16,56 @@
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benjamin Cordrie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enseignant - chercheur en économie. Titulaire de la chaire économie sociale et circulaire.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -678,705 +684,705 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La troisième révolution industrielle en Hauts-de-France. Genèse et implication d'un mythe d'action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Cordrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Barbier; Vianney Schlegel; Janoé Vulbeau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les territoires du Nord : capitalisme, race et pauvreté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2757442326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des cadres discursifs de l'économie circulaire à ses pratiques : éléments d'analyse à partir d'une monographie d'un chantier de déconstruction sélective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire CIEC-2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse (UT), Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déconstruction sélective des bâtiments : quels enjeux pour un urbanisme circulaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lemelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Liefooghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Devetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e Rencontres Internationales en Urbanisme de l’APERAU, Section 5-A - Agir en faveur d’un urbanisme circulaire : acteurs, instruments de régulation et régimes de production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, APERAU-UNIL, Jun 2023, Lausanne ( CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CSR, cooperatives, the commons movement....reflecting on the institutional challenges of the eco-social transition with Karl Polanyi</w:t>
+                <w:t xml:space="preserve">La Troisième Révolution Industrielle : quand les entreprises font la politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th EMES International Research Conference on Social Enterprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Sheffield, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille - Science po Lille, Jul 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324451v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Troisième Révolution Industrielle : quand les entreprises font la politique</w:t>
+                <w:t xml:space="preserve">CSR, cooperatives, the commons movement....reflecting on the institutional challenges of the eco-social transition with Karl Polanyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lille - Science po Lille, Jul 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">7th EMES International Research Conference on Social Enterprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Sheffield, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324418v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Troisième Révolution Industrielle au prisme de la sociologie de la traduction</w:t>
+                <w:t xml:space="preserve">Troisième Révolution Industrielle et RSE : quels liens ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2, Jul 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Congrès du Réseau International de Recherche sur les Organisations et le Développement Durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Dauphine, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324373v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troisième Révolution Industrielle et RSE : quels liens ?</w:t>
+                <w:t xml:space="preserve">La Troisième Révolution Industrielle au prisme de la sociologie de la traduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du Réseau International de Recherche sur les Organisations et le Développement Durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Dauphine, Oct 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association Française d’Économie Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, Jul 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324402v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’intérêt d’un rapprochement entre Elinor Ostrom et John Commons pour penser l’entreprise comme espace politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cordrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoriales Économie et Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Dauphine, Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324359v1</w:t>
-              </w:r>
-[...103 lines deleted...]
-                <w:t xml:space="preserve">hal-05313189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1531,51 +1537,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501479v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cordrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Grassart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bayard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15naa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313174v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lemelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2704-9906/7603" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018367v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boidin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Figui&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.199.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.027.0211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03131522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964956v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400117v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Liefooghe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324451v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324418v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324373v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324402v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324359v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313189v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501479v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cordrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Grassart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bayard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15naa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313174v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lemelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2704-9906/7603" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018367v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boidin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Figui&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.199.0043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.027.0211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03131522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313189v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964956v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400117v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lemelin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Liefooghe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324418v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324451v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324402v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324373v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324359v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>