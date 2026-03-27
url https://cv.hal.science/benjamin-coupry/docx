--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -100,76 +100,76 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéréophotométrie auto-calibrée</w:t>
+                <w:t xml:space="preserve">Assessing the Quality of 3D Reconstruction in the Absence of Ground Truth: Application to a Multimodal Archaeological Dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lauze</w:t>
+                <w:t xml:space="preserve">Baptiste Brument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -179,414 +179,414 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Quéau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/CVF Winter Conference on Applications of Computer Vision (WACV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Tucson (AZ), United States. pp.3457-3466, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WACV61041.2025.00341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038532v1</w:t>
+                <w:t xml:space="preserve">hal-04942610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Photometric Stereo to the Study of Rock Art in Chauvet Cave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stéréophotométrie auto-calibrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Coupry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Fritz</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Quéau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Horizons: Embracing heritage in an evolving world</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CAA, May 2025, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">ORASIS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062732v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Quality of 3D Reconstruction in the Absence of Ground Truth: Application to a Multimodal Archaeological Dataset</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application of Photometric Stereo to the Study of Rock Art in Chauvet Cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Brument</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Laurent</w:t>
+                <w:t xml:space="preserve">Thomas Sagory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yvain Quéau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/CVF Winter Conference on Applications of Computer Vision (WACV)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Digital Horizons: Embracing heritage in an evolving world</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CAA, May 2025, Athènes, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04942610v1</w:t>
+                <w:t xml:space="preserve">hal-05062732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle chaîne opératoire de reconstruction 3D basée sur la stéréophotométrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sagory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Brument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Informatique et Archéologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR Trajectoires, Jun 2025, Paris, France</w:t>
@@ -628,51 +628,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-calibrated Near-light Photometric Stereo using a Geometric Proxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -762,51 +762,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la stéréophotométrie au relevé archéologique : une nouvelle chaîne opératoire pour la lecture du relief de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Brument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -868,277 +868,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05368108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet NéNuFAR</w:t>
+                <w:t xml:space="preserve">Intégration de la stéréophotométrie pour le patrimoine dans la suite logicielle open-source Alicevision Meshroom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Coupry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Brument</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yvain Quéau</w:t>
+                <w:t xml:space="preserve">Thomas Sagory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées du consortium 3D pour les humanités numériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, C3DHN, Nov 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">Les Journées du Consortium 3D SHS, Lyon (JC3DSHS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lyon, France. pp.1--10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04908313v1</w:t>
+                <w:t xml:space="preserve">hal-04469351v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de la stéréophotométrie pour le patrimoine dans la suite logicielle open-source Alicevision Meshroom</w:t>
+                <w:t xml:space="preserve">Projet NéNuFAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Coupry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Brument</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carole Fritz</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Quéau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées du Consortium 3D SHS, Lyon (JC3DSHS 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lyon, France. pp.1--10</w:t>
+              <w:t xml:space="preserve">Les journées du consortium 3D pour les humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C3DHN, Nov 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04469351v2</w:t>
+                <w:t xml:space="preserve">hal-04908313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(R)-evolution in the implementation of photometric stereo - Application to archaeology</w:t>
               </w:r>
@@ -1176,51 +1176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvain Quéau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Low-Cost 3D - Sensors, Algorithms, Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISPRS, Dec 2024, Brescia, Italie, Italy. pp.289-294, </w:t>
@@ -1297,51 +1297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Brument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gurdjos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1834,51 +1834,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coupry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lauze" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M&#233;lou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Qu&#233;au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062732v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942610v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Brument" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00341" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100595v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92369-2_28" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368108v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Rottier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908313v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469351v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830609v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-2-W8-2024-289-2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594418v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gurdjos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077895v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604789v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verriez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942610v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coupry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Brument" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M&#233;lou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Qu&#233;au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00341" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038532v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lauze" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062732v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100595v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92369-2_28" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368108v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Rottier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469351v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908313v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830609v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-2-W8-2024-289-2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594418v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gurdjos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077895v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rassat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Zasadzinski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604789v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sorin-Mazouni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Verriez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>