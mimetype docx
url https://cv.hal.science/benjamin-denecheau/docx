--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -3039,234 +3039,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'étayage scolaire de l'aide sociale à l'enfance en France lors de mesures en milieu ouvert</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La participation : notion et incarnation au sein des cités éducatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Boulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Juan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryan Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international : Actualité de la recherche en éducation et en formation (AREF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Des politiques éducatives territorialisées aux cités éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau scientifique national Cités Educatives et Recherches en Education, Oct 2022, La courneuve, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259542v1</w:t>
+                <w:t xml:space="preserve">hal-03937445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation : notion et incarnation au sein des cités éducatives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'étayage scolaire de l'aide sociale à l'enfance en France lors de mesures en milieu ouvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Anton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des politiques éducatives territorialisées aux cités éducatives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau scientifique national Cités Educatives et Recherches en Education, Oct 2022, La courneuve, France</w:t>
+              <w:t xml:space="preserve">Congrès international : Actualité de la recherche en éducation et en formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937445v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coéducation en Protection de l’enfance : étude d’alliances différenciées avec l’école, entre spécialisation et effacement des frontières</w:t>
               </w:r>
@@ -4027,178 +4027,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l’intervention sociale et éducative interfère avec l’école : parcours scolaires de jeunes suivis en protection de l’enfance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les multiples facettes de la « deuxième chance » et les questions qu’elles soulèvent. Entre monde scolaire, monde du travail et monde social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international d'Actualité de la recherche en éducation et en formation (AREF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AECSE ; ABC-Educ ; SSRE, Jul 2016, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">AREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01727057v1</w:t>
+                <w:t xml:space="preserve">hal-01946209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les multiples facettes de la « deuxième chance » et les questions qu’elles soulèvent. Entre monde scolaire, monde du travail et monde social</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand l’intervention sociale et éducative interfère avec l’école : parcours scolaires de jeunes suivis en protection de l’enfance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bruggeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">Congrès international d'Actualité de la recherche en éducation et en formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AECSE ; ABC-Educ ; SSRE, Jul 2016, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01946209v1</w:t>
+                <w:t xml:space="preserve">halshs-01727057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les éducateurs de la protection judiciaire de la jeunesse et la question scolaire : une strate particulière dans la division du travail éducatif</w:t>
               </w:r>
@@ -5213,51 +5213,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1500DF1A"/>
+    <w:nsid w:val="DBCA391A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5444,51 +5444,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-denecheau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0796-9263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175263868" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.u-pec.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lirtes.u-pec.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lirtes.u-pec.fr/themes/axe-education-et-prevention" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236136v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ma&#238;tre de Pembroke" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufrais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mouchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.243.0099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416250v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342386v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Anton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052816v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.093.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883397v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.11828" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349183v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00131911.2021.1965306" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548395v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Pochetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Miranda P&#233;rez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Canteros G&#243;rmaz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53689/int.v11i2.116" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128019v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53689/int.v10i1.88" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275677v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Houdeville" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.6026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954778v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.063.0120" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224624v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.474.0069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-DJFSX3H2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224623v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224600v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632752.2011.595093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224615v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592037v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954780v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555946v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Deshayes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283082v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moignard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954352v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386823v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956225v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896984v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gosseaume" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533807v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sttccu5ge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259542v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937445v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boulin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Genet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Juan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryan Lemoine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940300v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940306v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940295v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321023v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946197v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727012v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bruggeman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946200v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727057v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946209v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727144v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946227v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946226v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946213v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230742v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946231v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946239v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Hickson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J&#228;eger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Cowie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946242v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946246v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946250v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04941433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01224604v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-denecheau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0796-9263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175263868" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.u-pec.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lirtes.u-pec.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lirtes.u-pec.fr/themes/axe-education-et-prevention" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236136v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ma&#238;tre de Pembroke" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufrais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mouchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.243.0099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416250v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342386v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Anton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052816v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.093.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883397v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.11828" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349183v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00131911.2021.1965306" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548395v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Pochetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Miranda P&#233;rez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Canteros G&#243;rmaz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53689/int.v11i2.116" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128019v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53689/int.v10i1.88" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275677v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Houdeville" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.6026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954778v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.063.0120" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224624v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.474.0069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-DJFSX3H2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224623v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224600v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632752.2011.595093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224615v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592037v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954780v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555946v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Deshayes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283082v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moignard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954352v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386823v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956225v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896984v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gosseaume" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533807v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sttccu5ge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937445v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boulin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Genet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Juan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryan Lemoine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259542v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940300v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940306v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940295v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321023v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946197v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727012v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bruggeman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946200v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946209v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727057v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01727144v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946227v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946226v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946213v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230742v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946231v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946239v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Hickson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J&#228;eger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Cowie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946242v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946246v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946250v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04941433v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01224604v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>