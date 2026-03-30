--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Dubrion </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benjamin-dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4808-0228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069436754</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Voir aussi : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page sur le site du laboratoire Triangle (UMR 5206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allocation et incitation : la mise en ordre du travail par les CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 176, pp.79-103. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14yvl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05322823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading Edith Penrose through the eyes of a labour economist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Published online: 14 Feb 2025, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09672567.2025.2460219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04952754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'encadrement de la relation entre plateforme et 'micro-tâcheurs' numériques au prisme d'une analyse lexicale des CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RPN : revue des plateformes numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Au-delà du droit positif, analyses et pistes de régulation du micro-travail de plateforme, 1 (2), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62688/RPN20259826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05429199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What politics does to the economic analysis of the employment relationship: a critical perspective on personnel economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Journal of Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (5), pp.909-926. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cje/beae024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Commons and the Thesis of the Centrality of Work in Human Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (4), pp.1329-1346. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00213624.2024.2418656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire vivre le common purpose organisationnel : application au cas des coopératives multisociétaires françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (2), pp.133-143. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-jstr-ww5q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépasser les tensions liées au multisociétariat : une analyse exploratoire institutionnaliste commonsienne du cas d'une Scic de la filière alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/1 (26), pp.195-214. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.026.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Commons, penseur du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/4 (4), pp.687-709. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.724.0687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03190364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racisme scientifique et « race » chez John Rogers Commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Œconomia - History/Methodology/Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (4), pp.639-665. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/oeconomia.11965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03524010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partir de John R. Commons pour repenser l'analyse économique des pratiques de GRH : fondements et implications pour l'économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ei.6536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04811135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisme économique versus management scientifique autour des 'labor problems' : quels fondements à la démocratie dans l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19 (2), pp.33-60. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpec.192.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02097563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération dans les réseaux de santé en gérontologie : un éclairage simonien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertezene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 283, pp.73-84. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsg.283.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale de l’entreprise et manipulation des salariés au travail : un éclairage institutionnaliste à partir d’une analyse de la littérature sur les codes de conduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01174961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les économistes s'intéressent à la GRH : jalons pour une analyse économique &amp;quot;néo-réaliste&amp;quot; des pratiques de GRH alternative à la Personnel Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1, pp.33-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01163179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La labellisation comme stratégie de desserrement des contraintes de l'environnement : le cas des centres d'appels en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vivel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 69, pp.125-146. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.069.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01020575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moderniser&amp;quot; les pratiques d'évaluation du travail dans la fonction publique : analyse exploratoire du cas d'un hôpital public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertézène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 121, pp.83-105. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.3935⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00806646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des pratiques d'encadrement de la relation d'emploi dites &amp;quot; responsables &amp;quot; : essai d'analyse critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, pp.145-164. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.011.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rencontres improbables entre droit du travail et management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine sociale Lamy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1576 (Supplément), pp.75-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation du travail dans les établissements de santé publics : déstabilisation des acteurs et remise en question des valeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertézène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanisme et entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, n° 309 (309), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hume.309.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétation économique des évolutions en cours de la gestion publique des ressources humaines : vers une logique de marché ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 65 (1), pp.155-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00709338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPEC territoriale et évaluation du travail : essai d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (1), pp.77-91. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/g2000.281.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00605289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des ressources humaines et responsabilité sociale des entreprises : éclairer des évolutions nouvelles à la lumière de questionnements anciens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n° 39 (39), pp.31-51. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un &amp;quot;bon apprenti&amp;quot; du supérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 96, pp.93-105. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.2555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels modèles d’évaluation du travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 104, pp.7-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre autorité intra-firme et dispositifs de gestion des salariés : une interprétation critique des analyses économiques contractualistes appliquées à la GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56 (5), pp.1107-1124. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.565.1107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie et gestion des ressources humaines : une synthèse des apports et limites des théories des contrats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 106, pp.7-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des dispositifs de gestion des salariés sur l'organisation interne de la firme : une interprétation coasienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 56 (1), pp.125-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations en GRH et économie des ressources humaines : des relations dialectiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 5, pp.47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les évolutions des “dispositifs d'évaluation du travail” : rupture ou continuité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 49, pp.54-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00559178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques et travail : un éclairage économique institutionnaliste commonsien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le travail et le micro-travail de plateforme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.229-246, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rémunération à la lumière du cadre d'analyse institutionnaliste de John R. Commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hallée, Yves; Michaud, Renée; Jalete, Patrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rémunération dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Laval, pp.769-792, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The progressive view of Old Institutionalism: business ethics, industrial democracy and reasonable capitalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vallet, Guillaume. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inequalities and the progressive era: breakthroughs and legacies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.16-29, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02934184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La » science comme modalité de régulation des relations de travail ? Éclairage à partir des débats entre taylorisme et institutionnalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bazzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chassagnon, Virgile; Dutraive, Véronique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie politique institutionnaliste de l'entreprise: travail, démocratie et gouvernement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.95-122, 2020, Bibliothèque de l'économiste, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10332-5.p.0095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03021233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on dépasser le conflit d’intérêt dans la relation d’emploi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle place pour les salariés dans l’entreprise ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare et Martin, pp.159-176, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02169742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie et gestion des ressources humaines : plaidoyer pour un retour aux sources économiques institutionnalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Malo, François Bernard; Thwaites, James Douglas; Hallée, Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humain, plus qu'une ressource au cœur de la gestion : perspectives de gestion des ressources humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann; Presses de l'Université Laval, pp.377-392, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02496011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'héritage de Chester Barnard à l'analyse économique contractualiste de la relation d'emploi et de l'organisation interne de la firme : une appréciation critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavialle, Christophe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser le travail et ses régulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires François-Rabelais; Presses universitaires François Rabelais, pp.107-124, 2011, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufr.17586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00680980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE et relation d’emploi : lecture à la lumière des Labor Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le phénomène de la responsabilité sociale de l’entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La documentation française, pp.75-98, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04637584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionnements théoriques et empiriques sur la firme : croiser les regards d’économistes, de gestionnaires et de juristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudry, Bernard; Dubrion, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.5-17, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité des théories contractualistes de la firme : complémentarité ou substituabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudry, Bernard; Dubrion, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.41-60, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences professionnelles des apprentis de l’enseignement supérieur : une analyse par les dispositifs d’évaluation du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chauvigné, Christian; Coulet, Jean-Claude; Gosselin, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétences, emploi et enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université de Bretagne, pp.95-101, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rapports firme/marché au regard des dispositifs d’évaluation du travail : une interprétation économique contractualiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saboly, M.; Cailluet, L. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché(s) et hiérarchie(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Toulouse 1 Sciences Sociales, pp.109-128, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur le travail dans une approche renouvelée du taylorisme: Enjeux et résultats du projet TraPlaNum sur les micro-tâches de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier du CRIMT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le micro-travail numérique: de quoi parle-t-on ? Analyse des CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du CRIMT, Le travail dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre plateformes de micro-tâches et utilisateurs: une analyse par les Conditions Générales d'Utilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Micro-travail, plateformes et emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle économique et juridique du micro-travail de plateforme : une étude à partir des CGU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Penrose et l’économie du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « le capitalisme entre effondrement et résilience »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIISEA. Université Picardie Jules Verne, Jun 2023, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation de travail et plateformes numériques : une lecture institutionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Congrès de l’AFEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de plateforme à la lumière du cadre économique commonsien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Workshop international TraPlaNum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mieux assumer les responsabilités sociales et environnementales des entreprises : le cas des Coopératives Multi-Sociétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Roanne, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie (du travail) et politique : une analyse critique de la Personnel Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un système économique et social soutenable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11e Congrès de l’AFEP, Jun 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOP et SCIC: projet coopératif et gouvernance au-delà des statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres du GESS (gestion des entreprises sociales et solidaires), IUT de Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE comme dispositif normatif d'institutionnalisation de la relation d'emploi : une approche par l'économie de la firme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international sur les entreprises multinationales, les chaînes de valeur mondiales et la régulation sociale - CRIMT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEC Montréal, Jun 2011, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01371852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme : une approche pluridisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte, pp.384, 2009, Recherches, 978-2-7071-5801-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encadrer le comportement des plateformes numériques de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04287758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scop & Scic : les sens de la coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Charmettant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boissin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en économie de Grenoble (CREG). 2020, pp.222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02535566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centenary of R. Commons' “Legal Foundations of Capitalism” sub-issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bazzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025 (3), 2025, History of Economic Ideas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05280175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId109"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Dubrion </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benjamin-dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4808-0228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069436754</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Voir aussi : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ma page sur le site du laboratoire Triangle (UMR 5206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allocation et incitation : la mise en ordre du travail par les CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 176, pp.79-103. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14yvl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05322823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading Edith Penrose through the eyes of a labour economist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Published online: 14 Feb 2025, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09672567.2025.2460219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04952754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'encadrement de la relation entre plateforme et 'micro-tâcheurs' numériques au prisme d'une analyse lexicale des CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RPN : revue des plateformes numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Au-delà du droit positif, analyses et pistes de régulation du micro-travail de plateforme, 1 (2), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62688/RPN20259826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05429199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What politics does to the economic analysis of the employment relationship: a critical perspective on personnel economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambridge Journal of Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (5), pp.909-926. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cje/beae024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Commons and the Thesis of the Centrality of Work in Human Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (4), pp.1329-1346. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00213624.2024.2418656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire vivre le common purpose organisationnel : application au cas des coopératives multisociétaires françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (2), pp.133-143. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-jstr-ww5q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépasser les tensions liées au multisociétariat : une analyse exploratoire institutionnaliste commonsienne du cas d'une Scic de la filière alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/1 (26), pp.195-214. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.026.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Commons, penseur du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021/4 (4), pp.687-709. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.724.0687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03190364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racisme scientifique et « race » chez John Rogers Commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Œconomia - History/Methodology/Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (4), pp.639-665. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/oeconomia.11965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03524010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partir de John R. Commons pour repenser l'analyse économique des pratiques de GRH : fondements et implications pour l'économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ei.6536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04811135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisme économique versus management scientifique autour des 'labor problems' : quels fondements à la démocratie dans l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19 (2), pp.33-60. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpec.192.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02097563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération dans les réseaux de santé en gérontologie : un éclairage simonien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertezene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 283, pp.73-84. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsg.283.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01546935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale de l’entreprise et manipulation des salariés au travail : un éclairage institutionnaliste à partir d’une analyse de la littérature sur les codes de conduite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.en ligne. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01174961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les économistes s'intéressent à la GRH : jalons pour une analyse économique &amp;quot;néo-réaliste&amp;quot; des pratiques de GRH alternative à la Personnel Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1, pp.33-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01163179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La labellisation comme stratégie de desserrement des contraintes de l'environnement : le cas des centres d'appels en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Vivel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 69, pp.125-146. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.069.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01020575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des pratiques d'encadrement de la relation d'emploi dites &amp;quot; responsables &amp;quot; : essai d'analyse critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, pp.145-164. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.011.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rencontres improbables entre droit du travail et management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine sociale Lamy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1576 (Supplément), pp.75-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moderniser&amp;quot; les pratiques d'évaluation du travail dans la fonction publique : analyse exploratoire du cas d'un hôpital public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertézène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 121, pp.83-105. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.3935⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00806646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétation économique des évolutions en cours de la gestion publique des ressources humaines : vers une logique de marché ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 65 (1), pp.155-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00709338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation du travail dans les établissements de santé publics : déstabilisation des acteurs et remise en question des valeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bertézène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanisme et entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, n° 309 (309), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hume.309.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPEC territoriale et évaluation du travail : essai d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (1), pp.77-91. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/g2000.281.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00605289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des ressources humaines et responsabilité sociale des entreprises : éclairer des évolutions nouvelles à la lumière de questionnements anciens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n° 39 (39), pp.31-51. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00966811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un &amp;quot;bon apprenti&amp;quot; du supérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 96, pp.93-105. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.2555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels modèles d’évaluation du travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 104, pp.7-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre autorité intra-firme et dispositifs de gestion des salariés : une interprétation critique des analyses économiques contractualistes appliquées à la GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56 (5), pp.1107-1124. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.565.1107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie et gestion des ressources humaines : une synthèse des apports et limites des théories des contrats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 106, pp.7-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des dispositifs de gestion des salariés sur l'organisation interne de la firme : une interprétation coasienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 56 (1), pp.125-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations en GRH et économie des ressources humaines : des relations dialectiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 5, pp.47-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00565509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les évolutions des “dispositifs d'évaluation du travail” : rupture ou continuité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 49, pp.54-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00559178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques et travail : un éclairage économique institutionnaliste commonsien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le travail et le micro-travail de plateforme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.229-246, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rémunération à la lumière du cadre d'analyse institutionnaliste de John R. Commons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Hallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hallée, Yves; Michaud, Renée; Jalete, Patrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rémunération dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Laval, pp.769-792, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03325937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The progressive view of Old Institutionalism: business ethics, industrial democracy and reasonable capitalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vallet, Guillaume. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inequalities and the progressive era: breakthroughs and legacies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.16-29, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02934184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La » science comme modalité de régulation des relations de travail ? Éclairage à partir des débats entre taylorisme et institutionnalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bazzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chassagnon, Virgile; Dutraive, Véronique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie politique institutionnaliste de l'entreprise: travail, démocratie et gouvernement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.95-122, 2020, Bibliothèque de l'économiste, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10332-5.p.0095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03021233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie et gestion des ressources humaines : plaidoyer pour un retour aux sources économiques institutionnalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Malo, François Bernard; Thwaites, James Douglas; Hallée, Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humain, plus qu'une ressource au cœur de la gestion : perspectives de gestion des ressources humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann; Presses de l'Université Laval, pp.377-392, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02496011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on dépasser le conflit d’intérêt dans la relation d’emploi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle place pour les salariés dans l’entreprise ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare et Martin, pp.159-176, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02169742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'héritage de Chester Barnard à l'analyse économique contractualiste de la relation d'emploi et de l'organisation interne de la firme : une appréciation critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavialle, Christophe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser le travail et ses régulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires François-Rabelais; Presses universitaires François Rabelais, pp.107-124, 2011, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufr.17586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00680980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE et relation d’emploi : lecture à la lumière des Labor Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazuyer, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le phénomène de la responsabilité sociale de l’entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La documentation française, pp.75-98, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04637584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionnements théoriques et empiriques sur la firme : croiser les regards d’économistes, de gestionnaires et de juristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudry, Bernard; Dubrion, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.5-17, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité des théories contractualistes de la firme : complémentarité ou substituabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baudry, Bernard; Dubrion, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.41-60, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences professionnelles des apprentis de l’enseignement supérieur : une analyse par les dispositifs d’évaluation du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chauvigné, Christian; Coulet, Jean-Claude; Gosselin, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétences, emploi et enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université de Bretagne, pp.95-101, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04654198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rapports firme/marché au regard des dispositifs d’évaluation du travail : une interprétation économique contractualiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saboly, M.; Cailluet, L. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché(s) et hiérarchie(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Toulouse 1 Sciences Sociales, pp.109-128, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations entre plateformes de micro-tâches et utilisateurs: une analyse par les Conditions Générales d'Utilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Micro-travail, plateformes et emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le micro-travail numérique: de quoi parle-t-on ? Analyse des CGU des plateformes de micro-tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du CRIMT, Le travail dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur le travail dans une approche renouvelée du taylorisme: Enjeux et résultats du projet TraPlaNum sur les micro-tâches de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier du CRIMT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle économique et juridique du micro-travail de plateforme : une étude à partir des CGU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Mazuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Penrose et l’économie du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « le capitalisme entre effondrement et résilience »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIISEA. Université Picardie Jules Verne, Jun 2023, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation de travail et plateformes numériques : une lecture institutionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Congrès de l’AFEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de plateforme à la lumière du cadre économique commonsien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Workshop international TraPlaNum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mieux assumer les responsabilités sociales et environnementales des entreprises : le cas des Coopératives Multi-Sociétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Roanne, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie (du travail) et politique : une analyse critique de la Personnel Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un système économique et social soutenable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11e Congrès de l’AFEP, Jun 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOP et SCIC: projet coopératif et gouvernance au-delà des statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres du GESS (gestion des entreprises sociales et solidaires), IUT de Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE comme dispositif normatif d'institutionnalisation de la relation d'emploi : une approche par l'économie de la firme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international sur les entreprises multinationales, les chaînes de valeur mondiales et la régulation sociale - CRIMT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEC Montréal, Jun 2011, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01371852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses et transformations de la firme : une approche pluridisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte, pp.384, 2009, Recherches, 978-2-7071-5801-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encadrer le comportement des plateformes numériques de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04287758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scop & Scic : les sens de la coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Charmettant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boissin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en économie de Grenoble (CREG). 2020, pp.222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02535566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centenary of R. Commons' “Legal Foundations of Capitalism” sub-issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Kirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bazzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025 (3), 2025, History of Economic Ideas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05280175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId109"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DAEA8C08"/>
+    <w:nsid w:val="38B62EA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-dubrion" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4808-0228" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069436754" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article1926" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05322823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dubrion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mazuyer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14yvl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952754v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bailly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2025.2460219" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05429199v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prieur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/RPN20259826" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cje/beae024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848874v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00213624.2024.2418656" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185701v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Juban" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jstr-ww5q" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325936v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.026.0195" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03190364v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.724.0687" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.11965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04811135v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.6536" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097563v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.192.0033" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546935v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.283.0073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Chassagnon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11108" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01163179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020575v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tessier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vivel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.069.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806646v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bert&#233;z&#232;ne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.3935" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823713v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0145" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804952v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801911v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hume.309.0001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00709338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00605289v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.281.0077" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966811v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0031" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.2555" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648043v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Baudry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.565.1107" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565510v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565508v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565509v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559178v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325937v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hall&#233;e" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02934184v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bazzoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10332-5.p.0095" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169742v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496011v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680980v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.17586" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04637584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654220v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654207v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654198v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654138v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820431v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820445v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820378v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316024v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820365v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820467v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809671v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316030v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543317v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371852v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816425v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287758v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535566v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Charmettant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05280175v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-dubrion" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4808-0228" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069436754" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article1926" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05322823v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dubrion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mazuyer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14yvl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952754v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bailly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2025.2460219" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05429199v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prieur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/RPN20259826" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cje/beae024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848874v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00213624.2024.2418656" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185701v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Juban" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jstr-ww5q" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325936v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.026.0195" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03190364v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.724.0687" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.11965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04811135v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.6536" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097563v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.192.0033" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546935v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.283.0073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Chassagnon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11108" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01163179v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020575v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tessier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Vivel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.069.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823713v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0145" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bert&#233;z&#232;ne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.3935" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00709338v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801911v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hume.309.0001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00605289v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.281.0077" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966811v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0031" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.2555" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648043v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Baudry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.565.1107" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565510v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565508v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565509v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559178v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325937v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hall&#233;e" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02934184v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bazzoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10332-5.p.0095" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496011v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169742v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680980v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.17586" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04637584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654220v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654207v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654198v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654138v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820406v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820445v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820431v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820378v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316024v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820365v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820467v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809671v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316030v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543317v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371852v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816425v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287758v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535566v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Charmettant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05280175v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>