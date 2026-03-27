--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -647,226 +647,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réinscrire les études sur le journalisme dans une sociologie générale</w:t>
+                <w:t xml:space="preserve">“La subordination au pouvoir économique. Dépolarisation et verticalisation du champ journalistique”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-baptiste Comby</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Berthaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46, pp.11-15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285896v1</w:t>
+                <w:t xml:space="preserve">hal-04285878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“La subordination au pouvoir économique. Dépolarisation et verticalisation du champ journalistique”</w:t>
+                <w:t xml:space="preserve">Réinscrire les études sur le journalisme dans une sociologie générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-baptiste Comby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Souanef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Berthaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir/Agir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bssg.259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04285878v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociologia politica de la &amp;quot;Comunicación para el Cambio Social’’ : pistas para un cambio de enfoque</w:t>
               </w:r>
@@ -2295,561 +2295,561 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Um Diálogo com Paulo Freire. Esperançar com Freire. Reflexões sobre comunicação e mudança social »</w:t>
+                <w:t xml:space="preserve">Um Dialogo Com Paulo Freire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ana Cristina Suzina; Thomas Tufte. </w:t>
+              <w:t xml:space="preserve">Loughborough University. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esperançar com Freire. Reflexões sobre comunicação e mudança social</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Eperançar com Freire. Reflexões sobre comunicação e mudança social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Übiqua</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.62-68, 2023, 978-65-993838-9-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243028v1</w:t>
+                <w:t xml:space="preserve">halshs-04224452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Um Dialogo Com Paulo Freire</w:t>
+                <w:t xml:space="preserve">« Um Diálogo com Paulo Freire. Esperançar com Freire. Reflexões sobre comunicação e mudança social »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Loughborough University. </w:t>
+              <w:t xml:space="preserve">Ana Cristina Suzina; Thomas Tufte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eperançar com Freire. Reflexões sobre comunicação e mudança social</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Esperançar com Freire. Reflexões sobre comunicação e mudança social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.62-68, 2023, 978-65-993838-9-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Übiqua</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">halshs-04224452v1</w:t>
+                <w:t xml:space="preserve">hal-04243028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment s’approprier un problème ? Relations structurelles entre bureaucraties techniques et journalistes dans la construction d’un problème public de « l’air intérieur »</w:t>
+                <w:t xml:space="preserve">« Mise en discours des problèmes publics et mise en problème des discours publics »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud Hourcade</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Née</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Croisades privées et problèmes publics. L'héritage sociologique de Joseph Gusfield</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.107-122, 2022, Res Publica, 978-2-7535-8250-7</w:t>
+              <w:t xml:space="preserve">Donner la parole aux « sans-voix » ? Construction sociale et mise en discours d’un problème public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.283-328, 2022, 978-2-7535-8308-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03651117v1</w:t>
+                <w:t xml:space="preserve">hal-04285777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Comment s'approprier un problème ? Relations structurelles entre bureaucraties techniques et journalistes dans la construction d'un problème public de &amp;quot;l'air intérieur&amp;quot; »</w:t>
+                <w:t xml:space="preserve">Comment s’approprier un problème ? Relations structurelles entre bureaucraties techniques et journalistes dans la construction d’un problème public de « l’air intérieur »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stève Bernardin (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Croisades privées et problèmes publics. L'héritage sociologique de Joseph Gusfield</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes; Res Publica, pp.107-122, 2022</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.107-122, 2022, Res Publica, 978-2-7535-8250-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04285794v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03651117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“A Dialogue with Paulo Freire: Reflections on the Social Conditions of Hope and the Problem of Equality of Expression</w:t>
+                <w:t xml:space="preserve">« Comment s'approprier un problème ? Relations structurelles entre bureaucraties techniques et journalistes dans la construction d'un problème public de &amp;quot;l'air intérieur&amp;quot; »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freire and the perseverance of hope. Exploring communication and social change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Theory on Demand (43), pp.51-56, 2022, 9789492302854</w:t>
+              <w:t xml:space="preserve">Croisades privées et problèmes publics. L'héritage sociologique de Joseph Gusfield</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes; Res Publica, pp.107-122, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243041v1</w:t>
+                <w:t xml:space="preserve">hal-04285794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Mise en discours des problèmes publics et mise en problème des discours publics »</w:t>
+                <w:t xml:space="preserve">“A Dialogue with Paulo Freire: Reflections on the Social Conditions of Hope and the Problem of Equality of Expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ana Cristina Suzina; Thomas Tufte. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Donner la parole aux « sans-voix » ? Construction sociale et mise en discours d’un problème public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.283-328, 2022, 978-2-7535-8308-5</w:t>
+              <w:t xml:space="preserve">Freire and the perseverance of hope. Exploring communication and social change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Theory on Demand (43), pp.51-56, 2022, 9789492302854</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285777v1</w:t>
+                <w:t xml:space="preserve">hal-04243041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Un investissement à faible rendement : la dualité du capital médiatique dans les ‘médias libres’ »</w:t>
               </w:r>
@@ -3144,173 +3144,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative Media Global project</w:t>
+                <w:t xml:space="preserve">Alternative Information Center</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Downing John D. H. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Social Movement Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sage, pp.26-27, 2011</w:t>
+              <w:t xml:space="preserve">, Sage, pp.12-13, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00787060v1</w:t>
+                <w:t xml:space="preserve">halshs-00787058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative Information Center</w:t>
+                <w:t xml:space="preserve">Alternative Media Global project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ferron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Downing John D. H. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Social Movement Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sage, pp.12-13, 2011</w:t>
+              <w:t xml:space="preserve">, Sage, pp.26-27, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00787058v1</w:t>
+                <w:t xml:space="preserve">halshs-00787060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le journalisme alternatif entre engagement et distanciation. Les stratégies médiatiques des mouvements sociaux dans la 'bataille de Cancún' contre l'OMC (2003)</w:t>
               </w:r>
@@ -4507,51 +4507,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="632119BD"/>
+    <w:nsid w:val="4D26C906"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4738,51 +4738,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-ferron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0099-6499" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243004v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ferron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sedel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Nollet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285784v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Koti&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Smith" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/journalmedia3010016" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02886297v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Bourhis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070037ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Crespin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Roffe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285827v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285896v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-baptiste Comby" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Souanef" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.259" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285878v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541534v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Guevara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02747680v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.007.0151" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01138320v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.191.0075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768264v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.061.0107" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285808v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285867v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330984v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801647v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801659v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794093v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801652v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773232v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04244899v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03242597v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harvey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tredan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pressesmines/1952" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.1952" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243028v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04224452v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ubiqua.org.br/esperancar/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03651117v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5477/croisades-privees-et-problemes-publics" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285794v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243041v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285811v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285840v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429425127" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02964251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285859v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787060v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787058v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787065v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285908v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26441/RC21.2-2022-R1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285817v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.226.0274" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285863v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Scott" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03096913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bacqu&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Balazard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03613564v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jamay" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ollitrault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03613560v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233;-Anne Vlassopoulou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806740v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;gol&#232;ne Frisque" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Saitta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00731809v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-ferron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0099-6499" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243004v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ferron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sedel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Nollet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285784v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Koti&#353;ov&#225;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Smith" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/journalmedia3010016" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02886297v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Bourhis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070037ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Crespin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Roffe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285827v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285878v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-baptiste Comby" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285896v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Souanef" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.259" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541534v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Guevara" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02747680v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.007.0151" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01138320v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.191.0075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768264v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.061.0107" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285808v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285867v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330984v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801647v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794089v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801659v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794093v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801652v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773232v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04244899v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03242597v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harvey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tredan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pressesmines/1952" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.1952" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04224452v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ubiqua.org.br/esperancar/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243028v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03651117v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5477/croisades-privees-et-problemes-publics" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04243041v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285811v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285840v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429425127" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02964251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285859v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787058v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787060v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787065v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285908v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26441/RC21.2-2022-R1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285817v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.226.0274" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04285863v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Scott" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03096913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bacqu&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Balazard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03613564v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jamay" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ollitrault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03613560v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233;-Anne Vlassopoulou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806740v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;gol&#232;ne Frisque" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Saitta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00731809v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>