--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -81,817 +81,951 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long‐Term Stability of Tilt‐Controlled gPhoneX Gravimeters</w:t>
+                <w:t xml:space="preserve">Machine learning prediction of groundwater heights from passive seismic wavefield</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Fores</w:t>
+                <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert Klein</w:t>
+                <w:t xml:space="preserve">J. Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+                <w:t xml:space="preserve">M. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Francis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-P Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JB018276⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 234 (3), pp.1807-1818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02445479v1</w:t>
+                <w:t xml:space="preserve">hal-04100453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present‐day deformations of the Jura arc inferred by GPS surveying and earthquake focal mechanisms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long‐Term Stability of Tilt‐Controlled gPhoneX Gravimeters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Sue</w:t>
+                <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Walpersdorf</w:t>
+                <w:t xml:space="preserve">Gilbert Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sakic</w:t>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Albaric</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Francis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Geodynamics, Crustal and Lithospheric Tectonics, and active deformation in the Mediterranean Regions, 37, pp.1-23. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (11), pp.12264-12276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018TC005047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019JB018276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919087v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Saturation Changes with Ambient Seismic Noise and Gravimetry in a Karst Environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Present‐day deformations of the Jura arc inferred by GPS surveying and earthquake focal mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Champollion</w:t>
+                <w:t xml:space="preserve">Mickael Rabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Mainsant</w:t>
+                <w:t xml:space="preserve">Christian Sue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Albaric</w:t>
+                <w:t xml:space="preserve">Andrea Walpersdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fort</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Sakic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2136/vzj2017.09.0163⟩</w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Geodynamics, Crustal and Lithospheric Tectonics, and active deformation in the Mediterranean Regions, 37, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018TC005047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01860674v1</w:t>
+                <w:t xml:space="preserve">hal-01919087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ambient temperature on spring-based relative gravimeter measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Monitoring Saturation Changes with Ambient Seismic Noise and Gravimetry in a Karst Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Chery</w:t>
+                <w:t xml:space="preserve">C. Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mainsant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodesy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00190-016-0961-2⟩</w:t>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2017.09.0163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01526952v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the precision of the iGrav superconducting gravimeter for hydrological models and karstic hydrological process identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Bayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 208 (1), pp.269-280. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01526965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impact of ambient temperature on spring-based relative gravimeter measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geodesy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 91 (3), pp.269-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00190-016-0961-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01526952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">CCM.G-K2 key comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ullrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefaan Castelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel van Camp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metrologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 52 (1A), pp.07009-07009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0026-1394/52/1A/07009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -901,625 +1035,625 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de l’architecture sédimentaire de la plaine maritime flamande depuis l’Antiquité : apport des données géoradar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Ouchaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youn Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anissa Tilehghouatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Armynot Du Châtelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils géophysiques en pédologie : exemples et réflexions pour la cartographie de sols dans le cadre de l’archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Thiesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04323952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3DMCD/1DLCI inversion of an FD-EMI dataset: the case study of the paleolandscape of Bourbourg/Loon-Plage (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deschodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guillemoteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference of Archaeological Prospection (ICAP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Kiel, Mar 2023, Kiel, Germany. pp.435-438, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.38072/978-3-928794-83-1/p89⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05231602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moulins-sur-Orne / Argentan (61) : une nouvelle enceinte monumentale néolithique dans son territoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Giligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées archéologiques régionales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03912534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From CRITEX to OZCAR: Geophysical wandering accross the FrenchCritical Zone Observatorie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Rosas Carbajal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Longuevergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1529,504 +1663,504 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecture croisée des données spatiales archéologiques : l’exemple du sanctuaire péri-urbain antique de Mâlain (Côte-d’Or)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Gaëtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Widehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; UMR CITERES-LAT. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés / Reading the soil in archaeology: field practice and interdisciplinary perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Tours, France. , 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/dben-2k90⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04438284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La géophysique sur surface décapée, apports et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; UMR CITERES-LAT. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés / Reading the soil in archaeology: field practice and interdisciplinary perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Tours, France. , 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/x4kq-va19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04432586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le radar mural : un nouvel outil pour l'archéologue du bâti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Lallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie préventive sur le bâti : 5e séminaire scientifique et technique de l’Inrap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, L’Isle-sur-la-Sorgue, France. , Archéologie préventive sur le bâti : 5e séminaire scientifique et technique de l’Inrap, 28-29 octobre 2021, L’Isle-sur-la-Sorgue., 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/eten-ac49⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic and hydro-geophysical monitoring in the Jura mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03442422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2036,222 +2170,222 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring hydro-géophysique des réservoirs d'eau souterraine dans le Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Albaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Abi Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03662207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravimétrie et sismologie : la balance et le chronomètre au service de la zone critique !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, 7-8https://www.resif.fr/publications/lettre-dinformation/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2261,731 +2395,731 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Redoute du Castéra 2024 (Labastide-Monréjeau, Pyrénées-Atlantiques), Rapport de fouille programmée annuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Xompero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Benquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC Nouvelle Aquitaine; TRACES. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occidunum - PT 2023. Prospections géophysiques. Rapport final de prospection thématique, 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Beylier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Dunyach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gruat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Occitanie. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04881841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Pierre-et-Miquelon, Miquelon-Langlade. Recherches croisées autour des occupations modernes (XVII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XVIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s.) de Miquelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Durbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gonidec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2022, pp.219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sidérurgie en Bourgogne-Franche-Comté avant le haut-fourneau. Organisation et circulation des productions; Rapport intermédiaire 2021 du PCR</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Moulins-sur-Orne/Argentan « Brûle-Piquet » « Les Hogues ». Rapport d’opération archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Giligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] IRAMAT - LMC - IRAMAT - Laboratoire Métallurgies et Cultures; INRAP Grand Est; MSHE Claude Nicolas Ledoux; SRA Bourgogne-Franche-Comté - DRAC. 2021</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC / SRA Normandie; Département de l'Orne. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549796v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moulins-sur-Orne/Argentan « Brûle-Piquet » « Les Hogues ». Rapport d’opération archéologique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La sidérurgie en Bourgogne-Franche-Comté avant le haut-fourneau. Organisation et circulation des productions; Rapport intermédiaire 2021 du PCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">DRAC / SRA Normandie; Département de l'Orne. 2021</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Herbrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IRAMAT - LMC - IRAMAT - Laboratoire Métallurgies et Cultures; INRAP Grand Est; MSHE Claude Nicolas Ledoux; SRA Bourgogne-Franche-Comté - DRAC. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03912536v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravimétrie et surveillance sismique pour la modélisation hydrologique en milieu karstique : application au bassin du Durzon (Larzac, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Université Montpellier, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016MONTT128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01649606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId102"/>
+      <w:footerReference w:type="default" r:id="rId107"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3132,51 +3266,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02445479v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Klein" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919087v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005047" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01860674v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Champollion" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mainsant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2017.09.0163" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526952v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chery" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-016-0961-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bayer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw396" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02131748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Baumann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ullrich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan Castelein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Camp" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/52/1A/07009" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027045v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn Besse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Tilehghouatine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323952v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Simon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guillemoteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38072/978-3-928794-83-1/p89" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03912534v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115194v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rosas Carbajal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04438284v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ga&#235;tan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Widehen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/dben-2k90" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04432586v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/x4kq-va19" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03431470v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/eten-ac49" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712685v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499365v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gardes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Labarthe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nouvel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Xompero" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04881841v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beylier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gruat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713503v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durbet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gonidec" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549796v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aubert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jeannot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Herbrich" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03912536v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01649606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT128" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04100453v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abi Nader" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Albaric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steinmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Malet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad160" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02445479v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Klein" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018276" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919087v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01860674v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Champollion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mainsant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2017.09.0163" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bayer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw396" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526952v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-016-0961-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02131748v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Baumann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ullrich" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan Castelein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Camp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/52/1A/07009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027045v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouchaou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Reynaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn Besse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Tilehghouatine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Armynot Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Simon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231602v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guillemoteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38072/978-3-928794-83-1/p89" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03912534v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rosas Carbajal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04438284v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ga&#235;tan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Widehen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/dben-2k90" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04432586v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/x4kq-va19" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03431470v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/eten-ac49" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442422v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Steinmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662207v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712685v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499365v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gardes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Labarthe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nouvel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Xompero" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04881841v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beylier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gruat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durbet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gonidec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03912536v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549796v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aubert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jeannot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Herbrich" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01649606v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTT128" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>