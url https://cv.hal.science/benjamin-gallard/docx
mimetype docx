--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -585,295 +585,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02424968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peptide Couplings by Reactive Extrusion: Solid-Tolerant and Free from Carcinogenic, Mutagenic and Reprotoxic Chemicals</w:t>
+                <w:t xml:space="preserve">Thermal stability and fire reaction of poly(butylene succinate) nanocomposites using natural clays and FR additives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Yeboue</w:t>
+                <w:t xml:space="preserve">Loic Dumazert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Rasselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Lamaty</w:t>
+                <w:t xml:space="preserve">Salima Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (12), pp.16001-16004. </w:t>
+              <w:t xml:space="preserve">Polymers for Advanced Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (1), pp.69-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b04509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pat.4090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02093266v1</w:t>
+                <w:t xml:space="preserve">hal-02884621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability and fire reaction of poly(butylene succinate) nanocomposites using natural clays and FR additives</w:t>
+                <w:t xml:space="preserve">Peptide Couplings by Reactive Extrusion: Solid-Tolerant and Free from Carcinogenic, Mutagenic and Reprotoxic Chemicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Dumazert</w:t>
+                <w:t xml:space="preserve">Yves Yeboue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Rasselet</w:t>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Pang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Gallard</w:t>
+                <w:t xml:space="preserve">Marion Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salima Kennouche</w:t>
+                <w:t xml:space="preserve">Frederic Lamaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers for Advanced Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 29 (1), pp.69-83. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (12), pp.16001-16004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pat.4090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b04509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884621v1</w:t>
+                <w:t xml:space="preserve">hal-02093266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grafting of phosphorus flame retardants on flax fabrics: Comparison between two routes</w:t>
               </w:r>
@@ -987,291 +987,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact on peel strength, tensile strength and shear viscosity of the addition of functionalized low density polyethylene to a thermoplastic polyurethane sheet calendered on a polyester fabric</w:t>
+                <w:t xml:space="preserve">Functionalized nanodiamond as potential synergist in flame-retardant ethylene vinyl acetate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
+                <w:t xml:space="preserve">Charlene Presti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Perrin</w:t>
+                <w:t xml:space="preserve">Laurent Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Alauzun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Dumazert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Industrial Textiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1528083716686853⟩</w:t>
+              <w:t xml:space="preserve">Diamond and Related Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 76, pp.141-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diamond.2017.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772588v1</w:t>
+                <w:t xml:space="preserve">hal-01539575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalized nanodiamond as potential synergist in flame-retardant ethylene vinyl acetate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact on peel strength, tensile strength and shear viscosity of the addition of functionalized low density polyethylene to a thermoplastic polyurethane sheet calendered on a polyester fabric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlene Presti</w:t>
+                <w:t xml:space="preserve">Didier Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ferry</w:t>
+                <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Alauzun</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diamond and Related Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 76, pp.141-149. </w:t>
+              <w:t xml:space="preserve">Journal of Industrial Textiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.diamond.2017.05.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1528083716686853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01539575v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01772588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fire retardant benefits of combining aluminum hydroxide and silica in ethylene-vinyl acetate copolymer (EVA)</w:t>
               </w:r>
@@ -1283,51 +1283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Viretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Dumazert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Longerey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1417,51 +1417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Viretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Dumazert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1521,51 +1521,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Emissivity Coatings to Delay Ignition of Polyethylene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1677,51 +1677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Freyermuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2007,51 +2007,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards sustainable wood fillers from agroforestry for Wood-Plastic Composites (WPC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Liagre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2372,260 +2372,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiografting of phosphorus Flame Retardants on Flax Fabrics : Competition between Homopolymerization and Grafting</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Studying the two-step decomposition of polymer blends in cone calorimeter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Viretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Dumazert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AUTEX2019 – 19 th World Textile Conference on Textiles at the Crossroads</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Ghen, Belgium</w:t>
+              <w:t xml:space="preserve">Eurofillers Polymerblends 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Palerme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463061v1</w:t>
+                <w:t xml:space="preserve">hal-02460648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the two-step decomposition of polymer blends in cone calorimeter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiografting of phosphorus Flame Retardants on Flax Fabrics : Competition between Homopolymerization and Grafting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland El Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Loïc Dumazert</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurofillers Polymerblends 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Palerme, France</w:t>
+              <w:t xml:space="preserve">AUTEX2019 – 19 th World Textile Conference on Textiles at the Crossroads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Ghen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460648v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02463061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of flame-retarded PLA compositions by 3D printing of core-skin structures</w:t>
               </w:r>
@@ -2736,103 +2736,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peel strength impact of functionalized polyethylene to thermoplastic polyurethane calendered on a polyester fabric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Romanian Textiles and Leather Conference - CORTEP 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3046,77 +3046,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse peptidique continue, sans solvant et non enzymatique par extrusion réactive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Yeboue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lamaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3254,51 +3254,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="427BC1C3"/>
+    <w:nsid w:val="21E32599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3485,51 +3485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-gallard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7167-4489" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02941820v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lacoste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gallard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzem Ipek Kalaoglu-Altan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen de Clerck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfb11030064" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425058v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Mathiot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ponge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Sassi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delrue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.12.057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Regazzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dumazert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Buonomo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.03.008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093266v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Yeboue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lamaty" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b04509" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884621v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dumazert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rasselet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Pang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Kennouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.4090" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874840v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hajj" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland El Hage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sonnier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otazaghine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2017.11.006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772588v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Jacquot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Perrin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083716686853" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539575v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Presti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Alauzun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2017.05.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914565v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viretto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Longerey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.03.030" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.04.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517551v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Boudenne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lavaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma8105349" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905757v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Perrier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Freyermuth" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2013.06.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05325027v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thierry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guibal Eric" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05127633v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04732487v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Liagre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04623274v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04112356v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Quantin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beigbeder" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duborper" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02463061v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hajj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02460648v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Didier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03437034v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabatel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rivard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duborper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02503681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamaty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-gallard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7167-4489" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02941820v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lacoste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gallard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzem Ipek Kalaoglu-Altan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen de Clerck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfb11030064" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425058v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Mathiot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ponge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Sassi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delrue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.12.057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Regazzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dumazert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Buonomo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.03.008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884621v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dumazert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rasselet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Pang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Kennouche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.4090" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093266v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Yeboue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lamaty" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b04509" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874840v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hajj" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland El Hage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sonnier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otazaghine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2017.11.006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539575v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Presti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Alauzun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2017.05.002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772588v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Jacquot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Perrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083716686853" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914565v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viretto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Longerey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.03.030" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.04.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517551v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Boudenne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lavaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma8105349" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905757v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Perrier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Freyermuth" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2013.06.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05325027v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thierry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guibal Eric" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05127633v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04732487v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Liagre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04623274v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04112356v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Quantin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beigbeder" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duborper" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02460648v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02463061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hajj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Didier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03437034v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabatel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rivard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duborper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02503681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamaty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>