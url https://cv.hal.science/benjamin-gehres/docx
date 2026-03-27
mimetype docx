--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -132,8757 +132,8757 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (18)</w:t>
-[...1500 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enceintes fossoyées de Charmé (Charente) : études pétrocéramiques au sein d’un espace micro territorial du Néolithique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des ateliers de production de terra nigra dans les Pays-de-la-Loire et du Morbihan par analyses pétrographiqueset chimiques (ICP-AES)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Ard</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Trin-Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV colloque d'Archéométrie du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen Université de Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05066917v1</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des ateliers de production de terra nigra dans les Pays-de-la-Loire et du Morbihan par analyses pétrographiqueset chimiques (ICP-AES)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Pesquet</w:t>
+                <w:t xml:space="preserve">Les enceintes fossoyées de Charmé (Charente) : études pétrocéramiques au sein d’un espace micro territorial du Néolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gehres</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lola Trin-Lacombe</w:t>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV colloque d'Archéométrie du GMPCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Rouen Université de Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05066631v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Collaborative And Geolocalised Online Database «Basepetroceram»: A New Tool To Consolidate The Analysis Of Archaeological Ceramic Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Troccaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Ceramic Petrographic Group</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Gand (Belgique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BasePetroCeram: a database for petrographic and geochemical analysis of archaeological ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMAC 2015 - 13th European Meeting on Ancient Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle du littoral dans l’organisation spatiale des sociétés insulaires et péninsulaires armoricaines : Le dépôt de céramique de l’îlot de Karreg Ar Skariked : un exemple d’exportation de céramiques proto-onctueuses vers les îles au second âge du Fer.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">APPROCHES ARCHÉOMÉTRIQUES DES CÉRAMIQUES INSULAIRES DE L'OUEST DE LA FRANCE, DU NÉOLITHIQUE À L'ÉPOQUE GALLO-ROMAINE EXEMPLE DE RÉSULTATS : LES IMPORTATIONS À L'ÂGE DU FER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Gaulois au fil de l'eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Montpellier, France. Ausonius, 2 (37), 2015, Les Gaulois au fil de l'eau</w:t>
+              <w:t xml:space="preserve"> XIXe Colloque du GMPCA 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Caen, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519791v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APPROCHES ARCHÉOMÉTRIQUES DES CÉRAMIQUES INSULAIRES DE L'OUEST DE LA FRANCE, DU NÉOLITHIQUE À L'ÉPOQUE GALLO-ROMAINE EXEMPLE DE RÉSULTATS : LES IMPORTATIONS À L'ÂGE DU FER</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Le rôle du littoral dans l’organisation spatiale des sociétés insulaires et péninsulaires armoricaines : Le dépôt de céramique de l’îlot de Karreg Ar Skariked : un exemple d’exportation de céramiques proto-onctueuses vers les îles au second âge du Fer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AFEAF. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> XIXe Colloque du GMPCA 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Caen, France. 2013</w:t>
+              <w:t xml:space="preserve">Les Gaulois au fil de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France. Ausonius, 2 (37), 2015, Les Gaulois au fil de l'eau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519797v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site à dépôts multiples du Bronze moyen atlantique 2 de Kerouarn à Prat (Côtes-d'Armor) : du terrain au laboratoire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Comprendre les humains grâce à la céramique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23, pp.22-32</w:t>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 646</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05247037v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les humains grâce à la céramique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Le site à dépôts multiples du Bronze moyen atlantique 2 de Kerouarn à Prat (Côtes-d'Armor) : du terrain au laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilou Nordez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Maguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Carlier de Veslud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 646</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, pp.22-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345934v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déglaciation des Vosges gréseuses et reconstructions paléoclimatiques à partir de datations par le béryllium-10 produit in situ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Valenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rinterknecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Koehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Griselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 35 (1), pp.198147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaternaire.19147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04576226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection et traitement des matériaux argileux dans la production des poteries du Néolithique ancien de la vallée de la Bruche (Alsace, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Denaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Gomart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Giligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 48-1, pp.63-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12w38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeology of Neolithic Island Networks: Diachronic and Paleo-Economic Approaches to Island Occupations through the Contribution of Ceramic Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séances de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Investigate the shore, sounding the past : methods and practices of maritime prehistory / Explorer la côte, sonder le passé : méthodes et pratiques de la préhistoire maritime, 19, pp.135-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4500 ans d’occupation au Pré-du-Stand (Grand-Saconnex – Genève)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Piguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Steimer-Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Bystritzsky-Papilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire d’archéologie suisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 105, pp.7-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03766751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie des économies insulaires : le cas du complexe archipel des Glénan / île aux Moutons, une approche diachronique et paléoéconomique par l’apport des analyses céramiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Connaître, documenter et protéger le patrimoine archéologique insulaire : l’exemple de Belle-Île-en-Mer (Morbihan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Musch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.10357⟩</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 259-260, pp.111-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.11019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03593082v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connaître, documenter et protéger le patrimoine archéologique insulaire : l’exemple de Belle-Île-en-Mer (Morbihan)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Archéologie des économies insulaires : le cas du complexe archipel des Glénan / île aux Moutons, une approche diachronique et paléoéconomique par l’apport des analyses céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérald Musch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/norois.11019⟩</w:t>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (2), pp.31-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.10357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196959v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03593082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Hints Of Metallurgical Activity On The Atlantic Coast Of France In The Mid Third Millennium Bc: Overview And Perspectives On Beaker Metallurgy In Western Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Carlier de Veslud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Antiquaries Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 100, pp.1-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0003581520000153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New applications of LA-ICP-MS for sourcing archaeological ceramics microanalysis of inclusions as fingerprints of their origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 60 (4), pp.750-763. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/arcm.12338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01879981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of mica inclusions using LA-ICP-MS: 1 a new approach for sourcing raw material of ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 21, pp.912-920. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.05.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Échanges transmanche de traditions techniques dans la préparation des céramiques : le site portuaire gaulois de la Batterie-Basse à Urville-Nacqueville (Manche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lefort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 42 (1), pp.57-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeosciences.5274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01879982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site de Kermenguy à Châteauneuf-du-Faou (Finistère). Des vestiges d'habitats du Néolithique moyen et de l'âge du Bronze ancien, une fosse de la fin du IIIe millénaire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Matières premières argileuses et valeur ajoutée : le rôle des terres dans la diffusion des céramiques du Massif armoricain au Néolithique récent et à l'âge du Fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rao.4911⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (2), pp.309-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2018.14892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02493975v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matières premières argileuses et valeur ajoutée : le rôle des terres dans la diffusion des céramiques du Massif armoricain au Néolithique récent et à l'âge du Fer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Le site de Kermenguy à Châteauneuf-du-Faou (Finistère). Des vestiges d'habitats du Néolithique moyen et de l'âge du Bronze ancien, une fosse de la fin du IIIe millénaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tinevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Oberlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2018.14892⟩</w:t>
+              <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35, pp.71-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rao.4911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02116045v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02493975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeometric analysis of ceramic production and exchange from the Neolithic to the Gallo-Roman period in Brittany, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 91 (356), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15184/aqy.2017.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01544127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un atelier de potiers du Ier s. ap. J.-C. dans le quartier antique de Villa Roma à Nîmes (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barberan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Malignas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 48, pp.31-110. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.2015.1909⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01739619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (18)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ITTENHEIM, &amp;quot;ZAC Les Portes de l'Ackerland&amp;quot;, Alsace, Bas-Rhin (67)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Beaudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Boury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Ceciliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ANTEA Archéologie; SRA Grand Est. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ittenheim ZAC Les portes de l'Ackerland Rapport d'analyses pétrographiques des céramiques -Volume 1 -Rapport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oiron (Deux-Sèvre) Terzay Rapport d'analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muron (Charente-Maritime) La Couture Rapport d'analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Laon (Vienne) Chantebrault IV et VIII : Rapport d’analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Léger-de-Montbrillais (Vienne) La Mangeois : Rapport d'analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morschwiller-le-Bas Rue des Pèlerins (n° opération 017841) Rapport d’analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Langon (Vendée) : Rapport d’analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS; Université Rennes 2. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Nazaire-sur-Charente (Charente-Maritime) Le Pontet Rapport d'analyses pétrographiques des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’analyses pétrographiques des céramiques de sites de consommation de : Saint-Nazaire (44) - PA du Brais Blain (44) - 40 rue de Nantes Nyoiseau (49) - Les Bois Savary Cornillé-Les-Caves(49) - Les Hayes Guérins et de l’atelier de : Mazières-en-Mauges (49) - Route de Maulévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d'analyse pétrographique des céramiques de la Hoguette du site Ensisheim « Zaid -Reguisheimer Feld »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PCR « Partition stylistique territoriale au Néolithique ancien en Alsace : Approche multidisciplinaire du savoir-faire technique et des systèmes économiques » - Rapport d’activité 2022-2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Gomart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Giligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’analyse pétrographique des noyaux d’argile des bracelets du site Kerouarn à Prat (Côtes d’Armor)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d'analyse pétrographique de granulat -Natzweiler-Struthof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’analyse pétrographique des céramiques des sites de Charmé (Charente)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Programme Collectif de Recherche : La céramique entre Loire et littoral du Ier s. av. J.-C. au VIe s. ap. J.-C. (Pays-de-la-Loire, Morbihan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Le Boulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mortreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Trin-Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC Pays de la Loire. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’activité 2021 du PCR « Partition stylistique territoriale au Néolithique ancien en Alsace : Approche multidisciplinaire du savoir-faire technique et des systèmes économiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Gomart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Giligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Guiavarc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pointe des Pouloux-Bouin (Vendée). Opération archéologique annuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/ran.2015.1909⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01739619v1</w:t>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] OA 4786, DRASSM - Département des recherches archéologiques subaquatiques et sous-marines. 2021, pp.84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les productions de terra nigra régionales en pays de la Loire et Morbihan : essai de caractérisations chimiques et pétrographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Trin-Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société Française d'Etude de la Céramique Antique en Gaule. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du congrès d'Angers, 9-12 mai 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-64, 2024, 978-2-9579916-3-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman gold coinage in the triumviral period (43-30 BC): the spread of gold currency and the difference between East and West</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Suspène A.; Blet-Lemarquand M.; Duyrat Fr.; Nieto-Pelletier S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AVREVS. Le Pouvoir de l'or / The Power of Gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ScriptaAntiqua (171), Ausonius, pp.431-456, 2023, 978-2-35613-578-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The sources of the first Roman gold coins (3rd century BC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Suspène A.; Blet-Lemarquand M.; Duyrat Fr.; Nieto-Pelletier S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AVREVS. Le Pouvoir de l'or / The Power of Gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ScriptaAntiqua (171), Ausonius, pp.343-362, 2023, 978-2-35613-578-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold for a Revolution: the sources of Caesar’s gold coinage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Suspène A.; Blet-Lemarquand M.; Duyrat Fr.; Nieto-Pelletier S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AVREVS. Le Pouvoir de l'or / The Power of Gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ScriptaAntiqua (171), Ausonius, pp.411-430, 2023, 978-2-35613-578-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carthaginian and Syracusan gold, from the reign of Dionysius the Elder to the end of the First Punic War: a comparative examination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Hochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Suspène A.; Blet-Lemarquand M.; Duyrat Fr.; Nieto-Pelletier S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AVREVS. Le Pouvoir de l'or / The Power of Gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ScriptaAntiqua (171), Ausonius, pp.171-197, 2023, 978-2-35613-578-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greek Gold from East to West</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Duyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Suspène A.; Blet-Lemarquand M.; Duyrat Fr.; Nieto-Pelletier S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AVREVS. Le Pouvoir de l'or / The Power of Gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 171, Ausonius, pp.115-151, 2023, ScriptaAntiqua, 978-2-35613-578-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belle-Île-en-Mer. À la rencontre des archéologues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Musch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BRIGAND L.; VALLAT J. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Îles, regards croisés sur l’insularité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Géorama, 2022, 979-10-96216-55-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche archéométrique des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Large J.-M.; Mens E. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groah Denn à Hoedic (Morbihan). Dynamique d’une file de pierres dressées.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives d'Ecologie Préhistorique, 2022, 978-2358420280</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold coinage and debasement. A preliminary examination of the fineness of Roman gold coinage forme the Republic and early Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Bocciarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Butcher, Kevin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debasement : manipulation of coin standards in Pre-Modern monetary systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxbow Books, pp.53-62, 2020, 978-1-7892-5398-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold coinage and debasement. A preliminary examination of the fineness of Roman gold coinage from the Republic and early Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Bocciarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Butcher, Kevin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debasement. Manipulation of coins standards in pre-modern monetary systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxbow Books, pp.53-62, 2020, 978-1-78925-398-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La culture matérielle : la céramique de Port-Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Choisy-Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Le Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Yvane Daire; Anna Baudry. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hoedic, une île atlantique à la veille de la Conquête romaine : 10 ans d’étude pluridisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.77-139, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distinguish the Similar: The Chemical Composition of Mineral Inclusions in the Ceramic Pastes as Traces of the Source of Raw Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Telmo Pereira; Xavier Terradas; Nuno Bicho. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Exploitation of Raw Materials in Prehistory:Sourcing, Processing and Distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambridge Scholars Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.400-413, 2017, 978-1-4438-9597-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation des céramiques à bioclastes de la Protohistoire dans l’ouest de la France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Bannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géosciences Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme, ses ressources et son environnement, dans l'Ouest de la France à l'âge du Fer : actualités de la recherche Sous la direction de Caroline MOUGNE et Marie-Yvane DAIRE Actes du Séminaire Archéologique de l'Ouest 24 mars 2014, Université de Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hors-série n° 9, 2015, Mémoire de Géosciences</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle du littoral dans l’organisation spatiale des sociétés insulaires et péninsulaires armoricaines : l’exportation de céramiques proto-onctueuses vers les îles au Second âge du Fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Olmer; Réjane Roure. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Gaulois au fil de l’eau. Actes du 37e colloque de l’Association française pour l’étude de l’âge du Fer (Montpellier, 7-11 mai 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoires (39), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.895-904, 2015, 978-2-35613-133-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03989934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’île aux Moutons et l’archipel des Glénan (Fouesnant, Finistère), de la Préhistoire à la fin de l’indépendance gauloise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Méniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Dréano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Audouard Lorena, Gehres Benjamin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Somewhere Beyond The Sea » Les îles bretonnes (France) : perspectives archéologiques, géographiques et historiques : actes du Séminaire Archéologique de l’Ouest, 1er avril 2014, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S2705, Archaeopress, pp.55-69, 2015, BAR International Series, 978 1 4073 1356 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01146345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modes d’occupation du littoral de la Bretagne continentale à l’âge du Fer : une première approche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lorho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Olmer; Réjane Roure. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Gaulois au fil de l’eau. Actes du 37e colloque de l’Association française pour l’étude de l’âge du Fer (Montpellier, 7-11 mai 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoires (39), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.143-166, 2015, 978-2-35613-129-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02343264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une analyse diachronique des dynamiques insulaires (culture, environnement, économie) : l’île de Groix comme étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Guyodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lorena Audouard et Benjamin Gehres. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Somewhere Beyond The Sea" The islands of Brittany (France): an archaeological, geographical and historical point of view</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BAR – S2705, pp.1-13, 2015, British Archaeological Reports, International Series, 978 1 4073 1356 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02343227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des ressources argileuses des groupes rubanés d’Alsace : détermination pétrographique des pratiques techniques dans leurs acquisitions, sélections et préparations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e colloque Interrégional sur le Néolithique - Néolithisations unité et diversité du Néolithique ancien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les productions de terra nigra dans le Centre-Ouest : essai de caractérisations chimiques et pétrographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lola Trin-Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bocquet-Liénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Pesquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de la SFECAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Étude de la Céramique Antique en Gaule (SFECAG), May 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04573901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tecnología cerámica y movilidad en contextos de montaña: procesos de neolitización en los Pirineos occidentales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Santamaría</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Barandiaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alonso-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIII Congreso Internacional del Neolítico en la Península Ibérica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Madrid, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Mobility In The Western Pyrenees: Raw Material Procurement In Neolithic Pottery Manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urko Santamaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Cava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Barandiaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Mujika-Alustiza José</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th annual meeting of the European Association of Archaeologists (EAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’or des Grecs, l’or des Celtes. Transferts et interactions, IVe-IIIe s. av. n.-è.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Olivier</w:t>
+                <w:t xml:space="preserve">Dynamiques socio-technologiques d’un espace micro territorial néolithique : Les enceintes de Charmé et l’évolution des traditions techniques de la chaîne opératoire des céramiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gehres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Artru</w:t>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVREVS. Le pouvoir de l'or.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; Frédérique Duyrat; Sylvia Nieto-Pelletier; Maryse Blet-Lemarquand, Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">14es Rencontres Méridionales de Préhistoire récente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03027355v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques socio-technologiques d’un espace micro territorial néolithique : Les enceintes de Charmé et l’évolution des traditions techniques de la chaîne opératoire des céramiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Nothing Else “Than Local” Matter? The Case of LBK Ceramics From Alsace (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Ard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14es Rencontres Méridionales de Préhistoire récente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Narbonne, France</w:t>
+              <w:t xml:space="preserve">29th annual meeting of the European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259728v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nothing Else “Than Local” Matter? The Case of LBK Ceramics From Alsace (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">L’or des Grecs, l’or des Celtes. Transferts et interactions, IVe-IIIe s. av. n.-è.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th annual meeting of the European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2023, Belfast, United Kingdom</w:t>
+              <w:t xml:space="preserve">AVREVS. Le pouvoir de l'or.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; Frédérique Duyrat; Sylvia Nieto-Pelletier; Maryse Blet-Lemarquand, Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196990v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Approach to the Economic Networks And technical Craft Traditions of the LBK in Alsace (France): the Contribution of Analyses of Ceramic Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Ceramic Petrographic Groupe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Gand (Belgique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche des réseaux économiques et des traditions techniques artisanales du Néolithique ancien en Alsace (France) : l’apport des analyses des matériaux céramiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMPCA, Colloque d’Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technological innovations in the mountains: Neolithic pottery in the Western Pyrenees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urko Santamaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Cava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Barandiaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th annual meeting of the European Association of Archaeologists (EAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic and artisanal territories during the Early Neolithic in Alsace (France): ceramic materials as a vector of information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Gomart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Giligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 13: Palaeoclimate changes, landscape evolution and human societies - from sedimentary basins to industrial landscapes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ath “ Les Haleurs “, two villages lbk and blicquy/villeneuve-saint-germain: search for transition mechanisms through the integrated study of productions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Approches archéométriques et paléo-économiques des productions des ateliers céramiques à l’âge du Fer en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA Conference. Session #276 : Crossed Approaches To Transitions In The Neolithic: Understanding Social Mechanisms Underlying Material Culture Transformation Using The Concept Of Chaîne Opératoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">XLVe colloque de l’Association Française pour l’Étude de l’Âge du Fer,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, GijÓn, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03934410v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution des réseaux de transmission des céramiques et des savoir-faire artisanaux : l’exemple des systèmes insulaires et littoraux de l’ouest de la France, du Néolithique à l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque HOMER 2020, Archéologie des Peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belle-Île en Mer ou la non-insularité : une île-continent de la fin du Néolithique à l’âge du Fer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ath “ Les Haleurs “, two villages lbk and blicquy/villeneuve-saint-germain: search for transition mechanisms through the integrated study of productions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Deramaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Goemaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque HOMER 2020, Archéologie des Peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Oléron, France</w:t>
+              <w:t xml:space="preserve">EAA Conference. Session #276 : Crossed Approaches To Transitions In The Neolithic: Understanding Social Mechanisms Underlying Material Culture Transformation Using The Concept Of Chaîne Opératoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05067660v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches archéométriques et paléo-économiques des productions des ateliers céramiques à l’âge du Fer en Bretagne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Belle-Île en Mer ou la non-insularité : une île-continent de la fin du Néolithique à l’âge du Fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Guiavarc'H</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XLVe colloque de l’Association Française pour l’Étude de l’Âge du Fer,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, GijÓn, Espagne</w:t>
+              <w:t xml:space="preserve">Colloque HOMER 2020, Archéologie des Peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05067670v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ors de Syracuse et de Carthage, du règne d’Agathocle à la fin de la Première Guerre punique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Petrographically similar but chemically different: the application of LA-ICP-MS on the mineral inclusions in the sourcing of ceramics raw materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Hochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : AVREVS. Le pouvoir de l’or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; Centre Ernest-Babelon de l’IRAMAT; Département des Monnaies, médailles et antiques de la Bibliothèque nationale de France., Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551952v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fingerprinting of roman gold by LA-ICP-MS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">L’or des Grecs, l’or des Celtes. Transferts et interactions, IVe-IIIe s. av. n.-è.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII° congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque AVREVS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT - Centre Ernest Babelon; Bibliothèque nationale de France - Département des Monnaies, médailles et antiques, Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565297v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02564011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The AUREUS program, study and characterization of minted gold in the West from the end of the Hellenistic period to the first century of our era</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">L’or monnayé romain de la Deuxième Guerre punique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII° congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international : AVREVS. Le pouvoir de l’or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; Centre Ernest-Babelon de l’IRAMAT; Bibliothèque nationale de France - Département des Monnaies, médailles et antiques, Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565285v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea, ceramics and islands in western France, a diachronic perspective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">La Manche, frontière ou vecteur d'échange économique et culturel. L'apport des études pétrographiques des céramiques, l'exemple du site gaulois de la Batterie-Basse (Manche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093645v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferts d’or vers le monnayage romain de Sylla à Auguste (88-27 av. n. è.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">The fingerprinting of roman gold by LA-ICP-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Suspène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Flament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international "AVREVS : le pouvoir de l'or / the power of gold"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT-CEB; BNF (MMA), Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">XVIII° congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02564109v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Manche, frontière ou vecteur d'échange économique et culturel. L'apport des études pétrographiques des céramiques, l'exemple du site gaulois de la Batterie-Basse (Manche)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The AUREUS program, study and characterization of minted gold in the West from the end of the Hellenistic period to the first century of our era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Duyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">XVIII° congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093666v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie des analyses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ors de Syracuse et de Carthage, du règne d’Agathocle à la fin de la Première Guerre punique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Flament</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Hochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international "AVREVS : le pouvoir de l'or / the power of gold"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT-CEB; BNF (MMA), Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">Colloque international : AVREVS. Le pouvoir de l’or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; Centre Ernest-Babelon de l’IRAMAT; Département des Monnaies, médailles et antiques de la Bibliothèque nationale de France., Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032125v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’or des Grecs, l’or des Celtes. Transferts et interactions, IVe-IIIe s. av. n.-è.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Transferts d’or vers le monnayage romain de Sylla à Auguste (88-27 av. n. è.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Flament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque AVREVS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT - Centre Ernest Babelon; Bibliothèque nationale de France - Département des Monnaies, médailles et antiques, Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">colloque international "AVREVS : le pouvoir de l'or / the power of gold"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT-CEB; BNF (MMA), Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02564011v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02564109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’or monnayé romain de la Deuxième Guerre punique</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sea, ceramics and islands in western France, a diachronic perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : AVREVS. Le pouvoir de l’or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Suspène; Centre Ernest-Babelon de l’IRAMAT; Bibliothèque nationale de France - Département des Monnaies, médailles et antiques, Nov 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551911v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petrographically similar but chemically different: the application of LA-ICP-MS on the mineral inclusions in the sourcing of ceramics raw materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Méthodologie des analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Flament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque international "AVREVS : le pouvoir de l'or / the power of gold"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Suspène; IRAMAT-CEB; BNF (MMA), Nov 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093053v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statut des céramiques et de la matière première des terres cuites au Néolithique dans le Massif armoricain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gold coinage and debasement. A preliminary examination of the fineness of Roman gold coinage from the Republic and early Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Suspène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Bocciarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème colloque interrégional sur le Néolithique, Statut des objets, des lieux et des Hommes au Néolithique &amp; Actualité de la Recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Debasement. Manipulation of Coin Standards in Pre-Modern Monetary Systems. A Workshop at the University of Warwick, Friday 24 March – Saturday 25 March 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Coventry, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086221v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03130522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statut des îles bretonnes au Néolithique : des îles en marge des réseaux d'échanges ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">La signature chimique des inclusions minérales comme traceur de l’origine des céramiques: l’apport des analyses par LA-ICP-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème colloque interrégional sur le Néolithique, Statut des objets, des lieux et des Hommes au Néolithique &amp; Actualité de la Recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Actes de la table ronde de Namur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Namur, Belgique. pp.177-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085982v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La signature chimique des inclusions minérales comme traceur de l’origine des céramiques: l’apport des analyses par LA-ICP-MS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Statut des céramiques et de la matière première des terres cuites au Néolithique dans le Massif armoricain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la table ronde de Namur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Namur, Belgique. pp.177-197</w:t>
+              <w:t xml:space="preserve">32ème colloque interrégional sur le Néolithique, Statut des objets, des lieux et des Hommes au Néolithique &amp; Actualité de la Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086783v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The application of LA-ICP-MS in the fingerprinting of raw materials: the examples of gold coinages and prehistoric ceramics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Statut des îles bretonnes au Néolithique : des îles en marge des réseaux d'échanges ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th MaSC Workshop and Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HERCULES Lab, University of Évora, Sep 2017, Évora, Portugal</w:t>
+              <w:t xml:space="preserve">32ème colloque interrégional sur le Néolithique, Statut des objets, des lieux et des Hommes au Néolithique &amp; Actualité de la Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087432v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold coinage and debasement. A preliminary examination of the fineness of Roman gold coinage from the Republic and early Empire</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The application of LA-ICP-MS in the fingerprinting of raw materials: the examples of gold coinages and prehistoric ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Debasement. Manipulation of Coin Standards in Pre-Modern Monetary Systems. A Workshop at the University of Warwick, Friday 24 March – Saturday 25 March 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Coventry, United Kingdom</w:t>
+              <w:t xml:space="preserve">8th MaSC Workshop and Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HERCULES Lab, University of Évora, Sep 2017, Évora, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...1896 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lorho</w:t>
-[...79 lines deleted...]
-                <w:t xml:space="preserve">hal-02343264v1</w:t>
+                <w:t xml:space="preserve">hal-02087432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8900,51 +8900,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océan, céramiques et îles dans l’ouest de la France. Approche archéométrique des relations paléo-économiques des populations insulaires du Néolithique à l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidestone Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 426 p., 2018, 9789088906237</w:t>
             </w:r>
           </w:p>
@@ -8971,64 +8971,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somewhere Beyond The Sea&amp;quot;. Les îles bretonnes (France): perspectives archéologiques, géographiques et historiques. Actes du Séminaire Archéologique de l’Ouest, 1er avril 2014, Rennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archaeopress, 123 p., 2015, BAR (British Archaeological Reports) International Series 2705, 978 1 4073 1356 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9078,103 +9078,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belle-Île en Mer, du Néolithique à l'âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.4-5</w:t>
@@ -9203,64 +9203,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données sur l'archéologie des îles bretonnes : apports de deux doctorats de l'UMR 6566</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 mars 2015. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, p.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9317,51 +9317,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connaissances des sociétés insulaires armoricaines par l’étude archéométrique du mobilier céramique : les réseaux d’échanges îles-continent : évolution du Néolithique à la période gallo-romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université Rennes 2, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016REN20012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9478,51 +9478,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1BDCC28"/>
+    <w:nsid w:val="3661D17A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9709,51 +9709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-gehres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-0715-3763" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519302v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Beaudouin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Boury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ceciliot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067004v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067052v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067036v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066980v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066970v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pesquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066992v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196899v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196875v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066958v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeunesse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Th&#233;baud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Boulaire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Trin-Lacombe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066998v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196895v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196979v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc&#8217;h" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586448v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066631v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259741v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Troccaz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519774v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519791v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519797v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247037v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Maguy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345934v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576226v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Valenti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Koehler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.19147" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756775v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w38" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195368v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766751v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Besse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piguet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Steimer-Herbet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bystritzsky-Papilloud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593082v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.10357" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196959v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Musch" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.11019" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040714v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003581520000153" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879981v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12338" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01810988v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.05.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879982v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lefort" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.5274" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493975v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tinevez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.4911" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02116045v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14892" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01544127v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739619v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1909" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067090v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573901v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067611v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Santamar&#237;a" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cava" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barandiaran" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197002v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urko Santamaria" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cava" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Barandiaran" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mujika-Alustiza Jos&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03027355v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Olivier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259728v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196990v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259758v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067642v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067636v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Marchand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067656v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934410v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Deramaix" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067666v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067660v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067670v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02551952v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Hochard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565297v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Susp&#232;ne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565285v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duyrat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093645v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02564109v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093666v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03032125v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02564011v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02551911v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093053v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086221v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02085982v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086783v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02087432v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03130522v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bocciarelli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04915797v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238451v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259688v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238467v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259658v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259648v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259589v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259614v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02539696v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03761342v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089674v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Choisy-Guillou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Le Forestier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086542v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/the-exploitation-of-raw-materials-in-prehistory" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146345v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519758v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savary" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Bannier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989934v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343227v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343264v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Bihan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorho" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02885237v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/ocean-ceramiques-et-iles-dans-l-ouest-de-la-france" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02460863v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951878v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02464981v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01512422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN20012" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-gehres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-0715-3763" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066631v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pesquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc'H" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Trin-Lacombe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066917v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Troccaz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519774v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Barreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519797v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345934v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247037v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Maguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576226v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Valenti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Koehler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.19147" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756775v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gomart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w38" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766751v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Besse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Steimer-Herbet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bystritzsky-Papilloud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196959v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duval" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Musch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.11019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.10357" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003581520000153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879981v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12338" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01810988v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.05.018" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879982v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lefort" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.5274" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02116045v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2018.14892" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493975v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tinevez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Marcoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.4911" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01544127v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739619v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1909" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519302v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perrin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Beaudouin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Boury" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ceciliot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066992v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067004v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067036v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067052v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067048v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066980v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067042v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067008v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066970v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196895v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066958v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeunesse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196875v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196899v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573965v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Th&#233;baud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Boulaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196979v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Guiavarc&#8217;h" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586448v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04915797v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238467v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Susp&#232;ne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259688v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Olivier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238451v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259658v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Hochard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259648v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duyrat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259614v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02539696v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bocciarelli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03761342v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089674v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Choisy-Guillou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Le Forestier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quesnel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086542v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/the-exploitation-of-raw-materials-in-prehistory" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519758v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savary" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Bannier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03989934v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146345v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Le Bihan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorho" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343227v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067090v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04573901v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067611v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Santamar&#237;a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cava" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barandiaran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197002v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urko Santamaria" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cava" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Barandiaran" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mujika-Alustiza Jos&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259728v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196990v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03027355v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259758v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067642v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067636v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Marchand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067656v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067670v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067666v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934410v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Deramaix" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067660v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093053v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02564011v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02551911v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093666v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565297v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565285v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02551952v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02564109v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02093645v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03032125v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03130522v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086783v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086221v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02085982v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02087432v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02885237v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/ocean-ceramiques-et-iles-dans-l-ouest-de-la-france" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02460863v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01951878v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02464981v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01512422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN20012" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>