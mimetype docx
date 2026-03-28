--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -502,2435 +502,2569 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and comparison of thermal comfort indicators based on a long-term campaign in low energy residences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Ondarts</w:t>
+                <w:t xml:space="preserve">Qualification of an online device for the measurement of the oxidative potential of atmospheric particulate matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Freche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Piard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takoua Mhadhbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2022.105707⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.7085 - 7104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-18-7085-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04409771v1</w:t>
+                <w:t xml:space="preserve">hal-05558274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of energy renovation on indoor air quality and thermal environment in winter of a primary school in a highly polluted French alpine valley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Kanama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Building Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 72, pp.106529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.106529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04409775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of CO2-based IAQ indicators: Feedback from long-term monitoring of three nearly zero-energy houses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Analysis and comparison of thermal comfort indicators based on a long-term campaign in low energy residences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María José Rueda López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassam Moujalled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ondarts</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Building Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 44, pp.103350. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2021.103350⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 65, pp.105707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2022.105707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626235v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04409771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of receptor and chemical transport models for PM10 source apportionment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.L. Jaffrezo</w:t>
+                <w:t xml:space="preserve">Relevance of CO2-based IAQ indicators: Feedback from long-term monitoring of three nearly zero-energy houses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María José Rueda López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ondarts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric environment: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aeaoa.2019.100053⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44, pp.103350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2021.103350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02479476v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyols and glucose particulate species as tracers of primary biogenic organic aerosols at 28 French sites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Jacob</w:t>
+                <w:t xml:space="preserve">Evaluation of receptor and chemical transport models for PM10 source apportionment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.A. Belis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pernigotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pirovano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-19-3357-2019⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric environment: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.100053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aeaoa.2019.100053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02442703v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and quantification of particulate tracers of exhaust and non-exhaust vehicle emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Polo-Rehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (7), pp.5187-5207. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-19-5187-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02113941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic markers and OC source apportionment for seasonal variations of PM2.5 at 5 rural sites in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Jacob</w:t>
+                <w:t xml:space="preserve">Coastal water vapor isotopic composition driven by katabatic wind variability in summer at Dumont 1 d'Urville, coastal East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bréant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Leroy dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Casado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.10.027⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 514, pp.37-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02017138v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal water vapor isotopic composition driven by katabatic wind variability in summer at Dumont 1 d'Urville, coastal East Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Organic markers and OC source apportionment for seasonal variations of PM2.5 at 5 rural sites in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bréant</w:t>
+                <w:t xml:space="preserve">Abdoulaye Samake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Leroy dos Santos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Elise Fourré</w:t>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.03.004⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 198, pp.142-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.10.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02358191v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabitol, mannitol, and glucose as tracers of primary biogenic organic aerosol: the influence of environmental factors on ambient air concentrations and spatial distribution over France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Samake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19, pp.11013-11030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-19-11013-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02442664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of organic fraction does matter for source apportionment. Part 1 : A one-year campaign in Grenoble (France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Polyols and glucose particulate species as tracers of primary biogenic organic aerosols at 28 French sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Samake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Golly</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.12.135⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (5), pp.3357-3374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-19-3357-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01853324v1</w:t>
+                <w:t xml:space="preserve">hal-02442703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bed flow photoreactor experiments to assess the photocatalytic nitrogen oxides abatement under simulated atmospheric conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Boreave</w:t>
+                <w:t xml:space="preserve">Speciation of organic fraction does matter for source apportionment. Part 1 : A one-year campaign in Grenoble (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepchandra Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tomaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grazia-Maria Lanzafame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.03.010⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 624, pp.1598-1611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.12.135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868871v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01853324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argon offline-AMS source apportionment of organic aerosol over yearly cycles for an urban, rural, and marine site in northern Europe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vidmantas Ulevicius</w:t>
+                <w:t xml:space="preserve">Bed flow photoreactor experiments to assess the photocatalytic nitrogen oxides abatement under simulated atmospheric conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ifang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gallus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boreave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-17-117-2017⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 231 (---), pp.161-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01428040v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast oxidation processes from emission to ambient air introduction of aerosol emitted by residential log wood stoves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Verlhac Stéphane</w:t>
+                <w:t xml:space="preserve">Argon offline-AMS source apportionment of organic aerosol over yearly cycles for an urban, rural, and marine site in northern Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Bozzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliya Sosedova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mao Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaspar R. Daellenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vidmantas Ulevicius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.08.002⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (17), pp.117-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-17-117-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535815v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01428040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large chemical characterisation of PM10 emitted from graphite material production: Application in source apportionment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Fast oxidation processes from emission to ambient air introduction of aerosol emitted by residential log wood stoves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nalin Federica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pelletier Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aujay-Plouzeau Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verlhac Stéphane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.07.115⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143, pp.15-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">insu-01286606v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répartition et quantification des sources de HAP en vallées alpines par des composés organiques soufrés : impact industriel ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large chemical characterisation of PM10 emitted from graphite material production: Application in source apportionment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brulfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berlioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 538, pp.634-643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.07.115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535891v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01286606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source apportionment of PM10 in a north-western Europe regional urban background site (Lens, France) using positive matrix factorization and including primary biogenic emissions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Répartition et quantification des sources de HAP en vallées alpines par des composés organiques soufrés : impact industriel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brulfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Waked</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J.-E. Petit</w:t>
+                <w:t xml:space="preserve">Gérard Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 224</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01539458v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel-Manganese Catalysts as Biomimics of the active site of NiFe hydrogenases: a Combined Electrocatalytical and DFT Mechanistic Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Fontecave</w:t>
+                <w:t xml:space="preserve">Source apportionment of PM10 in a north-western Europe regional urban background site (Lens, France) using positive matrix factorization and including primary biogenic emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Alleman L.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-E. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy and Environmental Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (7), pp.3325-3346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-14-3325-2014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01069171v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01539458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nickel-Manganese Catalysts as Biomimics of the active site of NiFe hydrogenases: a Combined Electrocatalytical and DFT Mechanistic Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fourmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigolène Canaguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin J Field</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fontecave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energy and Environmental Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.2417-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A nickel–manganese catalyst as a biomimic of the active site of NiFe hydrogenases: a combined electrocatalytical and DFT mechanistic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fourmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigolène Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin J Field</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fontecave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 4 (7), pp.2417-2427. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C0EE00736F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2940,833 +3074,833 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buildings located in valley cities : An original study for the characterization of the human exposure to the infiltrated outdoor air with measurements of oxidative potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Decilap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Italian Aerosol Society, Aug 2025, Lecce, Italy. pp.463/1154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05408374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the indoor/outdoor dynamic of some air pollutants in three buildings located in the valley city of Chambéry, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Decilap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44th AIVC -12th TightVent &amp; 10th venticool Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIVC, Oct 2024, Dublin, Ireland. pp. 621-626/882</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DÉVELOPPEMENT D'UNE FENÊTRE PARIÉTO-DYNAMIQUE FILTRANTE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">On-site assessment of the IAQ benefits of an innovative airflow window having an electrostatic particle filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eol Geffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gonze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Ondarts</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Greffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36ème Congrès Français sur les Aérosols</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11th International Conference on Indoor Air Quality, Ventilation &amp; Energy Conservation in Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Tokyo (Japan), Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04624892v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-site assessment of the IAQ benefits of an innovative airflow window having an electrostatic particle filter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">DÉVELOPPEMENT D'UNE FENÊTRE PARIÉTO-DYNAMIQUE FILTRANTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eol Geffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Gonze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Guitton</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Indoor Air Quality, Ventilation &amp; Energy Conservation in Buildings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">36ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2023-32939⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04624910v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of energy renovation on indoor air quality of a French school building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Kanama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations in Energy Engineering &amp; Cleaner Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of innovative window using electrostatic air filtration for indoor air quality improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eol Geffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gonze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Greffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Kuopio, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of CO2-Based IAQ Indicators: Lessons from a Long-Term Monitoring of Three Positive and Nearly Zero Energy Houses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María José Rueda López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gonze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3785,3655 +3919,3655 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAQ 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Athenes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activated biochar from spruce and pine wood applied for pharmaceuticals molecules removal from water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. A. Azzaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Reinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guittonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMCEI, 3rd Euro-Mediterranean Conference for Environmental Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of formaldehyde and nitrogen dioxide by activated carbons prepared from chitosane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Duclaux</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M. Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Reinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Annual IS2M meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activated carbon beads from chitosan for the NO2 and formaldehyde removal from indoor air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Duclaux</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M. Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Reinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAP 2021, The 11th Interfaces Against Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, distanciel (Wuhan), China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of the PBOA fraction of PM10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Samaké</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque sur la Chimie Atmosphérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Specific Primary and Secondary Organic Markers for PM Source Apportionment Based on Positive Matrix Factorization (PMF).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepchandra Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perraudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Lucarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Aerosol Conference 2018 (IAC 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Saint Louis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-03239340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source apportionment of atmospheric particulate matter (PM) using a constrained US-EPA-PMF5.0 model at different urban environments in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalia Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.EGU2017-15210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01853465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source apportionment of atmospheric particulate matter (PM10) using a constrained USEPA-PMF5.0 model on different urban environments in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalia Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01853517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demonstrating that speciation of organic fraction does matter for source apportionment : use of specific primary and secondary organic markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepchandra Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perraudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36. AAAR annual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Raleigh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01853122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonized PM source apportionment on a large set of various French sites using constrained Positive Matrix Factorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalia Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal variation of PM10 chemical constituents in different French urban environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.EGU2016-15445</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen's stable isotopes as a proxy to determine ammonium sources in PM using a Monte Carlo's simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Conil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of PMF methodology using an extended suite of specific organic tracers : What benefits/what drawbacks ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Study of the emission dynamic from residential wood combustion of pollutants of interest: PM, BC, OM, VOCs and levoglucosan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Albinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Pellerano</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Nalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">European Meeting on Environmental Chemistry (EMEC 16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Torino, Italy. pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855115v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the emission dynamic from residential wood combustion of pollutants of interest: PM, BC, OM, VOCs and levoglucosan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Improvement of PMF methodology using an extended suite of specific organic tracers : What benefits/what drawbacks ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Albinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Federica Nalin</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pellerano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Meeting on Environmental Chemistry (EMEC 16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Torino, Italy. pp.31</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855186v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PM source apportionment by Positive Matrix Factorization (PMF) using an extended aerosol chemical characterization including specific molecular markers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by residential log wood stoves : highlight of fast oxidation processes from emission to ambient air introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Nalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Aujay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">25. International Symposium on Polycyclic Aromatic Compounds (ISPAC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855119v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by residential log wood stoves : highlight of fast oxidation processes from emission to ambient air introduction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robin Aujay</w:t>
+                <w:t xml:space="preserve">PM source apportionment by Positive Matrix Factorization (PMF) using an extended aerosol chemical characterization including specific molecular markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepchandra Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. International Symposium on Polycyclic Aromatic Compounds (ISPAC 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855103v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic approach for sources deconvolution of atmospheric NH4 NO3</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of one year measurements in Arve valley to the chemical knowledge of alpine valleys and deconvolution of combustion sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Erbland</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Golly</w:t>
+                <w:t xml:space="preserve">F. Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ježek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Močnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855120v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of one year measurements in Arve valley to the chemical knowledge of alpine valleys and deconvolution of combustion sources</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isotopic approach for sources deconvolution of atmospheric NH4 NO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Močnik</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Brulfert</w:t>
+                <w:t xml:space="preserve">A. Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Erbland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966415v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The N stable isotopes from particulate ammonium nitrate: understanding of the atmospheric processes and the sources of PM10 in France</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Emission dynamic from residential wood combustion : PM, BC, OM, VOCs and levoglucosan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Albinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Savarino</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Nalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855116v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emission dynamic from residential wood combustion : PM, BC, OM, VOCs and levoglucosan</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">The N stable isotopes from particulate ammonium nitrate: understanding of the atmospheric processes and the sources of PM10 in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Federica Nalin</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855106v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source Apportionment of PM10 in a North-Western Europe Regional Urban Background Site (Lens, France): Interest of the Use of Organic Tracers in a Positive Matrix Factorization Methodology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Répartition et quantification des sources de HAP en vallées alpines par des composés organiques soufrés : impact industriel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brulfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berlioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAAR 33nd Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Orlando (FL), United States</w:t>
+              <w:t xml:space="preserve">Journées Interdisciplinaires de la Qualité de l’Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224329v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source apportionment of PM10 in a North-Western Europe regional urban background site (Lens, France) : interest of the use of organic tracers in a positive matrix factorization methodology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Source Apportionment of PM10 in a North-Western Europe Regional Urban Background Site (Lens, France): Interest of the Use of Organic Tracers in a Positive Matrix Factorization Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Waked</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. Annual conference of the American Association for Aerosol Research (AAAR)</w:t>
+              <w:t xml:space="preserve">Annual conference of American Association for Aerosol Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01852858v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source Apportionment of PM10 in a North-Western Europe Regional Urban Background Site (Lens, France): Interest of the Use of Organic Tracers in a Positive Matrix Factorization Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Waked</w:t>
+                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by domestic wood stoves : evidence of fast oxidation processes from emission to ambient air introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Nalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christine Piot</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Aujay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual conference of American Association for Aerosol Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
+              <w:t xml:space="preserve">International Aerosol Conference (IAC 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966409v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by domestic wood stoves : evidence of fast oxidation processes from emission to ambient air introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Federica Nalin</w:t>
+                <w:t xml:space="preserve">On the Use of Organic Molecular Markers for the Apportionment of Aerosols - Insight from PMF Analysis at 3 French Urban Sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robin Aujay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference (IAC 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">Annual conference of American Association for Aerosol Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855555v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Use of Organic Molecular Markers for the Apportionment of Aerosols - Insight from PMF Analysis at 3 French Urban Sites</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by domestic log wood burners: evidence of fast oxidation processes from emission to ambient air introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Nalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Golly</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Aujay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual conference of American Association for Aerosol Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
+              <w:t xml:space="preserve">International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966403v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répartition et quantification des sources de HAP en vallées alpines par des composés organiques soufrés : impact industriel ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Berlioux</w:t>
+                <w:t xml:space="preserve">On the use of organic molecular markers for the apportionment of aerosols - Insight from PMF analysis at 3 French urban sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Interdisciplinaires de la Qualité de l’Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">33. Annual conference of the American Association for Aerosol Research (AAAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803215v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01852857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical evolution of the aerosol emitted by domestic log wood burners: evidence of fast oxidation processes from emission to ambient air introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Federica Nalin</w:t>
+                <w:t xml:space="preserve">Source apportionment of PM10 in a North-Western Europe regional urban background site (Lens, France) : interest of the use of organic tracers in a positive matrix factorization methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Robin Aujay</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">33. Annual conference of the American Association for Aerosol Research (AAAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966388v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01852858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of organic molecular markers for the apportionment of aerosols - Insight from PMF analysis at 3 French urban sites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Golly</w:t>
+                <w:t xml:space="preserve">Source Apportionment of PM10 in a North-Western Europe Regional Urban Background Site (Lens, France): Interest of the Use of Organic Tracers in a Positive Matrix Factorization Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. Annual conference of the American Association for Aerosol Research (AAAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Orlando, United States</w:t>
+              <w:t xml:space="preserve">AAAR 33nd Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Orlando (FL), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01852857v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polycyclic Aromatic Sulfur Heterocycles (PASHS): new tracers of industrial emissions for PAHs source apportionment in atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Polycyclic Aromatic Compounds (ISPAC) 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Corvallis, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01767405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des processus photocatalytiques pour la dépollution de l'air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Danna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque francophone POGAT 2011 "Polluants Organiques générés"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00711101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7443,1667 +7577,1667 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wood branches: from an environmental burden to efficient biochars for micropollutants removal in aqueous solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. A. Azzaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Reinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guittonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ondarts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAP 2021, The 11th Interfaces Against Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, distanciel (Wuhan), China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Specific Primary and Secondary Organic Markers for PM Source Apportionment Based on Positive Matrix Factorization (PMF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perraudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Aerosol Conference (IAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, St. Louis, Missouri, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source apportionment of atmospheric particulate matter (PM) using a constrained US-EPA-PMF5.0 model at different urban environments in France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Influence of the renewal of residential wood stoves on the PM biomass burning contribution in a French Alps valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sylvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y. Alleman L.</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Francony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966611v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the renewal of residential wood stoves on the PM biomass burning contribution in a French Alps valley</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Source apportionment of atmospheric particulate matter (PM) using a constrained US-EPA-PMF5.0 model at different urban environments in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.L. Jaffrezo</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Alleman L.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966607v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal variation of PM chemical constituents in different French urban environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal variation of PM chemical constituents in different French urban environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of PMF methodology using an extended suite of specific organic tracers: What benefits/what drawbacks?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Waked</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Albinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pellerano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of one year measurements in Arve valley to the chemical knowledge of alpine valleys and deconvolution of combustion sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ježek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Chevrier</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Močnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque LEFE/CHAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of BC sources in a closed alpine valley in France : seasonal variations and specificities of biomass burning impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brulfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulfur containing Polycyclic Aromatic Hydrocarbons (PASHs) : new perspectives of tracers for source apportionment of aerosols</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Identification des sources d’émission des polluants organiques persistants dans les vallées alpines par l’utilisation de nouveau traceurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl. Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Granada, Spain. 2012</w:t>
+              <w:t xml:space="preserve">Journée de la Société Chimique de France section Rhône Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801133v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des sources d’émission des polluants organiques persistants dans les vallées alpines par l’utilisation de nouveau traceurs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Detailed chemical characterization of ultrafine particles from vehicle exhaust.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Donaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Polo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cozic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Société Chimique de France section Rhône Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. 2012</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Granada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803336v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed chemical characterization of ultrafine particles from vehicle exhaust.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+                <w:t xml:space="preserve">Sulfur containing Polycyclic Aromatic Hydrocarbons (PASHs) : new perspectives of tracers for source apportionment of aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Granada, Spain. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801127v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arrangement filtrant pour cadre d’une menuiserie de bâtiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Blondeau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eol Geffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gonze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2201654. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9113,269 +9247,269 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WINFIL : Développement et caractérisation d’une fenêtre fonctionnalisée énergie et qualité de l’air intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Blondeau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eol Geffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Gonze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Rochelle Université, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EVALUATION DES IMPACTS SUR LA QUALITE DE L'AIR DES ACTIONS DE MODERNISATION DU PARC D'APPAREILS DE CHAUFFAGE AU BOIS A LANSLEBOURG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carteret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 1162C0048, ADEME. 2014, pp.149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02014899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9385,114 +9519,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des sources et de la dynamique atmosphérique de polluants organiques particulaires en vallées alpines : apport de nouveaux traceurs organiques aux modèles récepteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Golly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Grenoble, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014GRENA019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01089232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId235"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9639,51 +9773,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05291757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reinert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ondarts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137701v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Freche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Piard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Richard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Mhadhbi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2025-2021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05454350v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#237;ssa Gabrielle Silva Ara&#250;jo Andrade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Golly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marx Chhay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;dila Giovana Guerra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.134972" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409771v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; Rueda L&#243;pez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Moujalled" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Guyot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2022.105707" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409775v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Kanama" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Outin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106529" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626235v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2021.103350" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02479476v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Belis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pernigotti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirovano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Favez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jaffrezo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2019.100053" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442703v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samake" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3357-2019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02113941v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Polo-Rehn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Buisson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-5187-2019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02017138v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.10.027" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LVRNWK0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358191v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Br&#233;ant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroy dos Santos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.03.004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442664v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11013-2019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853324v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepchandra Srivastava" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tomaz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia-Maria Lanzafame" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.12.135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868871v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mothes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ifang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Golly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boreave" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.03.010" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01428040v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Bozzetti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Sosedova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mao Xiao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar R. Daellenbach" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidmantas Ulevicius" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-117-2017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535815v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalin Federica" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Charles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aujay-Plouzeau Robin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verlhac St&#233;phane" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.08.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01286606v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brulfert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berlioux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Jaffrezo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.07.115" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG4D5PC0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535891v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brulfert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berlioux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539458v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alleman L." TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Petit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-3325-2014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069171v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourmond" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigol&#232;ne Canaguier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Field" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139836v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0EE00736F" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408374v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Decilap" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04786337v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624892v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eol Geffre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gonze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2023-32939" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624910v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Greffet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guitton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624952v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624930v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624969v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415322v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Azzaz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reinert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guittonneau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cottin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ondarts" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415280v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duclaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Outin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415314v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147058v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samak&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239340v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perraudin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Lucarelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853465v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Salameh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853517v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Y. Alleman" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854279v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854136v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Salameh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854278v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Conil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855115v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellerano" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855186v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Collet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Petit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Nalin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855119v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855103v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pelletier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Aujay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855120v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbero" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caillon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Erbland" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966415v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevrier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Je&#382;ek" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mo&#269;nik" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855116v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savarino" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855106v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224329v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852858v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966409v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855555v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pelletier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966403v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803215v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jaffrezo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966388v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852857v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01767405v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711101v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Monge" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Danna" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415324v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01872443v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Srivastava" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perraudin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Y. Alleman" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966611v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salameh" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966607v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sylvestre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Francony" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966601v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223872v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besombes" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966599v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albinet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966613v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801079v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801133v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapuis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803336v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Jaffrezo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801127v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Donaz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Polo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cozic" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108985v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109199v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02014899v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carteret" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01089232v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENA019" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05291757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reinert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ondarts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137701v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Freche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Piard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Richard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Mhadhbi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2025-2021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05454350v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#237;ssa Gabrielle Silva Ara&#250;jo Andrade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Golly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marx Chhay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;dila Giovana Guerra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.134972" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05558274v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-7085-2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409775v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Kanama" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Guyot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Outin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.106529" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409771v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; Rueda L&#243;pez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Moujalled" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2022.105707" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626235v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2021.103350" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02479476v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Belis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pernigotti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirovano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Favez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jaffrezo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2019.100053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02113941v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Polo-Rehn" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Buisson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-5187-2019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358191v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Br&#233;ant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroy dos Santos" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.03.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02017138v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samake" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.10.027" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LVRNWK0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442664v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11013-2019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442703v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3357-2019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853324v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepchandra Srivastava" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tomaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia-Maria Lanzafame" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.12.135" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868871v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mothes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ifang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallus" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Golly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boreave" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.03.010" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01428040v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Bozzetti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Sosedova" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mao Xiao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar R. Daellenbach" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidmantas Ulevicius" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-117-2017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535815v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalin Federica" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Charles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aujay-Plouzeau Robin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verlhac St&#233;phane" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.08.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01286606v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brulfert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berlioux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Jaffrezo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.07.115" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG4D5PC0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535891v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brulfert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berlioux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539458v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alleman L." TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Petit" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-3325-2014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069171v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourmond" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigol&#232;ne Canaguier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J Field" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139836v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0EE00736F" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408374v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Decilap" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04786337v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624910v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eol Geffre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gonze" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Greffet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guitton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624892v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2023-32939" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624952v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624930v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04624969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415322v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Azzaz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reinert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guittonneau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cottin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ondarts" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415280v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duclaux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Outin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415314v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147058v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samak&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239340v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perraudin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Lucarelli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853465v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Salameh" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853517v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Y. Alleman" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853122v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854279v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854136v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Salameh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854278v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Conil" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855186v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Collet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Petit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Nalin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855115v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellerano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855103v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pelletier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Aujay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855119v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966415v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevrier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Je&#382;ek" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mo&#269;nik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855120v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbero" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caillon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Erbland" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855106v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855116v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savarino" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803215v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jaffrezo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966409v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855555v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pelletier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966403v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966388v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852857v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852858v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224329v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01767405v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711101v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Monge" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Danna" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03415324v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01872443v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Srivastava" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perraudin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Y. Alleman" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966607v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sylvestre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Francony" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966611v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salameh" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966601v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223872v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besombes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966599v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albinet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01966613v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801079v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803336v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Jaffrezo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapuis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801127v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Donaz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Polo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cozic" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801133v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108985v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109199v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02014899v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carteret" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01089232v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENA019" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>