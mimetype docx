--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -667,252 +667,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01491485v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of limit measures of higher-dimensional cellular automata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-organisation in cellular automata with coalescent particles: qualitative and quantitative approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Delacourt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
+                <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 61 (4), pp.1178-1213. </w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 167 (5), pp.1180 - 1220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00224-017-9753-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10955-017-1760-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01719833v1</w:t>
+                <w:t xml:space="preserve">hal-01274504v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-organisation in cellular automata with coalescent particles: qualitative and quantitative approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterisation of limit measures of higher-dimensional cellular automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 167 (5), pp.1180 - 1220. </w:t>
+              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (4), pp.1178-1213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10955-017-1760-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00224-017-9753-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01274504v2</w:t>
+                <w:t xml:space="preserve">hal-01719833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of sets of limit measures of a cellular automaton iterated on a random configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38 (2), pp.601-650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1641,51 +1641,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entry times in automata with simple defect dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1736,51 +1736,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-organization in Cellular Automata: A Particle-Based Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hellouin de Menibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sablik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments in language theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Milan, Italy. pp.251-263, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2203,51 +2203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693345v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lutfalla" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vanier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2026.115756" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842725v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Gangloff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Opocha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084842v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Borgne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-AAP1651" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320671v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2019083" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092905v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Maturana Cornejo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2020116" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491485v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Salo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719833v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delacourt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-017-9753-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274504v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1760-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299001v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2016.46" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117426v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Amir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2025.139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Perrotin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2025.56" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265421v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pallen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-64309-5_12" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034705v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;aur" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33180-0_8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H Lutfalla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33264-7_9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573476v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Callard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2022.18" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722008v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Grandjean" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2018.496" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299964v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299958v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22321-1_22" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-V0759JJ2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499852v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicanor Carrasco-Vargas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka T&#246;rm&#228;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693345v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lutfalla" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vanier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2026.115756" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842725v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Gangloff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Opocha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084842v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Borgne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-AAP1651" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320671v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2019083" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092905v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Maturana Cornejo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2020116" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491485v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Salo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Theyssier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274504v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1760-8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719833v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delacourt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-017-9753-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299001v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2016.46" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117426v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Amir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2025.139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Perrotin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2025.56" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265421v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pallen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-64309-5_12" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034705v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;aur" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33180-0_8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H Lutfalla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33264-7_9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573476v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Callard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2022.18" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722008v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Grandjean" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2018.496" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299964v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299958v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-22321-1_22" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-V0759JJ2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499852v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicanor Carrasco-Vargas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka T&#246;rm&#228;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>