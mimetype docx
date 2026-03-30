--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1264,243 +1264,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02528141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’oeuvre au-delà d’elle-même: le land art saisi par l’oeil cinématographique, un geste qui documente pour faire oeuvre.</w:t>
+                <w:t xml:space="preserve">De la paroi cellulaire à la transparence écranique (milieu, membrane, épaisseur)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intexto </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Furia Umana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02274959v1</w:t>
+                <w:t xml:space="preserve">hal-02335523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la paroi cellulaire à la transparence écranique (milieu, membrane, épaisseur)</w:t>
+                <w:t xml:space="preserve">L’éloge de la résilience. Entretien avec Valérie Massadian pour la sortie de son film Milla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Furia Umana</w:t>
+              <w:t xml:space="preserve">Camira </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02335523v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02139358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éloge de la résilience. Entretien avec Valérie Massadian pour la sortie de son film Milla</w:t>
+                <w:t xml:space="preserve">L’oeuvre au-delà d’elle-même: le land art saisi par l’oeil cinématographique, un geste qui documente pour faire oeuvre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Camira </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Intexto </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, set./dez. 2019 (47), pp.20-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19132/1807-8583201947.20-38⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02139358v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02274959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utopies et hétérotopies de l’espace cinématographique - Retour sur la 32e édition d’Entrevues Belfort</w:t>
               </w:r>
@@ -5050,51 +5050,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8167FF63"/>
+    <w:nsid w:val="56F9CF05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5198,51 +5198,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="8C70FD0F"/>
+    <w:nsid w:val="7A8DF888"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5346,51 +5346,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="D29665AE"/>
+    <w:nsid w:val="97E50F0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5583,51 +5583,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-leon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6030-360X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144315459" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin L&#233;on" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583.57.139282" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173805v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Robert-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Schefer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101523ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173818v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101525ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355721v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Langendorff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099939v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Franco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Texier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233423v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169668v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tixier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099954v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528259v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528141v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274959v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583201947.20-38" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335523v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139358v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826052v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513671v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583201636.30-45" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139350v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01567419v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Camporesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139196v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01567443v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01540034v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01514989v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513640v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513684v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05339083v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Matte&#239;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227566v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227593v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212195v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212187v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212190v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212194v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05335803v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212185v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212182v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212180v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212179v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212175v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212173v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212151v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212144v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517488v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01515653v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01515615v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01516004v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212203v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209478v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmimesis.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212205v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212200v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmimesis.fr/catalogue/cinematerialismes/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05335811v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/cinema-emergences-resurgences/penser-les-formes-filmiques-contemporaines-1126697.kjsp?RH=1613401864160" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441694v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genioeditorial.com/product-page/david-bowie-o-homem-que-caiu-na-tela-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528283v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=7870&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138569v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mimesisinternational.com/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636715v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.aup.nl/books/9789089649966-the-films-of-bill-morrison.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/9789089649966/CH03" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-leon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6030-360X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144315459" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin L&#233;on" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583.57.139282" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173805v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Robert-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Schefer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101523ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173818v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101525ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355721v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Langendorff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099939v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Franco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Texier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233423v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169668v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tixier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099954v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528259v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528141v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335523v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139358v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274959v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583201947.20-38" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826052v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513671v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19132/1807-8583201636.30-45" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139350v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01567419v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Camporesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139196v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01567443v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01540034v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01514989v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513640v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513684v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05339083v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Matte&#239;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227566v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227593v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212195v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212187v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212190v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212194v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05335803v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212185v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212182v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212180v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212179v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212175v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212173v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212151v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212144v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517488v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01515653v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01515615v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01516004v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212203v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209478v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmimesis.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212205v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212200v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmimesis.fr/catalogue/cinematerialismes/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-05335811v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/toutes-nos-collections/cinema-emergences-resurgences/penser-les-formes-filmiques-contemporaines-1126697.kjsp?RH=1613401864160" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441694v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genioeditorial.com/product-page/david-bowie-o-homem-que-caiu-na-tela-1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528283v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=7870&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138569v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mimesisinternational.com/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636715v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.aup.nl/books/9789089649966-the-films-of-bill-morrison.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/9789089649966/CH03" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>