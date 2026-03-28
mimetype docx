--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1106,425 +1106,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05388693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composed epistemologies - A case from computer music research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CoMo.education: Collective and embodied storytelling in kindergarten using a gesture-sound interactive system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Voillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Undone Computer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MOCO '24: 9th International Conference on Movement and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Utrecht Netherlands, France. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3658852.3659070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451057v1</w:t>
+                <w:t xml:space="preserve">hal-04928729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Études pour système distribué et états partagés dans Max</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matéo Fayet</w:t>
+                <w:t xml:space="preserve">Designing a distributed musical instrument for collective improvised interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliénor Golvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marées Max</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AM '24: Audio Mostly 2024 - Explorations in Sonic Cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Milan, Italy. pp.405 - 420, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3678299.3678341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04866493v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing a distributed musical instrument for collective improvised interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aliénor Golvet</w:t>
+                <w:t xml:space="preserve">Études pour système distribué et états partagés dans Max</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Démoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Fayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AM '24: Audio Mostly 2024 - Explorations in Sonic Cultures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Marées Max</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Logelloù, Sep 2024, Penvénan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867345v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoMo.education: Collective and embodied storytelling in kindergarten using a gesture-sound interactive system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Composed epistemologies - A case from computer music research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joël Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOCO '24: 9th International Conference on Movement and Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Undone Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3658852.3659070⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04928729v1</w:t>
+                <w:t xml:space="preserve">hal-04451057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Prototyping of Distributed Musical Things using Web Technologies</w:t>
               </w:r>
@@ -1722,51 +1722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Golvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano L Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Démoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2360,269 +2360,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nü Soundworks : using spectators smartphones as a distributed network of speakers and sensors during live performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collective Loops: Multimodal Interactions Through Co-located Mobile Devices and Synchronized Audiovisual Rendering Based on Web Standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Schnell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Poirier-Quinot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Norbert Schnell</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Warusfel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Robaszkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Mubarak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Web Audio Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on Tangible and Embedded Interaction (TEI'17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Yokohama, Japan. pp.217-224, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3024969.3024972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01574171v1</w:t>
+                <w:t xml:space="preserve">hal-01561676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective Loops: Multimodal Interactions Through Co-located Mobile Devices and Synchronized Audiovisual Rendering Based on Web Standards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nü Soundworks : using spectators smartphones as a distributed network of speakers and sensors during live performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Poirier-Quinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Schnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Warusfel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Tangible and Embedded Interaction (TEI'17)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Web Audio Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Center For Digital Music - Queen Mary University of London, Aug 2017, London, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01561676v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GrainField</w:t>
               </w:r>
@@ -2716,51 +2716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Schnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Matuszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poirier-Quinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Audouze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3178,51 +3178,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sonification du mouvement</w:t>
+                <w:t xml:space="preserve">La sonification du mouvement : un outil d'aide au développement de la représentation du corps dans l'espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iseline Peyre</w:t>
@@ -3768,51 +3768,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Canonne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Faraco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Golvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Matuszewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fraticelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/mp.2025.2685279" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867428v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/rfim.766" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352384v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Rottier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17743/jaes.2022.0114" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bevilacqua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garth Paine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schnell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S135577182100042X" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478233v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saint-Germier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Assayag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/aca0000422" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771821000388" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033143v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02086673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/9142490" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388693v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Fayet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buffa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matis Chabanat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17760859" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866493v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne D&#233;moulin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867345v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3678299.3678341" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928729v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Voillot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chevrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3658852.3659070" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF59510.2023.10335368" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249506v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957334v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano L Barbosa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6767566" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957504v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6767674" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387783v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291180v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Scurto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyu Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Frechin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3306306.3328004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874966v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larralde" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660184v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bell" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574171v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poirier-Quinot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Warusfel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561676v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lambert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robaszkiewicz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Mubarak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3024969.3024972" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580467v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660198v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Audouze" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660193v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580464v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660175v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Goldszmidt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256945v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Saiz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469265v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mercier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseline Peyre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Misdariis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579076v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Glowinski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Levacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Buchheit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Malagoli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198860761.003.0031" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639455v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Agnes Magalhaes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Canonne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Faraco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Golvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Matuszewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fraticelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/mp.2025.2685279" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867428v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bevilacqua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/rfim.766" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352384v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Rottier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17743/jaes.2022.0114" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bevilacqua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garth Paine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schnell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S135577182100042X" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478233v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saint-Germier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Assayag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/aca0000422" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771821000388" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033143v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02086673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/9142490" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388693v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Fayet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Buffa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matis Chabanat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17760859" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928729v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Voillot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chevrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3658852.3659070" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867345v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3678299.3678341" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866493v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne D&#233;moulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451057v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF59510.2023.10335368" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249506v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957334v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano L Barbosa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6767566" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957504v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6767674" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387783v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291180v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Scurto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyu Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Frechin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3306306.3328004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874966v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Larralde" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660184v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bell" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lambert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robaszkiewicz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Mubarak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3024969.3024972" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574171v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poirier-Quinot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Warusfel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580467v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660198v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Audouze" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660193v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580464v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660175v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Goldszmidt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256945v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Saiz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469265v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mercier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseline Peyre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Misdariis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579076v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Glowinski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Levacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Buchheit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Malagoli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198860761.003.0031" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639455v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Agnes Magalhaes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>