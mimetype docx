--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -224,2091 +224,2082 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moving rhythmically can facilitate naturalistic speech perception in a noisy environment</w:t>
+                <w:t xml:space="preserve">Predicting meaning in the dyad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Te Rietmolen</w:t>
+                <w:t xml:space="preserve">Emilia Kerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Kristof Strijkers</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 292 (2044), </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2025.0354⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/xge0001828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05026910v1</w:t>
+                <w:t xml:space="preserve">hal-05319107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corollary discharge signals during production are domain general: an intracerebral EEG case study with a professional musician.</w:t>
+                <w:t xml:space="preserve">Bridging verbal coordination and neural dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Lorenz</w:t>
+                <w:t xml:space="preserve">Isaïh Schwab-Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Mercier</w:t>
+                <w:t xml:space="preserve">Manuel R Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
+                <w:t xml:space="preserve">Agnès Trebuchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniele Schön</w:t>
+                <w:t xml:space="preserve">Leonardo Lancia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2025.02.013⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.99547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05007398v1</w:t>
+                <w:t xml:space="preserve">hal-05548120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting meaning in the dyad</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corollary discharge signals during production are domain general: an intracerebral EEG case study with a professional musician.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lorenz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilia Kerr</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manuel Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Schön</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xge0001828⟩</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2025.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05319107v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05007398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The human auditory cortex concurrently tracks syllabic and phonemic timescales via acoustic spectral flux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthew Davis</w:t>
+                <w:t xml:space="preserve">Moving rhythmically can facilitate naturalistic speech perception in a noisy environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Te Rietmolen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristof Strijkers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 292 (2044), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2025.0354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.ado8915⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04866961v1</w:t>
+                <w:t xml:space="preserve">hal-05026910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory and motor priming of metric structure improves understanding of degraded speech</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neural dynamics of predictive timing and motor engagement in music listening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Falk</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Arnaud Zalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Large</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Schön</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2024.105793⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (10), pp.eadi2525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adi2525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625551v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different sustained and induced alpha oscillations emerge in the human auditory cortex during sound processing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Speech and music recruit frequency-specific distributed and overlapping cortical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Te Rietmolen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel R Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Trébuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-07297-w⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, pp.RP94509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.94509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04806314v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04886199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural dynamics of predictive timing and motor engagement in music listening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Auditory and motor priming of metric structure improves understanding of degraded speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Berthault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Zalta</w:t>
+                <w:t xml:space="preserve">Sophie Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Large</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Simone Falk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (10), pp.eadi2525. </w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 248, pp.105793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adi2525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2024.105793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625507v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech and music recruit frequency-specific distributed and overlapping cortical networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The human auditory cortex concurrently tracks syllabic and phonemic timescales via acoustic spectral flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel R Mercier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Jérémy Giroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Trébuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Davis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.94509⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (51), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.ado8915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04886199v1</w:t>
+                <w:t xml:space="preserve">hal-04866961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Motor of Time: Coupling Action to Temporally Predictable Events Heightens Perception</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Different sustained and induced alpha oscillations emerge in the human auditory cortex during sound processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inga Korolczuk</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Víctor López-Madrona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bénar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Schön</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-60183-5_11⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.1570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-07297-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04739291v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04806314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid modulation in music supports attention in listeners with attentional difficulties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Motor of Time: Coupling Action to Temporally Predictable Events Heightens Perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonçalo Sampaio</w:t>
+                <w:t xml:space="preserve">Jennifer T Coull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tedra James</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inga Korolczuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-07026-3⟩</w:t>
+              <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Neurobiology of Interval Timing, 1455, pp.199-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-60183-5_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888320v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory hemispheric asymmetry for actions and objects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid modulation in music supports attention in listeners with attentional difficulties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Woods</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonçalo Sampaio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Robert</w:t>
+                <w:t xml:space="preserve">Tedra James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Zatorre</w:t>
+                <w:t xml:space="preserve">Emily Przysinda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akanksha Gupta</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Anton</w:t>
+                <w:t xml:space="preserve">Adam Hewett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhae292⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.1376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-07026-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04687165v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The path of voices in our brain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+                <w:t xml:space="preserve">Auditory hemispheric asymmetry for actions and objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Zatorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc H. Arnal</w:t>
+                <w:t xml:space="preserve">Akanksha Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Belin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Sein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001742⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhae292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880603v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency Selectivity of Persistent Cortical Oscillatory Responses to Auditory Rhythmic Stimulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The path of voices in our brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniele Schön</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc H. Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Belin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0213-21.2021⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (7), pp.e3001742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353853v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural correlates of rhythmic rocking in prefrontal seizures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Frequency Selectivity of Persistent Cortical Oscillatory Responses to Auditory Rhythmic Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pesnot Lerousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Schön</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2020.07.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (38), pp.7991-8006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0213-21.2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02937170v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Converging intracortical signatures of two separated processing timescales in human early auditory cortex.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Neural correlates of rhythmic rocking in prefrontal seizures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Zalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Cheng Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Thonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Itsaso Olasagasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.116882. </w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2020.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02613983v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02937170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stimulus-brain coupling analysis of regular and irregular rhythms in adults with dyslexia and controls</w:t>
+                <w:t xml:space="preserve">Does the brain recruit the same word representations across language production and perception? A registered report MEG study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Fiveash</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniele Schön</w:t>
+                <w:t xml:space="preserve">Amie Fairs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure-Hélène Canette</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Xenia Dmitrieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie C Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Michelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461371v1</w:t>
+                <w:t xml:space="preserve">hal-03097091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural rhythms of periodic temporal attention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Zalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2336,2883 +2327,3026 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the brain recruit the same word representations across language production and perception? A registered report MEG study.</w:t>
+                <w:t xml:space="preserve">Converging intracortical signatures of two separated processing timescales in human early auditory cortex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amie Fairs</w:t>
+                <w:t xml:space="preserve">Fabiano Baroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xenia Dmitrieva</w:t>
+                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie C Chanoine</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amandine Michelas</w:t>
+                <w:t xml:space="preserve">Itsaso Olasagasti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.116882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.116882⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03097091v1</w:t>
+                <w:t xml:space="preserve">hal-02613983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric sampling in human auditory cortex reveals spectral processing hierarchy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A stimulus-brain coupling analysis of regular and irregular rhythms in adults with dyslexia and controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Fiveash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Giroud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Hélène Canette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000207⟩</w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.105531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2020.105531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02496552v1</w:t>
+                <w:t xml:space="preserve">hal-02461371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct sensitivity to spectrotemporal modulation supports brain asymmetry for speech and melody</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+                <w:t xml:space="preserve">Asymmetric sampling in human auditory cortex reveals spectral processing hierarchy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Giroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Trébuchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert J Zatorre</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 367 (6481), pp.1043-1047. </w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (3), pp.e3000207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.aaz3468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02494220v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural entrainment to music is sensitive to melodic spectral complexity</w:t>
+                <w:t xml:space="preserve">Distinct sensitivity to spectrotemporal modulation supports brain asymmetry for speech and melody</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indiana Wollman</w:t>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Arias</w:t>
+                <w:t xml:space="preserve">Lucas Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+                <w:t xml:space="preserve">Robert J Zatorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 367 (6481), pp.1043-1047. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00758.2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.aaz3468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02475989v1</w:t>
+                <w:t xml:space="preserve">hal-02494220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prominence of delta oscillatory rhythms in the motor cortex and their relevance for auditory and speech perception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Neural entrainment to music is sensitive to melodic spectral complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indiana Wollman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Keitel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2019.09.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/jn.00758.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007118v1</w:t>
+                <w:t xml:space="preserve">hal-02475989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proactive Sensing of Periodic and Aperiodic Auditory Patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prominence of delta oscillatory rhythms in the motor cortex and their relevance for auditory and speech perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Rimmele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Poeppel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Arnal</w:t>
+                <w:t xml:space="preserve">Charles E. Schroeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Keitel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2018.08.003⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience and Biobehavioral Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neubiorev.2019.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007110v1</w:t>
+                <w:t xml:space="preserve">hal-02007118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organizational principles of multidimensional predictions in human auditory attention</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Proactive Sensing of Periodic and Aperiodic Auditory Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Rimmele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Poeppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (10), pp.870-882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2018.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-31878-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03356844v1</w:t>
+                <w:t xml:space="preserve">hal-02007110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proactive sensing of periodic and aperiodic auditory patterns</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Organizational principles of multidimensional predictions in human auditory attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indiana Wollman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2018.08.003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-31878-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03583582v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motor origin of temporal predictions s in auditory attention</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Proactive sensing of periodic and aperiodic auditory patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna M Benjamin Rimmele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Baillet</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Poeppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1705373114⟩</w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (10), pp.870-882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2018.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03583584v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03583582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motor origin of temporal predictions in auditory attention</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Motor origin of temporal predictions s in auditory attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Baillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 114 (42), pp.E8913-E8921</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 114 (42), pp.E8913-E8921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1705373114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007125v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03583584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Prediction in lieu of Periodic Stimulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Motor origin of temporal predictions in auditory attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Wyart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Arnal</w:t>
+                <w:t xml:space="preserve">Sylvain Baillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (42), pp.E8913-E8921</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03570774v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive motor control of sensory dynamics in auditory active sensing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Temporal Prediction in lieu of Periodic Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshinao Kajikawa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charles E. Schroeder</w:t>
+                <w:t xml:space="preserve">Charles Schroeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conb.2014.12.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (8), pp.2342-2347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0836-15.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087969v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03570774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuronal oscillations as a mechanistic substrate of auditory temporal prediction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Predictive motor control of sensory dynamics in auditory active sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troy Hackett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshinao Kajikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles E. Schroeder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31, pp.230-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conb.2014.12.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nyas.12629⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02087975v1</w:t>
+                <w:t xml:space="preserve">hal-02087969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motor contributions to the temporal precision of auditory attention</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Neuronal oscillations as a mechanistic substrate of auditory temporal prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles E. Schroeder</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Wyart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms6255⟩</w:t>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1337 (1), pp.26-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nyas.12629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087978v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of frequency-specific activity to hierarchical information processing in the human auditory cortex</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Motor contributions to the temporal precision of auditory attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles E. Schroeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Wyart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms5694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms6255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087982v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attention in the temporal domain: a phase-coding mechanism controls the gain of sensory processing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The contribution of frequency-specific activity to hierarchical information processing in the human auditory cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fontolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Barbot</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Liegeois-Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2013.00480⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms5694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02087991v1</w:t>
+                <w:t xml:space="preserve">hal-02087982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired auditory sampling in dyslexia: further evidence from combined fMRI and EEG</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Attention in the temporal domain: a phase-coding mechanism controls the gain of sensory processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Franck Ramus</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Barbot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 7, pp.454. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2013.00454⟩</w:t>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2013.00480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01557287v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric Function of Theta and Gamma Activity in Syllable Processing: An Intra-Cortical Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Impaired auditory sampling in dyslexia: further evidence from combined fMRI and EEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Lehongre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ramus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2012.00248⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2013.00454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02088050v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha-Band Phase Synchrony Is Related to Activity in the Fronto-Parietal Adaptive Control Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sepideh Sadaghiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Scheeringa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Lehongre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 32 (41), pp.14305-14310. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1358-12.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateralization of Speech Production Starts in Sensory Cortices—A Possible Sensory Origin of Cerebral Left Dominance for Speech</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Asymmetric Function of Theta and Gamma Activity in Syllable Processing: An Intra-Cortical Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian-G Bénar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhq167⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2012.00248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02088032v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic Connectivity Networks, Alpha Oscillations, and Tonic Alertness: A Simultaneous Electroencephalography/ Functional Magnetic Resonance Imaging Study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Lateralization of Speech Production Starts in Sensory Cortices—A Possible Sensory Origin of Cerebral Left Dominance for Speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian A. Kell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Kouneiher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (4), pp.932-937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhq167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1004-10.2010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02088015v1</w:t>
+                <w:t xml:space="preserve">hal-02088032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurophysiological origin of human brain asymmetry for speech and language.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Intrinsic Connectivity Networks, Alpha Oscillations, and Tonic Alertness: A Simultaneous Electroencephalography/ Functional Magnetic Resonance Imaging Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sepideh Sadaghiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Scheeringa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Lehongre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Andreas Kleinschmidt</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 107 (43), pp.18688-93. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1007189107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1004-10.2010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00795772v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral/Systems/Cognitive Three Stages and Four Neural Systems in Time Estimation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Neurophysiological origin of human brain asymmetry for speech and language.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Lehongre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard S J Frackowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Ducorps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kleinschmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3222-09.2009⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107 (43), pp.18688-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1007189107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02088010v1</w:t>
+                <w:t xml:space="preserve">hal-00795772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual Neural Routing of Visual Facilitation in Speech Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian A. Kell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 29 (43), pp.13445-13453. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3194-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00429667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Neural Routing of Visual Facilitation in Speech Processing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Behavioral/Systems/Cognitive Three Stages and Four Neural Systems in Time Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian A. Kell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3222-09.2009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual Neural Routing of Visual Facilitation in Speech Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian A. Kell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2009, 29 (43), pp.13445-13453. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3194-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02088005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5222,413 +5356,413 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the brain recruit the same word representations across language behaviours? A Registered Report MEG study of language production versus perception.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amie Fairs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xenia Dmitrieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Michelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMLaP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03507770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Acoustics: Using Music to Explore the Brain Responses to Rhythms with Minimal Acoustic Energy at the Beat Level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Fiveash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Hélène Canette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1037-1037, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48465/fa.2020.0144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03234051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the brain recruit the same word representations across language behaviours? A Registered Report MEG study of language production versus perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amie Fairs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xenia Dmitrieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Michelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twelfth Meeting of the Society for the Neurobiology of Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, San Sebastián, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5638,154 +5772,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhythmic priming: A stimulus-brain coupling analysis in adults with dyslexia and matched controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Fiveash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Hélène Cannette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Rhythm Production and Perception Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Traverse City, United States. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5795,113 +5929,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Music and Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198804123.013.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5911,383 +6045,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speech is defined by theta-gamma coupled acoustic rhythms, mapped onto segregated populations in human early auditory cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor J López-Madrona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Giroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonardo Lancia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno L Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05440904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-stream predictions in human auditory cortex during natural music listening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pham van Cang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Trébuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation in background music influences sustained attention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin J P Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Hewett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Spencer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psyche Loui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02440244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6297,114 +6431,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des oscillations corticales dans l'asymétrie fonctionnelle du traitement de la parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences. Université Pierre &amp; Marie Curie - Paris 6, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02088084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId195"/>
+      <w:footerReference w:type="default" r:id="rId200"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6472,51 +6606,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B723683"/>
+    <w:nsid w:val="C7E96F2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6703,51 +6837,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-morillon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0049-064X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160181399" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-4788-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ins-amu.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026910v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Te Rietmolen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof Strijkers" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0354" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lorenz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mercier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tr&#233;buchon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Sch&#246;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2025.02.013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319107v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Kerr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001828" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866961v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Giroud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Davis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ado8915" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625551v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Berthault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Falk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2024.105793" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806314v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor L&#243;pez-Madrona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#233;nar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07297-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625507v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zalta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Large" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi2525" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04886199v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel R Mercier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.94509" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739291v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer T Coull" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Korolczuk" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60183-5_11" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888320v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Woods" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Sampaio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedra James" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Przysinda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hewett" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07026-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687165v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Zatorre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Gupta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Anton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhae292" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc H. Arnal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001742" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353853v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pesnot Lerousseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0213-21.2021" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937170v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Cheng Hou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Thonnat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2020.07.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613983v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Baroni" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Li&#233;geois-Chauvel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itsaso Olasagasti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116882" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461371v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fiveash" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Canette" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2020.105531" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492232v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spase Petkoski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14888-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie Fairs" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Dmitrieva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie C Chanoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496552v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marquis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000207" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494220v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Albouy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Benjamin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Zatorre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaz3468" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475989v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indiana Wollman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arias" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00758.2018" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007118v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Arnal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E. Schroeder" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Keitel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2019.09.012" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007110v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rimmele" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poeppel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2018.08.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356844v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31878-5" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583582v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna M Benjamin Rimmele" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583584v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1705373114" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007125v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570774v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Schroeder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wyart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0836-15.2016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087969v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troy Hackett" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinao Kajikawa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2014.12.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087975v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.12629" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087978v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms6255" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087982v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fontolan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Liegeois-Chauvel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5694" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barbot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00480" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01557287v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ramus" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00454" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088050v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-G B&#233;nar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2012.00248" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087993v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Sadaghiani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Scheeringa" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1358-12.2012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088032v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. Kell" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Kouneiher" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhq167" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088015v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1004-10.2010" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795772v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard S J Frackowiak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ducorps" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kleinschmidt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1007189107" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088010v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3222-09.2009" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00429667v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3194-09.2009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088005v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giraud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507770v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Chanoine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234051v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0144" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054176v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chanoine" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919613v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Cannette" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087960v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198804123.013.16" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440904v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor J L&#243;pez-Madrona" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Lancia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L Giordano" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980452v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pham van Cang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440244v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin J P Woods" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spencer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Psyche Loui" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02088084v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-morillon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0049-064X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160181399" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-4788-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ins-amu.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319107v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Kerr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof Strijkers" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001828" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548120v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#239;h Schwab-Mohamed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel R Mercier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Trebuchon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Lancia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.99547" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007398v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lorenz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mercier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tr&#233;buchon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Sch&#246;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2025.02.013" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026910v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Te Rietmolen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0354" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625507v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zalta" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Large" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi2525" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04886199v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.94509" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625551v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Berthault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Falk" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2024.105793" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866961v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Giroud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Davis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ado8915" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806314v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor L&#243;pez-Madrona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B&#233;nar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07297-w" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739291v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer T Coull" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Korolczuk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60183-5_11" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888320v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Woods" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Sampaio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedra James" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Przysinda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hewett" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07026-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Zatorre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Gupta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Anton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhae292" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880603v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc H. Arnal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001742" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353853v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pesnot Lerousseau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0213-21.2021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937170v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Cheng Hou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Thonnat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2020.07.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097091v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie Fairs" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Dmitrieva" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie C Chanoine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Michelas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492232v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spase Petkoski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14888-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613983v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Baroni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Li&#233;geois-Chauvel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itsaso Olasagasti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116882" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fiveash" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Canette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2020.105531" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496552v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marquis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000207" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494220v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Albouy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Benjamin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Zatorre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaz3468" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475989v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indiana Wollman" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00758.2018" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007118v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Arnal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E. Schroeder" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Keitel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2019.09.012" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007110v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rimmele" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poeppel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2018.08.003" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356844v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31878-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583582v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna M Benjamin Rimmele" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583584v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1705373114" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007125v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570774v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Schroeder" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wyart" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0836-15.2016" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087969v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troy Hackett" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinao Kajikawa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2014.12.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087975v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.12629" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087978v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms6255" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087982v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fontolan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Liegeois-Chauvel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5694" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087991v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Barbot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00480" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01557287v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ramus" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00454" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087993v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Sadaghiani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Scheeringa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1358-12.2012" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088050v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-G B&#233;nar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2012.00248" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088032v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A. Kell" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Kouneiher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhq167" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088015v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1004-10.2010" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795772v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard S J Frackowiak" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ducorps" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kleinschmidt" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1007189107" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00429667v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3194-09.2009" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088010v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3222-09.2009" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088005v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giraud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507770v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Chanoine" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234051v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0144" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054176v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chanoine" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919613v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Cannette" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087960v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198804123.013.16" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440904v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor J L&#243;pez-Madrona" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Lancia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L Giordano" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980452v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pham van Cang" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440244v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin J P Woods" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spencer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Psyche Loui" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02088084v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>