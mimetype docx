--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1501,51 +1501,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01763212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of flexure wood</w:t>
+                <w:t xml:space="preserve">Mechanical properties of « Flexure Wood »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
@@ -1580,97 +1580,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées scientifiques du GDR Sciences du Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Sciences du Bois, Nov 2018, Cluny, France</w:t>
+              <w:t xml:space="preserve">7e Journées du GDR 3544 Sciences du bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR 3544 BOIS., Nov 2018, Cluny, France. pp.320</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04886505v1</w:t>
+                <w:t xml:space="preserve">hal-01939978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of « Flexure Wood »</w:t>
+                <w:t xml:space="preserve">Mechanical properties of flexure wood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Niez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Dlouha</w:t>
@@ -1705,73 +1705,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Journées du GDR 3544 Sciences du bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR 3544 BOIS., Nov 2018, Cluny, France. pp.320</w:t>
+              <w:t xml:space="preserve">7èmes Journées scientifiques du GDR Sciences du Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Sciences du Bois, Nov 2018, Cluny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939978v1</w:t>
+                <w:t xml:space="preserve">hal-04886505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do trees acclimatize the vital functions of their wood to environmental stresses and how this acclimation is beneficial?</w:t>
               </w:r>
@@ -3270,51 +3270,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AF9FF734"/>
+    <w:nsid w:val="F7E6A667"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3501,51 +3501,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-niez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1800-8444" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234433256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523264v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Baynast" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tribot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.114421" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03974333v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Clauvy'S Engonga Edzand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Heim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2022.354.a36912" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624250v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Toussaint" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-0926-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1776-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168619v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Penalver" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hemon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Frachisse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Bogeat-Triboulot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/2019/6379693" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pianelo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wilson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lalanne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337197v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nouailletas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tematuani a Tehei Hantz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijie Guo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tematuanui Hantz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530853v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735428v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939979v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdrbois-2018.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731149v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uca.fr/mechanobiology-and-physics-of-life-in-clermont-ferrand-br-jan-30th-2018-27279.kjsp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Roignant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891745v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389963.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530819v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389964.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666919v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/gdr-sciences-du-bois/Manifestations/Les-manifestations-du-GDR-bois/2017/Journees-scientifiques-GDR2017" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439980v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02786418v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02060329v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018CLFAC046" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-niez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1800-8444" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234433256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523264v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Baynast" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tribot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Niez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Audonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.114421" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03974333v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Clauvy'S Engonga Edzand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Heim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2022.354.a36912" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624250v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Dlouha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Toussaint" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-0926-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1776-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168619v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Penalver" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hemon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Frachisse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Bogeat-Triboulot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/2019/6379693" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pianelo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wilson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lalanne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337197v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nouailletas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tematuani a Tehei Hantz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijie Guo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tematuanui Hantz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939978v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886505v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530853v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735428v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939979v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gdrbois-2018.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731149v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.uca.fr/mechanobiology-and-physics-of-life-in-clermont-ferrand-br-jan-30th-2018-27279.kjsp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Roignant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891745v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530818v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389963.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530819v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389964.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666919v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/gdr-sciences-du-bois/Manifestations/Les-manifestations-du-GDR-bois/2017/Journees-scientifiques-GDR2017" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439980v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02786418v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02060329v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018CLFAC046" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>