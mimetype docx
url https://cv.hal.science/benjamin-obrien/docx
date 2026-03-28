--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -89,62 +89,62 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I am a postdoctoral researcher at the </w:t>
+        <w:t xml:space="preserve">I am a research engineer at the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Université Toulouse - Jean Jaurès</w:t>
+        <w:t xml:space="preserve">Maison des Sciences de l'Homme et de la Société de Toulouse</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">, working with Julien Tardieu on the effects of sonification on perceiving, learning, and improving sports gestures.</w:t>
+        <w:t xml:space="preserve">, working with Julien Tardieu and Jérémy Danna on evaluating the effects of auditory feedback based on the tennis serve on performance and trainer-athlete interactions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Previously I worked on speech processing and AI explainablity with Jean-François Bonastre and Corinne Fredouille at the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Laboratoire Informatique d'Avignon</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">. At </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Aix-Marseille Université</w:t>
@@ -681,278 +681,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the Nesbit and McGinnis optimization model of the golf swing hub path</w:t>
+                <w:t xml:space="preserve">Online sonification for golf putting gesture: reduced variability of motor behaviour and perceptual judgement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brett Juhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Bieńkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bourdin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frank Buloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Bringoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23736/S0022-4707.20.10733-3⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 238, pp.883 - 895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-020-05757-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02946879v1</w:t>
+                <w:t xml:space="preserve">hal-02506149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online sonification for golf putting gesture: reduced variability of motor behaviour and perceptual judgement</w:t>
+                <w:t xml:space="preserve">Revisiting the Nesbit and McGinnis optimization model of the golf swing hub path</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brett Juhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Bieńkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Bringoux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 238, pp.883 - 895. </w:t>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00221-020-05757-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23736/S0022-4707.20.10733-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506149v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonification of Golf Putting Gesture Reduces Swing Movement Variability in Novices</w:t>
               </w:r>
@@ -977,64 +977,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brett Juhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Bieńkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Buloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Bringoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1-10. </w:t>
@@ -1124,51 +1124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourdin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1323,269 +1323,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laughter Mimicry in Parent-Child and Parent-Adult interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chiara Mazzocconi</w:t>
+                <w:t xml:space="preserve">Differentiating acoustic and physiological features in speech for hypoxia detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin El Haddad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin O'Brien</w:t>
+                <w:t xml:space="preserve">Adrien Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kübra Bodur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdellah Fourtassi</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Billaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Belda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multimodal Communication Symposium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Interspeech 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04155334v1</w:t>
+                <w:t xml:space="preserve">hal-04154914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating acoustic and physiological features in speech for hypoxia detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laughter Mimicry in Parent-Child and Parent-Adult interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Mazzocconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Belda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+                <w:t xml:space="preserve">Kübra Bodur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Fourtassi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Multimodal Communication Symposium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04154914v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do you laugh in an fMRI scanner? Laughter distribution, mimicry and acoustic analysis</w:t>
               </w:r>
@@ -2133,64 +2133,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Bringoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourdin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interactive Sonification Workshop (ISON 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, KTH Royal Institute of Technology, Nov 2019, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2443,51 +2443,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="60DD6508"/>
+    <w:nsid w:val="641D2EA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2674,51 +2674,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-obrien" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755320v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin O'Brien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2024.103145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138760v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-023-15391-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859352v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marczyk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tremblay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0015024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946879v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Juhas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bie&#324;kiewicz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourdin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.20.10733-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02506149v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buloup" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bringoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05757-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02495502v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2020.1726859" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033602v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hardouin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76498-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mazzocconi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Fourtassi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155334v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#252;bra Bodur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154914v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gresse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Billaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Belda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaminade" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/DiSS.2023-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2022-463" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160943v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267084v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chanclu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267089v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02495510v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vidal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177820v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177811v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-obrien" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755320v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin O'Brien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2024.103145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138760v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-023-15391-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859352v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marczyk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tremblay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0015024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02506149v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Juhas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bie&#324;kiewicz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buloup" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bringoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05757-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946879v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourdin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0022-4707.20.10733-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02495502v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2020.1726859" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033602v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hardouin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76498-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mazzocconi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Fourtassi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154914v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gresse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Billaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Belda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155334v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin El Haddad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#252;bra Bodur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaminade" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/DiSS.2023-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784720v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2022-463" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160943v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267084v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chanclu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267089v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02495510v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vidal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177820v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177811v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>