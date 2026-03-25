--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1165,291 +1165,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higra: Hierarchical Graph Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-dimensional conditional random field for the dermal–epidermal junction segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Robic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Nkengne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Couprie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SoftwareX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.softx.2019.100335⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (02), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JMI.6.2.024003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309938v1</w:t>
+                <w:t xml:space="preserve">hal-02155490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional conditional random field for the dermal–epidermal junction segmentation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Higra: Hierarchical Graph Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Chierchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cousty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yukiko Kenmochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6 (02), pp.1. </w:t>
+              <w:t xml:space="preserve">SoftwareX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.100335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JMI.6.2.024003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.softx.2019.100335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02155490v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Properties of combinations of hierarchical watersheds</w:t>
               </w:r>
@@ -1591,51 +1591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil Ferzoli Guimarães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yukiko Kenmochi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2562,51 +2562,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00512735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (35)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2771,51 +2771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Falcão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zenilton Patrocínio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th SIBGRAPI Conference on Graphics, Patterns and Images (SIBGRAPI 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Manaus, Brazil. </w:t>
@@ -3631,173 +3631,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03794772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Simple and Efficient Object-based Superpixel Delineation Framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Felipe C Belém</w:t>
+                <w:t xml:space="preserve">Fuzzy-marker-based segmentation using hierarchies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandre X Falcão</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Jamil Ferzoli Guimarães</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 34th SIBGRAPI Conference on Graphics, Patterns and Images (SIBGRAPI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Uppsala, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04341605v1</w:t>
+                <w:t xml:space="preserve">hal-03179706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An algebraic framework for out-of-core hierarchical segmentation algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3806,280 +3797,289 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Phelippeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stela Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kamlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Uppsala(virtual), Sweden. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-76657-3_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy-marker-based segmentation using hierarchies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a Simple and Efficient Object-based Superpixel Delineation Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe C Belém</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cousty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio J F Guimarães</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Silvio Jamil Ferzoli Guimarães</w:t>
+                <w:t xml:space="preserve">Alexandre X Falcão</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 34th SIBGRAPI Conference on Graphics, Patterns and Images (SIBGRAPI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Gramado, Brazil. pp.346-353, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SIBGRAPI54419.2021.00054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179706v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04341605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New hierarchy-based segmentation layer: towards automatic marker proposal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Negrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4585,51 +4585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zenilton Kleber G. Patrocínio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Image Analysis and Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Trento, Italy. pp.3-13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4739,395 +4739,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recognizing hierarchical watersheds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Deise S Maia</w:t>
+                <w:t xml:space="preserve">On the probabilities of hierarchical watersheds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deise Santana Maia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DGCI2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Noisy-le-grand, France. pp.300-313, </w:t>
+              <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Saarbrücken, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-14085-4_24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948502v1</w:t>
+                <w:t xml:space="preserve">hal-02180484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Hierarchy Simplification for Non-Significant Region Removal</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
+                <w:t xml:space="preserve">Recognizing hierarchical watersheds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deise S Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 32nd SIBGRAPI Conference on Graphics, Patterns and Images (SIBGRAPI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SIBGRAPI.2019.00022⟩</w:t>
+              <w:t xml:space="preserve">DGCI2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Noisy-le-grand, France. pp.300-313, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-14085-4_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03132023v1</w:t>
+                <w:t xml:space="preserve">hal-01948502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the probabilities of hierarchical watersheds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Cousty</w:t>
+                <w:t xml:space="preserve">Exploring Hierarchy Simplification for Non-Significant Region Removal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabela Borlido Barcelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yukiko Kenmochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Mathematical Morphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Saarbrücken, Germany. </w:t>
+              <w:t xml:space="preserve">2019 32nd SIBGRAPI Conference on Graphics, Patterns and Images (SIBGRAPI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Rio de Janeiro, Brazil. pp.100-107, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SIBGRAPI.2019.00022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02180484v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03132023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Colour Hit-or-Miss Transform Based on a Rank Ordered Distance Measure</w:t>
               </w:r>
@@ -5299,51 +5299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the 33rd Annual ACM Symposium on Applied Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Pau, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5810,51 +5810,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Carlo Rivera Ura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Symposium on Mathematical Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Reykjavik, Iceland. pp.39-50, </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6578,129 +6578,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00749593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Décomposition d'images multispectrales de galaxies au moyen d'algorithmes de Monte Carlo par chaines de Markov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Slezak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Astronomical Object Detection with a Robust Hit-or-Miss Transform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Vollmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EURASIP European Signal Processing Conference (EUSIPCO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00516054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6710,152 +6818,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Burgeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kleefeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Naegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Passat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer Nature Switzerland AG, 11564, 2019, Lecture Notes in Computer Science, 978-3-030-20866-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6865,302 +6973,302 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchy-Based Salient Regions: A Region Detector Based on Hierarchies of Partitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karla Otiniano-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaldo de A. Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Cámara-Chávez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Jamil F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIARP 2018: Progress in Pattern Recognition, Image Analysis, Computer Vision, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.444-452, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-13469-3_52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02064718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological Template Matching in Color Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erchan Aptoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Low-Level Color Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11, Springer Netherlands, pp.241-277, 2014, Lecture Notes in Computational Vision and Biomechanics, 978-94-007-7583-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-7584-8_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01111954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panoramic Integral-Field Spectrograph: Ultraspectral Data to Understand the History of the Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7193,51 +7301,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Collet; Jocelyn Chanussot; Kacem Chehdi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Signal and Image Processing Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons Inc, pp.437-450, 2009, Multivariate Image Processing, 978-1848211391</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7247,51 +7355,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playing with Kruskal: algorithms for flat and hierarchical watershed cuts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cousty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7330,100 +7438,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Deise Santana Maia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05299371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchy-based fuzzy segmentation and marker learning layer: theory and algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Barbosa da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Negrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7444,169 +7552,169 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio J.F. Guimarães</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving imbalanced predictions via a novel watershed-based oversampling method: Application to sickle cell disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamna Ouchtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kassasseya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Bartolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7616,51 +7724,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proofs of the properties presented in the article &amp;quot;Watersheding hierarchies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deise Santana Maia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7699,51 +7807,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">B Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Université Paris-Est, LIGM UMR CNRS 8049, France; ESIEE Paris. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7753,91 +7861,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical image analysis: theory, algorithms, and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image Processing [eess.IV]. Université Paris-Est, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03231061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7847,114 +7955,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation multibande de galaxies par hiérarchie de modèles et arbres de composantes connexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université de Strasbourg, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00559584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId203"/>
+      <w:footerReference w:type="default" r:id="rId205"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8022,51 +8130,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4076EBE5"/>
+    <w:nsid w:val="B84D948A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8253,51 +8361,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-perret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0933-8342" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152624678" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997067v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Perret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Phelippeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-025-01234-0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536919v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lebon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2024.12.005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345100v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe C Bel&#233;m" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela B Barcelos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo M Jo&#227;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-023-01156-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04340893v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Macfarlane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Murray" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Marshall" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Evans" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mathm-2020-0111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429058v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Xuan Nguyen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chierchia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Razim" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Peletier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3128519" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nkengne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couprie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16810" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280023v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deise Santana Maia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00936-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113554v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/abc62d" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309938v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Jamil F. Guimar&#227;es" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko Kenmochi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2019.100335" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155490v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JMI.6.2.024003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175824v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.10.009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305469v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Jamil Ferzoli Guimar&#227;es" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.10.008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430865v4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio J.F. Guimar&#227;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deise S Maia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2779604" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-014-0515-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869727v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Tankyevych" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2014.2366145" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071418v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2014.09.008" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112892v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vollmer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Perret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Petremand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lavigne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Collet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-6256/145/2/36" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737998v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Slezak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2011.2161322" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749588v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Vincent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Slezak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2010.11.021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2009.02.013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364371v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_23" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Bel&#233;m" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Kochem" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Falc&#227;o" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenilton Patroc&#237;nio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI62404.2024.10716344" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440600v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lapertot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_22" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069187v3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49018-7_14" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Colom" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Armando Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kerautret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40773-4_1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205711v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49018-7_15" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115362v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_20" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229917v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Borlido" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Jo&#227;o" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_21" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794772v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_22" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341605v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio J F Guimar&#227;es" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre X Falc&#227;o" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI54419.2021.00054" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210968v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Carneiro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kamlay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_27" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179706v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Barbosa da Fonseca" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Negrel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432848v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sibgrapi54419.2021.00055" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132048v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aku Venhola" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Haigh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP40778.2020.9191276" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180478v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_10" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169702v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_39" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132460v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Stephanie Jer&#244;nimo de Almeida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenilton Kleber G. Patroc&#237;nio" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30645-8_1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150017v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948502v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-14085-4_24" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132023v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Borlido Barcelos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI.2019.00022" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180484v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_11" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341331v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2018.8553050" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886738v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe T&#243;rio. L. R. Nhimi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167154" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552420v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo de A Araujo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S Cousty" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57240-6_11" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548696v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2017.7950513" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363469v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nkengne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493486" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142072v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carlo Rivera Ura" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_4" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798622v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803422v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38294-9_31" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798621v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663811v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516036v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516044v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749593v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02230-2_22" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516054v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Vollmer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151905v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Burgeth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kleefeld" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Naegel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064718v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Otiniano-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo de A. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo C&#225;mara-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13469-3_52" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111954v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erchan Aptoula" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-7584-8_8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112885v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299371v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040261v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112987v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamna Ouchtar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kassasseya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bartolucci" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087042v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03231061v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00559584v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-perret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0933-8342" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152624678" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997067v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Perret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Phelippeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-025-01234-0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536919v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lebon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2024.12.005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345100v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe C Bel&#233;m" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela B Barcelos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo M Jo&#227;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-023-01156-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04340893v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Macfarlane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Murray" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Marshall" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Evans" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mathm-2020-0111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429058v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Xuan Nguyen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chierchia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Razim" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Peletier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3128519" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nkengne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couprie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16810" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280023v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deise Santana Maia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00936-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113554v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/abc62d" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JMI.6.2.024003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309938v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Jamil F. Guimar&#227;es" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko Kenmochi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2019.100335" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175824v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.10.009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305469v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Jamil Ferzoli Guimar&#227;es" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.10.008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430865v4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio J.F. Guimar&#227;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deise S Maia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2779604" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018791v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-014-0515-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869727v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Tankyevych" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2014.2366145" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071418v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2014.09.008" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112892v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vollmer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Perret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Petremand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lavigne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Collet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-6256/145/2/36" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737998v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Slezak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2011.2161322" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749588v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Vincent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Slezak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2010.11.021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2009.02.013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364371v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_23" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Bel&#233;m" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Kochem" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Falc&#227;o" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenilton Patroc&#237;nio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI62404.2024.10716344" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440600v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lapertot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_22" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069187v3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49018-7_14" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Colom" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Armando Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kerautret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40773-4_1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205711v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49018-7_15" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115362v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_20" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229917v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Borlido" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Jo&#227;o" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_21" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794772v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_22" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179706v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Barbosa da Fonseca" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Negrel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Carneiro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kamlay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_27" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341605v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio J F Guimar&#227;es" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre X Falc&#227;o" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI54419.2021.00054" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432848v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sibgrapi54419.2021.00055" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132048v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aku Venhola" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Haigh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP40778.2020.9191276" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180478v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_10" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169702v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_39" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132460v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Stephanie Jer&#244;nimo de Almeida" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zenilton Kleber G. Patroc&#237;nio" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30645-8_1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150017v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180484v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_11" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948502v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-14085-4_24" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132023v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Borlido Barcelos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRAPI.2019.00022" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341331v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2018.8553050" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886738v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe T&#243;rio. L. R. Nhimi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167154" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552420v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo de A Araujo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S Cousty" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57240-6_11" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548696v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2017.7950513" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363469v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nkengne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493486" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142072v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carlo Rivera Ura" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_4" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798622v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803422v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38294-9_31" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798621v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663811v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516036v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516044v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749593v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02230-2_22" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559351v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516054v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Vollmer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151905v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Burgeth" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kleefeld" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Naegel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064718v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Otiniano-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo de A. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo C&#225;mara-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13469-3_52" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111954v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erchan Aptoula" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-7584-8_8" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112885v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299371v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040261v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112987v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamna Ouchtar" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kassasseya" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bartolucci" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087042v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03231061v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00559584v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>