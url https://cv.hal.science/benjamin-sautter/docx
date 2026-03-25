--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2218,295 +2218,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relict hydrocarbon seeps in the Oligocene–Miocene Subis carbonate platform, Malaysia: Implications on hydrocarbon generation and migration pathways and potential sealing by shale gouging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manoj Mathew</w:t>
+                <w:t xml:space="preserve">Shallow vs. Deep Subsurface Structures of Central Luconia Province, Offshore Malaysia Reveal by Aeromagnetic, Airborne Gravity and Seismic Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siti Nur Fathiyah Jamaludin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Pubellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sautter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/gj.3871⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.5095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app11115095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03506134v1</w:t>
+                <w:t xml:space="preserve">hal-04279921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow vs. Deep Subsurface Structures of Central Luconia Province, Offshore Malaysia Reveal by Aeromagnetic, Airborne Gravity and Seismic Data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manuel Pubellier</w:t>
+                <w:t xml:space="preserve">Relict hydrocarbon seeps in the Oligocene–Miocene Subis carbonate platform, Malaysia: Implications on hydrocarbon generation and migration pathways and potential sealing by shale gouging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muthuvairavasamy Ramkumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramasamy Nagarajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sautter</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numair Siddiqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app11115095⟩</w:t>
+              <w:t xml:space="preserve">Geological Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (5), pp.2571-2582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/gj.3871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04279921v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: The emergence of Miocene reefs in South China Sea and its resilient adaptability under varying eustatic, climatic and oceanographic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelya Makhankova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2724,161 +2724,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total vulnerability of the littoral zone to climate change-driven natural hazards in north Brittany, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Seismic stratigraphy and sedimentology of a Miocene carbonate platform in Luconia, South China Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelya Makhankova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Sautter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Sautter</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Menier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effi Helmy Ariffin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Poppelreiter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 706, pp.135963. </w:t>
+              <w:t xml:space="preserve">Geological Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.135963⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/gj.3942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02428243v1</w:t>
+                <w:t xml:space="preserve">hal-02962161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrocarbon reserves of the South China Sea: Implications for regional energy security</w:t>
               </w:r>
@@ -2890,51 +2886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mu Ramkumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Santosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Menier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2992,187 +2988,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic stratigraphy and sedimentology of a Miocene carbonate platform in Luconia, South China Sea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adelya Makhankova</w:t>
+                <w:t xml:space="preserve">Total vulnerability of the littoral zone to climate change-driven natural hazards in north Brittany, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sautter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Poppelreiter</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effi Helmy Ariffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. Menier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mu Ramkumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 706, pp.135963. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/gj.3942⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.135963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962161v1</w:t>
+                <w:t xml:space="preserve">hal-02428243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">the emergence of Miocene reefs in South china Sea and its resilient adaptability under varying eustatic, climatic and oceanographic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelya Makhankova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3422,51 +3422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Siddiqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Joseph Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muthuvairavasamy Ramkumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sautter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3556,51 +3556,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mu. Ramkumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numair Ahmed Siddiqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoj Mathew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sautter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3664,51 +3664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tectono‐morphological evolution of the Cauvery, Vaigai, and Thamirabarani River basins: Implications on timing, stratigraphic markers, relative roles of intrinsic and extrinsic factors, and transience of Southern Indian landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muthuvairavasamy Ramkumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Santosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4511,51 +4511,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26F73635"/>
+    <w:nsid w:val="297BC288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4742,51 +4742,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-sautter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6792-9824" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/204654238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05350352v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arce Chamorro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sautter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dietrich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Binnie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04952259v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gaina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Petersen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roi Granot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587992v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escart&#237;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pubellier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887017v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Menier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dattilo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kerdraon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472314v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472471v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472501v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazid Mansor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Estourn&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472321v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Yazid Mansor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472738v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376591v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Menier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04952364v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Gall" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Joseph Mathew" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu Ramkumar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04885758v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhan Wu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouysse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Garcia-Reyes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ellouz-Zimmermann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee&#8208;meng Choong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haylay Tsegab Gebretsadik" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.4520" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2022.105207" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04885800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Liana Mahmud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.4556" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429043v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Nur Fathiyah Jamaludin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11115095" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506134v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthuvairavasamy Ramkumar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramasamy Nagarajan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Mathew" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Numair Siddiqui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3871" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279921v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685643v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelya Makhankova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Betzler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66550-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125429v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santosh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj J. Mathew" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nagarajan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engeos.2020.06.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428243v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effi Helmy Ariffin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135963" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557393v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engeos.2020.04.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962161v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poppelreiter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3942" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64119-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920078v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kr&#225;likov&#225; Schl&#246;gl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Matenco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andriessen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102933" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402439v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siddiqui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Usman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2019.106771" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu. Ramkumar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Numair Ahmed Siddiqui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poon Xin Hui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2019.02.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376092v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheik Mohideen Abdul Rahaman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alankar Balasundareshwaran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karuppusamy Balasubramani" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3520" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02356542v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Aurelio" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18814/epiiugs/2018/018014" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685556v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Airaghi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Sigoyer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Guillot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2017.04.003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01970058v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jousselin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.11.035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFVW2N2P-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378245v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Chee Meng" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chow Weng Sum" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920135v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benjamin-sautter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6792-9824" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/204654238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05350352v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arce Chamorro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sautter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dietrich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Binnie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04952259v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gaina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Petersen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roi Granot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587992v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escart&#237;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pubellier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887017v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Menier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dattilo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kerdraon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472314v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472471v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472501v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazid Mansor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Estourn&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472321v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Yazid Mansor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472738v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376591v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Menier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04952364v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Gall" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Joseph Mathew" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu Ramkumar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04885758v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhan Wu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Yang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouysse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Garcia-Reyes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ellouz-Zimmermann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee&#8208;meng Choong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haylay Tsegab Gebretsadik" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.4520" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2022.105207" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04885800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Liana Mahmud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.4556" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429043v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Nur Fathiyah Jamaludin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11115095" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279921v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506134v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthuvairavasamy Ramkumar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramasamy Nagarajan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Mathew" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Numair Siddiqui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3871" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685643v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelya Makhankova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Betzler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66550-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125429v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santosh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj J. Mathew" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nagarajan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engeos.2020.06.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962161v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poppelreiter" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3942" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557393v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engeos.2020.04.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428243v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effi Helmy Ariffin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135963" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64119-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920078v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kr&#225;likov&#225; Schl&#246;gl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Matenco" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andriessen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102933" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402439v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siddiqui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Usman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2019.106771" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu. Ramkumar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Numair Ahmed Siddiqui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poon Xin Hui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2019.02.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376092v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheik Mohideen Abdul Rahaman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alankar Balasundareshwaran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karuppusamy Balasubramani" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.3520" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02356542v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Aurelio" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18814/epiiugs/2018/018014" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685556v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Airaghi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Sigoyer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Guillot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2017.04.003" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01970058v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jousselin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.11.035" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFVW2N2P-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378245v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Chee Meng" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chow Weng Sum" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920135v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>