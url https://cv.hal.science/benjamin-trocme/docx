--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Trocmé </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (991)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an eV-scale sterile neutrino with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 02, pp.080. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2026)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Online Data Filter for the KM3NeT Neutrino Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1083, pp.171097. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2025.171097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diphoton resonances in the 66 to 110 GeV mass range using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.053. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-standard neutrino interactions with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.073. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/02/073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^+W^-$ production cross-sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 08, pp.142. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2025)142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software and computing for Run 3 of the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (3), pp.234. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13701-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The quest to discover supersymmetry at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.261-300. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the atmospheric $\nu_{\mu}$ flux with six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (8), pp.871. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14513-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration at the high-energy frontier: ATLAS Run 2 searches investigating the exotic jungle beyond the Standard Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.301-385. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for singly produced vector-like top quarks in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (1), pp.012012. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.111.012012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the associated production of charm quarks and a Higgs boson decaying into a photon pair with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.045. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-sections of a Higgs boson in association with a vector boson and decaying into $WW^\ast$ with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 08, pp.034. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2025)034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the associated production of a top-antitop-quark pair and a Higgs boson decaying into a $b\bar{b}$ pair in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (2), pp.210. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13740-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the Higgs boson with ATLAS data from Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.001. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet track functions in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 868, pp.139680. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new scalar decaying into new spin-1 bosons in four-lepton final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 865, pp.139472. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Searches for Dark Matter with the KM3NeT Neutrino Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.058. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing invisible neutrino decay with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 04, pp.105. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2025)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light neutral particles decaying promptly into collimated pairs of electrons or muons in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (3), pp.335. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS searches for additional scalars and exotic Higgs boson decays with the LHC Run 2 dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.184-260. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for same-charge top-quark pair production in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.084. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise measurement of the jet energy scale derived from single-particle measurements and in situ techniques in proton-proton collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (9), pp.927. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14409-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electroweak, QCD and flavour physics studies with ATLAS data from Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.57-126. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of an ultra-high-energy cosmic neutrino with KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 638 (8050), pp.376-382. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-08543-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of tau neutrinos and non-unitary neutrino mixing with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 07, pp.213. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2025)213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climbing to the top of the ATLAS 13 TeV data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.127-183. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Lund jet plane in hadronic decays of top quarks and W bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (4), pp.416. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13924-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision measurement of the $B^{0}$ meson lifetime using $B^{0} \rightarrow J/\psi K^{*0}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (7), pp.736. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14232-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and charm-tagged jets using 139 fb$^{-1}$ of proton-proton collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.193. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single-production of vector-like quarks decaying into $Wb$ in the fully hadronic final state in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.075. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced leptons in $\sqrt{s}=13$ TeV and $13.6$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112 (1), pp.012016. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/w8hh-xf24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of photonuclear jet production in ultra-peripheral Pb+Pb collisions at $\sqrt{s_{\text{NN}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (5), pp.052006. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.111.052006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of $D^{\pm}$ and $D_{s}^{\pm}$ meson production in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 07, pp.086. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2025)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04871163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the jet-induced diffusion wake in the quark-gluon plasma via measurements of jet-track correlations in photon-jet events in Pb+Pb collisions at $\sqrt{\mathrm{s}_{\mathrm{NN}}}$ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (4), pp.044909. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.111.044909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for singly and doubly charged Higgs bosons produced via vector-boson fusion in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 860, pp.139137. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson in $t \to H^\pm b$ decays, with $H^\pm \to cs$, in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (2), pp.153. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13715-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KM3NeT Constraint on Lorentz-Violating Superluminal Neutrino Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.457. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-025-02347-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for quantum decoherence in neutrino oscillations with six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.039. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the potential cosmogenic origin of the ultra-high-energy event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 984 (2), pp.L41. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/adcc29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total cost of ownership and evaluation of Google cloud resources for the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.2. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-024-00128-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04592124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance of missing transverse momentum reconstruction and its significance with the ATLAS detector using 140 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (6), pp.606. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14062-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraint on the total width of the Higgs boson from Higgs boson and four-top-quark measurements in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 861, pp.139277. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gSeaGen code by KM3NeT: an efficient tool to propagate muons simulated with CORSIKA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Phys.Commun.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 314, pp.109660. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2025.109660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ultra-high-energy event KM3-230213A within the global neutrino landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (3), pp.031016. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/yypk-zmb8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of Higgs boson production in the $H\to\tau^+\tau^-$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.010. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2025)010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a dark Higgs boson in the $b\bar{b}$ final state using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (12), pp.121801. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.121801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of lepton flavour universality in $W$-boson decays into electrons and $\tau$-leptons using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 05, pp.038. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2025)038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A continuous calibration of the ATLAS flavour-tagging classifiers via optimal transportation maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (11), pp.1272. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14682-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopole pair production in ultraperipheral Pb+Pb collisions at $\sqrt{s_{_\textrm{NN}}}=5.36$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for boosted low-mass resonances decaying into hadrons produced in association with a photon in pp collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.099. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a $Z$ boson and a light hadronically decaying resonance in 140 fb$^{-1}$ of 13 TeV $p$$p$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 868, pp.139671. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04816178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $WH$ and $ZH$ production with Higgs boson decays into bottom quarks and direct constraints on the charm Yukawa coupling in $13\,\mathrm{TeV}$$pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 04, pp.075. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2025)075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top-quark pair production in association with charm quarks in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 860, pp.139177. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $t\bar{t}H/A \rightarrow t\bar{t}t\bar{t}$ production in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (5), pp.573. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14041-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04685419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t\bar{t}$ production in association with additional $b$-jets in the $e\mu$ final state in proton-proton collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.068. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of pairs of collimated $\tau$-leptons decaying hadronically using $\sqrt{s}=13$ TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (5), pp.561. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14075-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $W\gamma\gamma$ triboson production in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138400. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Resonant Production of Dark Quarks in the Dijet Final State with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.128. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of squarks or gluinos decaying via sleptons or weak bosons in final states with two same-sign or three leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.107. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the relative sign of the Higgs boson couplings to $W$ and $Z$ bosons using $WH$ production via vector-boson fusion with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (14), pp.141801. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.141801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t$-channel single-top-quark production in $pp$ collisions at $\sqrt{s} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138726. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Z boson invisible width at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138705. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded software of the KM3NeT central logic board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Phys.Commun.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 296, pp.109036. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2023.109036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass resonances in final states with a $\tau$-lepton and missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112008. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for singly produced vector-like top partners in multilepton final states with 139 $\mathrm{fb}^{-1}$ of $pp$ collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112012. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-section for a $Z$ boson in association with $b$- or $c$-jets in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (9), pp.984. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13159-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in final states with leptons, taus, and photons in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.164. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensor response and radiation damage effects for 3D pixels in the ATLAS IBL Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.P10008. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/10/P10008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new particles in events with a hadronically decaying W or Z boson and large missing transverse momentum at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.126. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral long-lived particles that decay into displaced jets in the ATLAS calorimeter in association with leptons or jets using $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.036. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving topological cluster reconstruction using calorimeter cell timing in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (5), pp.455. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12657-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of higgsinos in events with two Higgs bosons and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112011. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible particles produced in association with single top quarks in proton-proton collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.263. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a CP-odd Higgs boson decaying into a heavy CP-even Higgs boson and a $Z$ boson in the $\ell^+\ell^- t\bar{t}$ and $\nu\bar{\nu}b\bar{b}$ final states using 140 fb$^{-1}$ of data collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.197. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the exclusive $W$ boson hadronic decays $W^{\pm}\to\pi^{\pm}\gamma$, $W^{\pm}\to K^{\pm}\gamma$ and $W^{\pm}\to\rho^{\pm}\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (16), pp.161804. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.161804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon efficiencies in LHC Run 2 with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.162. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Trigger System for LHC Run 3 and Trigger performance in 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (06), pp.P06029. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/06/P06029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles from Higgs boson decays via vector-boson-fusion production from $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.719. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12902-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise test of lepton flavour universality in $W$-boson decays into muons and electrons in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.993. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13070-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the W-boson mass and width with the ATLAS detector using proton-proton collisions at $\sqrt{s}$ = 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1309. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13190-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of quantum entanglement in top-quark pairs using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 633 (8030), pp.542. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-07824-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances in final states with four leptons and missing transverse momentum or jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.130. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light CP-odd Higgs boson decaying into a pair of $\tau$-leptons in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.126. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for decays of the Higgs boson into a pair of pseudoscalar particles decaying into $b\bar{b}\tau^+\tau^-$ using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on dark matter models involving an $s$-channel mediator with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1102. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13215-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the non-resonant production of Higgs boson pairs via gluon fusion and vector-boson fusion in the $b\bar{b}\tau^+\tau^-$ final state in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032012. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underlying-event studies with strange hadrons in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1335. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13243-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement and interpretation of same-sign $W$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.026. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2024)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon energy calibration with the ATLAS detector using LHC Run 2 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (02), pp.P02009. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/02/P02009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Generative Models for Fast Photon Shower Simulation in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-023-00106-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Experiment at the CERN Large Hadron Collider: A Description of the Detector Configuration for Run 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (05), pp.P05063. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential cross-sections of $t\bar{t}W$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.131. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azimuthal angle correlations of muons produced via heavy-flavor decays in 5.02 TeV Pb+Pb and $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (20), pp.202301. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.202301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for top-squark pair production, in final states containing a top quark, a charm quark and missing transverse momentum, using the 139 fb$^{-1}$ of $pp$ collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.250. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson pair production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (10), pp.101801. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.101801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross-sections in $t\bar t$ and $t\bar t+$jets production in the lepton+jets final state in $pp$ collisions at $\sqrt s=13$ TeV using 140 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.182. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for $R$-parity violating supersymmetric decays of the top squark to a $b$-jet and a lepton in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $t\bar{t}$ production in the lepton+jets and dilepton channels in $p$+Pb collisions at $\sqrt{s_\mathrm{NN}}=8.16$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.101. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a resonance decaying into a scalar particle and a Higgs boson in final states with leptons and two photons in proton-proton collisions at $\sqrt s=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.104. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial and differential cross-section measurements of electroweak $W\gamma jj$ production in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1064. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13311-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ cross section and its ratio to the $Z$ production cross section using $pp$ collisions at $\sqrt{s} = 13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138376. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise measurement of the Z-boson double-differential transverse momentum and rapidity distributions in the full phase space of the decay leptons with the ATLAS experiment at $\sqrt s$ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (3), pp.315. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12438-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptoquark pair production decaying into $te^- \bar{t}e^+$ or $t\mu^- \bar{t}\mu^+$ in multi-lepton final states in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (8), pp.818. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12975-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $H \to \gamma \gamma$ and $H \to ZZ^* \to 4 \ell$ cross-sections in $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (1), pp.78. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12130-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the decay of the Higgs boson to a $Z$ boson and a light pseudoscalar particle decaying to two photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 850, pp.138536. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of $W^+W^-$ in association with jets in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.254. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $WZ\gamma$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (2), pp.021802. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.021802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance and calibration of quark/gluon-jet taggers using 140 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (2), pp.023001. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/acf701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet substructure in boosted $t\bar{t}$ events with the ATLAS detector using 140 fb$^{-1}$ of 13 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112016. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a resonance decaying into a scalar particle and a Higgs boson in the final state with two bottom quarks and two photons in proton-proton collisions at a center of mass energy of 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.047. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential cross-sections of $t\bar{t}\gamma$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.191. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged-lepton-flavour violating $\mu\tau qt$ interactions in top-quark production and decay in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (1), pp.012014. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.012014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the $VH, H\rightarrow \tau\tau$ process with the ATLAS detector in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138817. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-production of vector-like quarks in lepton+jets final states containing at least one $b$-tagged jet using the Run 2 data from the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138743. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson decays into a photon and a massless dark photon using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.153. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in association with a $W$ boson in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072010. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy right-handed Majorana neutrinos in the decay of top quarks produced in proton$-$proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (11), pp.112004. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric particles in final states with two $\tau$-leptons in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.150. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of neutrino oscillation parameters with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.206. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise measurements of $W$- and $Z$-boson transverse momentum spectra with the ATLAS detector using $pp$ collisions at $\sqrt{s} = 5.02$ TeV and $13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1126. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13414-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant production of semi-visible jets using Run~2 data in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138324. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for R-parity-violating supersymmetry in final states containing many jets in $pp$ collisions at $\sqrt{s} = 13\,\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.003. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for combined analyses of hadronic emission from $\gamma$-ray sources in the Milky Way with CTA and KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Unbehaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Mohrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.112. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12279-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-philic heavy resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.157. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12318-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Neutrino Emission from GRB 221009A using the KM3NeT ARCA and ORCA detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.006. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Power Board of the KM3NeT Digital Optical Module: design, upgrade, and production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (11), pp.2044. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13112044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $ZZ$ production cross-sections in the four-lepton final state in $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138764. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry using vector boson fusion signatures and missing transverse momentum in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.116. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-sections for events with missing transverse momentum and jets measured with the ATLAS detector in 13 TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.223. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Lund subjet multiplicities in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 859, pp.139090. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the centrality dependence of the dijet yield in $p$+Pb collisions at $\sqrt{s_{_\text{NN}}}$ = 8.16 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (10), pp.102301. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.102301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A statistical combination of ATLAS Run 2 searches for charginos and neutralinos at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in the $2b + 2\ell + E_\mathrm{T}^\mathrm{miss}$ final state in $pp$ collisions at $\sqrt{s} = 13\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.037. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric muons measured with the KM3NeT detectors in comparison with updated numeric predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.696. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13018-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS forward proton Time-of-Flight detector in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (05), pp.P05054. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of $J/\psi$ and $\psi(2$S$)$ mesons in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.169. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12439-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS tile calorimeter in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1313. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13151-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for nearly mass-degenerate higgsinos using low-momentum mildly-displaced tracks in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (22), pp.221801. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.221801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for pair-produced leptoquarks at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138736. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous energy and mass calibration of large-radius jets with the ATLAS detector using a deep neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mach.Learn.Sci.Tech.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (3), pp.035051. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2632-2153/ad611e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with top-quark pairs and large missing transverse momentum using 140 $\mathrm{fb}^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 03, pp.139. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2024)139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of a soft secondary vertex tagger using proton-proton collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032015. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced vector-like quarks coupling to light quarks in the lepton plus jets final state using 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.052009. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs boson decays into $D^*\gamma$ and $Z$ boson decays into $D^0\gamma$ and $K^0_s\gamma$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138762. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using pile-up collisions as an abundant source of low-energy hadronic physics processes in ATLAS and an extraction of the jet energy resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.032. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet radius dependence of dijet momentum balance and suppression in Pb+Pb collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.054912. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.110.054912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of electroweak $W^{\pm}Z$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 06, pp.192. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2024)192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beam-induced backgrounds measured in the ATLAS detector during local gas injection into the LHC beam vacuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (06), pp.0614. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/06/P06014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in two-body invariant mass distributions using unsupervised machine learning for anomaly detection at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (8), pp.081801. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.081801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $Z \to ll\gamma$ decays at $\sqrt s~$= 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.195. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12471-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for short- and long-lived axion-like particles in $H\rightarrow a a \rightarrow 4\gamma$ decays with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.742. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12979-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for quantum black hole production in lepton+jet final states using proton-proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (3), pp.032010. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.032010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Sensitivity of the KM3NeT/ARCA detector to a diffuse neutrino flux and to point-like source emission: Exploring the case of the Starburst Galaxies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astropart.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 162, pp.102990. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2024.102990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astronomy potential of KM3NeT/ARCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (9), pp.885. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13137-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS Run 2 searches for electroweak production of supersymmetric particles interpreted within the pMSSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, pp.106. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the Higgs Boson Decay to a Z Boson and a Photon at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (2), pp.021803. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.021803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simultaneous unbinned differential cross section measurement of twenty-four $Z$+jets kinematic observables with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (26), pp.261803. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.261803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy versus precision in boosted top tagging with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (08), pp.P08018. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/08/P08018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of vector boson production cross sections and their ratios using $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138725. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new $Z'$ gauge boson via the $pp \rightarrow W^{\pm(*)} \rightarrow Z' \mu^{\pm} \nu \rightarrow \mu^{\pm}\mu^{\mp}\mu^{\pm}\nu$ process in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072008. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos in $e^{\pm} e^{\pm}$ and $e^{\pm} \mu^{\pm}$ final states via WW scattering in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 856, pp.138865. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of high-momentum Higgs boson production in association with a vector boson in the $qqbb$ final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (13), pp.131802. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.131802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for neutrino counterparts of gravitational waves from the LIGO/Virgo third observing run with KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.026. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/04/026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination and summary of ATLAS dark matter searches interpreted in a 2HDM with a pseudo-scalar mediator using 139 fb$^{-1}$ of $\sqrt{s} = 13$ TeV $pp$ collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sci.Bull.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 69 (19), pp.3005. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scib.2024.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t$-channel production of single top quarks and antiquarks in $pp$ collisions at 13 TeV using the full ATLAS Run 2 data sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.305. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of the production of four charged leptons in association with two jets using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.004. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2024)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for resonant Higgs boson pair production using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of boosted Higgs bosons via vector-boson fusion in the $b\bar{b}b\bar{b}$ final state using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 858, pp.139007. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04563748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived particles in $pp$ collisions at $\sqrt{s}=13$ TeV using displaced vertices in the ATLAS inner detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (16), pp.161803. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.161803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral Higgs bosons decaying into a top quark pair in 140 fb$^{-1}$ of proton-proton collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.013. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04565628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current couplings between the top quark and the Higgs boson in multi-lepton final states in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.757. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12994-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark mesons decaying to top and bottom quarks in proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 09, pp.005. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2024)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of jet cross-section ratios in 13 TeV proton--proton collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072019. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass resonances decaying into two jets and produced in association with a photon or a jet at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032002. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for heavy spin-1 resonances using 139 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.118. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2024)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of the energy dependence of diboson polarization fractions and the Radiation Amplitude Zero effect in WZ production with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (10), pp.101802. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.101802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling sources of momentum fluctuations in Xe+Xe and Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (25), pp.252301. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.252301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the CP nature of the top–Higgs Yukawa coupling in tt¯H and tH events with H→bb¯ decays using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 849, pp.138469. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential cross-section measurements of $t\bar{t}Z$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector, including EFT and spin-correlation interpretations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.163. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $Z\gamma$ decay mode of new high-mass resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138394. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced higgsinos decaying via Higgs or $Z$ bosons to final states containing a pair of photons and a pair of $b$-jets with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 856, pp.138938. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of new Higgs boson interactions through nonresonant $HH$ production in the $b\bar{b}\gamma\gamma$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.066. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2024)066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP-invariance of the Higgs boson in vector-boson fusion production and its decay into four leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.105. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretations of the ATLAS measurements of Higgs boson production and decay rates and differential cross-sections in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.097. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential $ t\overline{t} $ cross-section measurements using boosted top quarks in the all-hadronic final state with 139 fb$^{−1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 04, pp.080. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2023)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral-current couplings between the top quark and the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;Z&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; boson with proton-proton collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032019. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-independent search for the presence of new physics in events including $H\rightarrow\gamma\gamma$ with $\sqrt{s}$ = 13 TeV pp data recorded by the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.176. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurement of the Higgs boson mass from the $H\to\gamma\gamma$ and $H\to ZZ^{*} \to 4\ell$ decay channels with the ATLAS detector using $\sqrt{s}$ = 7, 8 and 13 TeV $pp$ collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (25), pp.251802. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.251802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ t\overline{t} $ production cross-section in pp collisions at $ \sqrt{s} $ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.138. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new pseudoscalar decaying into a pair of muons in events with a top-quark pair at $\sqrt{s} = 13$~TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (9), pp.092007. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.092007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy, long-lived, charged particles with large ionisation energy loss in $pp$ collisions at $\sqrt{s} = 13~\text{TeV}$ using the ATLAS experiment and the full Run 2 dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.158. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the charged-lepton-flavor-violating decay $Z\rightarrow e\mu$ in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032015. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Process in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions and Constraints on the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt;-Lepton Anomalous Magnetic Moment with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (15), pp.151802. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.151802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for lepton-flavour-violating decays of the Higgs boson into $e\tau$ and $\mu\tau$ in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.166. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant and non-resonant Higgs boson pair production in the $ b\overline{b}{\tau}^{+}{\tau}^{-} $ decay channel using 13 TeV pp collision data from the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.040. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor of $b$-jets in 5.02 TeV Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (5), pp.438. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11427-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in the s-channel in proton–proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.191. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for heavy Higgs bosons decaying into vector bosons in same-sign two-lepton final states in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.200. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for periodic signals in the dielectron and diphoton invariant mass spectra using 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.079. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations between flow and transverse momentum in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at the LHC with the ATLAS detector: A probe of the heavy-ion initial state and nuclear deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054910. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $Z\gamma+$jets differential cross sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.072. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a dark Higgs boson decaying into $W^{+}W^{-}$ in the one-lepton final state at $\sqrt{s}$=13 TeV using 139 fb$^{-1}$ of $pp$ collisions recorded with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.116. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of muon pairs produced via &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; scattering in nonultraperipheral &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.02&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054907. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pairs of muons with small displacements in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138172. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptoquarks decaying into the b$\tau$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.001. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential cross-sections for dilepton $t\bar{t}$ production measured in $\sqrt{s}=13\;$TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.141. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced photons produced in exotic decays of the Higgs boson using 13 TeV &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032016. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of sleptons and charginos decaying to two leptons and neutralinos with mass splittings near the W-boson mass in $ \sqrt{s} $ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.031. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopoles and stable particles with high electric charges in $\sqrt{s}=$13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.112. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with displaced vertices and multiple jets in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.200. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of gauge boson joint-polarisation states in W±Z production from pp collisions at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137895. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search in diphoton and dielectron final states for displaced production of Higgs or $Z$ bosons with the ATLAS detector in $\sqrt{s} = 13$ TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (1), pp.012012. </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.012012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of four-top-quark production in the multilepton final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.496. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11573-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of two jets and a $Z$-boson pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (2), pp.237-253. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-022-01757-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of inclusive top-quark pair production cross-section measurements using ATLAS and CMS data at $ \sqrt{s} $ = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.213. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for invisible decays of the Higgs boson using 139 fb−1 of proton-proton collision data at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV collected with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 842, pp.137963. </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with photons, jets and missing transverse momentum in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.021. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Higgs boson decaying to tau leptons at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.189. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited $\tau$-leptons and leptoquarks in the final state with $\tau$-leptons and jets in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.199. </w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of off-shell Higgs boson production from $ZZ$ leptonic decay channels and constraints on its total width with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138223. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the polarisation of W bosons produced in top-quark decays using dilepton events at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137829. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production of a $W$ boson in association with a charmed hadron in $pp$ collisions at $\sqrt{s} = 13\,\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032012. </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Neutral Leptons in Decays of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;W&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Bosons Using a Dilepton Displaced Vertex in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $ t\overline{t}H/A\to t\overline{t}t\overline{t} $ production in the multilepton final state in proton–proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.203. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark photons in rare $Z$ boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (25), pp.251801. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.251801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with one lepton, jets and missing transverse momentum in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.167. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs and Z boson decays into a vector quarkonium state and a photon using 139 fb$^{-1}$ of ATLAS $\sqrt{s}=13$ TeV proton–proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.781. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11869-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for third-generation vector-like leptons in $pp$ collisions at $\sqrt{s} = 13\,\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.118. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive-photon production and its dependence on photon isolation in $pp$ collisions at $\sqrt s=13$ TeV using 139 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.086. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for new phenomena in events with two leptons, jets, and missing transverse momentum in 139 fb$^{-1}$ of $\varvec{\sqrt{s}}=13$ TeV $\varvec{pp}$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.515. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11434-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-boson resonances decaying into a top quark and a bottom quark using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.073. </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant WZ production in the fully leptonic final state in proton–proton collisions at $\mathbf {\sqrt{s} = 13}$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.633. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11437-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for boosted diphoton resonances in the 10 to 70 GeV mass range using 138 fb$^{−1}$ of 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.155. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total cross section and $\rho $-parameter from elastic scattering in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (5), pp.441. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11436-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the strong coupling constant from transverse energy$-$energy correlations in multijet events at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.085. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Single-Top-Quark Production in Association with a Photon Using the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (18), pp.181901. </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.181901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived multi-charged particles in the full LHC Run 2 $pp$ collision data at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138316. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential Higgs boson production cross-sections at $ \sqrt{s} $ = 13 TeV with the ATLAS detector by combining the H → ZZ$^{*}$→ 4ℓ and H → γγ decay channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 05, pp.028. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2023)028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the suppression and correlations of dijets in Pb+Pb collisions at $\sqrt {s_{NN}}$ = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054908. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced vector-like top and bottom partners in events with large missing transverse momentum in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.719. </w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11790-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the charge asymmetry in pp → $ t\overline{t} $ production at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 08, pp.077. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2023)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass with $H \rightarrow \gamma\gamma$ decays in 140 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138315. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-sections of the electroweak and total production of a $Z \gamma$ pair in association with two jets in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138222. </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $B_s^0 \to \mu\mu$ Effective Lifetime with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.199. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the suppression and correlations of dijets in Xe+Xe collisions at &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.44&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (2), pp.024906. </w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.108.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;C&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;P&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Invariance in Higgs Boson Vector-Boson-Fusion Production Using the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;H&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Channel with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (6), pp.061802. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.061802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly detection search for new resonances decaying into a Higgs boson and a generic new particle $X$ in hadronic final states using $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.052009. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04135608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast $b$-tagging at the high-level trigger of the ATLAS experiment in LHC Run 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (11), pp.P11006. </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/18/11/P11006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $Z\gamma \gamma $ production in pp collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.539. </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11579-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP properties of Higgs boson interactions with $\tau $-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.563. </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11583-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of observables sensitive to colour reconnection in $t{\bar{t}}$ events with the ATLAS detector at $\sqrt{s} =$ 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.518. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11479-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in association with a vector boson in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.519. </w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11559-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavour violation in high-mass dilepton final states using 139 $\mathrm{fb}^{-1}$ of $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.082. </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Higgs bosons with flavour-violating couplings in multi-lepton plus $b$-jets final states in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.081. </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of cross-sections for production of a $Z$ boson in association with a flavor-inclusive or doubly $b$-tagged large-radius jet in proton-proton collisions at $\sqrt{s} = 13~$TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (1), pp.012022. </w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.012022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04399385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exclusive Higgs and $Z$ boson decays to $\omega\gamma$ and Higgs boson decays to $K^{*}\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138292. </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass $W\gamma$ and $Z\gamma$ resonances using hadronic W/Z boson decays from 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.125. </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana or Dirac neutrinos and right-handed $W$ gauge bosons in final states with charged leptons and jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (12), pp.1164. </w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12021-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for nonresonant pair production of Higgs bosons in the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;/math&amp;gt; final state in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson in $t \rightarrow H^{\pm}b$ decays, with $H^{\pm} \rightarrow cb$, in the lepton+jets final state in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.004. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive dielectron production in ultraperipheral Pb+Pb collisions at $ \sqrt{s_{\textrm{NN}}} $ = 5.02 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.182. </w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of multijet event isotropies using optimal transport with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.060. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;t&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;t&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;/math&amp;gt; production cross section in the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;lepton&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mtext&amp;gt;jets&amp;lt;/mtext&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; channel in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;7&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector using support vector machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.K Abhayasinghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032014. </w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for new resonances in multiple final states with a high transverse momentum $Z$ boson in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.036. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04128250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^{+}W^{-}$ production in decay topologies inspired by searches for electroweak supersymmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.718. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11508-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong Constraints on Jet Quenching in Centrality-Dependent &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions at 5.02 TeV from ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (7), pp.072301. </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.072301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top-quark pair production in association with a photon with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137848. </w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and three or more b-jets in 139 fb$^{-1}$ of proton–proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.561. </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11543-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of Suppression of Large-Radius Jets and Its Dependence on Substructure in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.02&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (17), pp.172301. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.172301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the reconstruction of large impact parameter tracks in the inner detector of ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (11), pp.1081. </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12024-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of inclusive and photon-tagged jet suppression in 5.02 TeV Pb+Pb collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138154. </w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-hadron production in $pp$, $p$+Pb, Pb+Pb, and Xe+Xe collisions at $\sqrt{s_{_\text{NN}}}=5$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.074. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new scalar resonance in flavour-changing neutral-current top-quark decays $t \rightarrow qX$ ($q=u,c$), with $X \rightarrow b\bar{b}$, in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.199. </w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged Higgs boson production in multi-lepton final states using 139 fb$^{-1}$ of proton–proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.605. </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11578-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of third-generation leptoquarks decaying into a bottom quark and a $\tau $-lepton with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (11), pp.1075. </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12104-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of an excess of di-charmonium events in the four-muon final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (15), pp.151902. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.151902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current interactions of the top quark and the Higgs boson in events with a pair of τ-leptons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.155. </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the Higgs boson self-coupling from single- and double-Higgs production with the ATLAS detector using pp collisions at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137745. </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of the muon momentum calibration and performance of the ATLAS detector with pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.686. </w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11584-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in multi-body invariant masses in events with at least one isolated lepton and two jets using $ \sqrt{s} $ = 13 TeV proton–proton collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.202. </w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on spin-0 dark matter mediators and invisible Higgs decays using ATLAS 13 TeV $pp$ collision data with two top quarks and missing transverse momentum in the final state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.503. </w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11477-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass in the $H \to ZZ^* \to 4 \ell$ decay channel using 139 fb$^{-1}$ of $\sqrt s$ = 13 TeV $pp$ collisions recorded by the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137880. </w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single vector-like $B$ quark production and decay via $B\rightarrow bH(b\bar{b})$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.168. </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for estimating fake/non-prompt lepton backgrounds with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (11), pp.T11004. </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/18/11/T11004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an axion-like particle with forward proton scattering in association with photon pairs at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.234. </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of pair production of longitudinally polarised vector bosons and study of CP properties in $ZZ \to 4\ell$ events with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.107. </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections of Higgs boson production through gluon fusion in the $H\rightarrow WW^{*}\rightarrow e\nu \mu \nu $ final state at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.774. </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11873-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New techniques for jet calibration with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.761. </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11837-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptonic charge asymmetry in $ t\overline{t}W $ production in final states with three leptons at $ \sqrt{s} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.033. </w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial and differential cross-section measurements for the vector-boson-fusion production of the Higgs boson in the $H \rightarrow WW^{\ast} \rightarrow e\nu\mu\nu$ decay channel at 13 $\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (7), pp.072003. </w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current couplings between the top quark and the photon with the ATLAS detector at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 842, pp.137379. </w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass using a leptonic invariant mass in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.019. </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Sensitivity of Two-Particle Correlations in $pp$ Collisions to the Presence of Hard Scatterings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (16), pp.162301. </w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.162301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of winos and higgsinos in events with two same-charge leptons or three leptons in $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.150. </w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new Z' gauge boson in $4\mu$ events with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.090. </w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of exclusive pion pair production in proton–proton collisions at $\sqrt{s}={7}\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.627. </w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11700-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new heavy scalar particle decaying into a Higgs boson and a new scalar singlet in final states with one or two light leptons and a pair of $\tau$-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.009. </w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark photons from Higgs boson decays via $ZH$ production with a photon plus missing transverse momentum signature from $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.133. </w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-production of vector-like quarks in pp collision events at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with at least one leptonically decaying Z boson and a third-generation quark with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.138019. </w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral $tqH$ interactions with $H\rightarrow \gamma\gamma$ in $pp$ collisions at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.195. </w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a $Z$ or $W$ boson and a Higgs boson in final states with leptons and $b$-jets in $139~$fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=13~$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.016. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak $ Z\left(\nu \overline{\nu}\right)\gamma jj $ production and limits on anomalous quartic gauge couplings in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.082. </w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles that decay to collimated pairs of leptons or light hadrons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.153. </w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-section measurements for the production of a Z boson in association with high-transverse-momentum jets in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.080. </w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of the light-flavour jet mistagging efficiency of the b-tagging algorithms with Z+jets events using 139 $\textrm{fb}^{-1}$ of ATLAS proton–proton collision data at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.728. </w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11736-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;Υ&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;(&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;n&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;S&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;)&amp;lt;/mo&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; mesons in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054912. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminosity determination in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (10), pp.982. </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11747-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a single top quark and an energetic $W$ boson in $\sqrt{s}=$ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.603. </w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11582-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production by gluon-gluon fusion and vector-boson fusion using $H\rightarrow W W^* \rightarrow e\nu \mu\nu$ decays in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032005. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pursuit of paired dijet resonances in the Run 2 dataset with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (11), pp.112005. </w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Majorana neutrinos in same-sign $WW$ scattering events from $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.824. </w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11915-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS flavour-tagging algorithms for the LHC Run 2 pp collision dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.681. </w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11699-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of substructure-dependent jet suppression in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054909. </w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like $T$ quarks decaying into $Ht$ or $Zt$ in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 08, pp.153. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2023)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced scalar and vector leptoquarks decaying into third-generation quarks and first- or second-generation leptons in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.188. </w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the properties of Higgs boson production at $\sqrt{s} = 13$ TeV in the $H\to\gamma\gamma$ channel using $139$ fb$^{-1}$ of $pp$ collision data with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H. Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023 (7), pp.88. </w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the polarisation of single top quarks and antiquarks produced in the $t$-channel at $\sqrt{s}=13$ TeV and bounds on the $tWb$ dipole operator from the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.040. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2022)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson inclusive and differential fiducial cross-sections in the diphoton decay channel with pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.027. </w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03574280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross-sections in top-quark pair events with a high transverse momentum top quark and limits on beyond the Standard Model contributions to top-quark pair production with the ATLAS detector at $ \sqrt{s} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.063. </w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of azimuthal anisotropies of jet production in Pb+Pb collisions at $\sqrt{s_{NN}} =$ 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (6), pp.064903. </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.105.064903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of Higgs boson decay into $b$-quarks in associated production with a top-quark pair in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.097. </w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of the Higgs boson into b$ \overline{b} $ and missing transverse momentum in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 01, pp.063. </w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2022)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Level-1 topological trigger in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09807-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charginos based on a disappearing-track signature using 136 fb$^{-1}$ of pp collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.606. </w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10489-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a vectorlike $T$ quark decaying into a Higgs boson and top quark with fully hadronic final states using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092012. </w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a pair of pseudoscalar particles in the $bb\mu\mu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt s$=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III seesaw heavy leptons in leptonic final states in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (11), pp.988. </w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10785-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for an unexpected asymmetry in the production of e+μ− and e−μ+ pairs in proton–proton collisions recorded by the ATLAS detector at s=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 830, pp.137106. </w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the two bottom quarks plus two photons final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (5), pp.052001. </w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.052001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on Higgs boson properties using $WW^{*}(\rightarrow e\nu \mu \nu )jj$ production in $36.1\,\mathrm{fb}^{-1}$ of $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.622. </w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10366-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of two jets in association with an isolated photon and missing transverse momentum, and search for a Higgs boson decaying into invisible particles at 13 $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.105. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09878-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulating the impact of additional proton–proton interactions in the ATLAS simulation by presampling sets of inelastic Monte Carlo events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-021-00062-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the energy response of the ATLAS calorimeter to charged pions from $W^{\pm }\rightarrow \tau ^{\pm }(\rightarrow \pi ^{\pm }\nu _{\tau })\nu _{\tau }$ events in Run 2 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (3), pp.223. </w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10117-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for associated production of a $Z$ boson with an invisibly decaying Higgs boson or dark matter candidates at $\sqrt s$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137066. </w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for events with a pair of displaced vertices from long-lived neutral particles decaying into hadronic jets in the ATLAS muon spectrometer in pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.032005. </w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs bosons decaying into new spin-0 or spin-1 particles in four-lepton final states with the ATLAS detector with 139 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 03, pp.041. </w:t></w:r><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2022)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle Bose–Einstein correlations in ${ pp }$ collisions at $\mathbf {\sqrt{s} = 13}$ TeV measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.608. </w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10472-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production cross-sections in the $H\to\tau^{+}\tau^{-}$ decay channel in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.175. </w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $WWW$ Production in $pp$ Collisions at $\sqrt s$ =13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 129 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS inner detector trigger performance in pp collisions at 13 TeV during LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (3), pp.206. </w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09920-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct constraint on the Higgs-charm coupling from a search for Higgs boson decays into charm quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82, pp.717. </w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10588-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in three- or four-lepton events in $pp$ collisions at $\sqrt s$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 824, pp.136832. </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the parton distribution functions of the proton using diverse ATLAS data from $pp$ collisions at $\sqrt{s} = 7$, 8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (5), pp.438. </w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10217-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible Higgs-boson decays in events with vector-boson fusion signatures using 139 fb$^{-1}$ of proton-proton data recorded by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.104. </w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor for muons from charm and bottom hadrons in Pb+Pb collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137077. </w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on Higgs boson production with large transverse momentum using $H\rightarrow b\bar{b}$ decays in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092003. </w:t></w:r><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AtlFast3: the next generation of fast simulation in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-021-00079-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092002. </w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current interactions of a top quark and a gluon in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (4), pp.334. </w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10182-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral long-lived particles in $pp$ collisions at $ \sqrt{s} $ = 13 TeV that decay into displaced hadronic jets in the ATLAS calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.005. </w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03611512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the c-jet mistagging efficiency in $t\bar{t}$ events using pp collision data at $\sqrt{s}=13$ $\text {TeV}$ collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (1), pp.95. </w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09843-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS semiconductor tracker in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (01), pp.P01013. </w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/17/01/P01013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the energy asymmetry in $t{\bar{t}}j$ production at $13\,$TeV with the ATLAS experiment and interpretation in the SMEFT framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (4), pp.374. </w:t></w:r><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10101-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavor-violation in $Z$-boson decays with $\tau$-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.819-825. </w:t></w:r><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.271801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed map of Higgs boson interactions by the ATLAS experiment ten years after the discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 607 (7917), pp.52-59. </w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-022-04893-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles in the $b$-tagged dijet mass distribution with additional $b$-tagged jets in proton-proton collisions at $\sqrt s$= 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (1), pp.012001. </w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.012001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and computational improvements to the simulation of single vector-boson plus jet processes for the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.089. </w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of jet observables sensitive to b-quark fragmentation in tt¯ events at the LHC with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.032008. </w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.032008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A high-granularity timing detector for the ATLAS phase-II upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.P. Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adam Bourdarios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Belfkir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1032, pp.166628. </w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2022.166628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $ {\mathrm{B}}_{\mathrm{c}}^{+}\to \mathrm{J}/\psi {\mathrm{D}}_{\mathrm{s}}^{+} $ and $ {\mathrm{B}}_{\mathrm{c}}^{+}\to \mathrm{J}/\psi {\mathrm{D}}_{\mathrm{s}}^{\ast +} $ decays in pp collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.087. </w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in association with a $W$ boson in the single-lepton channel at $\sqrt{s} = 8\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.720. </w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09371-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a pair of Z bosons in the $\ell ^+\ell ^-\ell '^+\ell '^-$ and $\ell ^+\ell ^-\nu {{\bar{\nu }}}$ final states using 139 $\mathrm {fb}^{-1}$ of proton–proton collisions at $\sqrt{s} = 13\,$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.332. </w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09013-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with an energetic jet and missing transverse momentum in $pp$ collisions at $\sqrt {s}$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (11), pp.112006. </w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.112006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity-violating supersymmetry in a final state containing leptons and many jets with the ATLAS experiment using $\sqrt{s} = 13 { TeV}$ proton–proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (11), pp.1023. </w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09761-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03273670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^+W^-+\ge 1~$jet production cross-sections in $pp$ collisions at $\sqrt{s}=13~$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.003. </w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon reconstruction and identification efficiency in ATLAS using the full Run 2 $pp$ collision data set at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (7), pp.578. </w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09233-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances decaying into photon pairs in 139 fb$^{-1}$ of $pp$ collisions at $\sqrt {s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 822, pp.136651. </w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the t$ \overline{t} $t$ \overline{t} $ production cross section in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.118. </w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Standard Model Higgs boson decaying into b-quarks using the full Run 2 dataset from the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.209. </w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom-squark pair production in $pp$ collision events at $\sqrt{s} = 13$ TeV with hadronically decaying $\tau$-leptons, $b$-jets and missing transverse momentum using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (3), pp.032014. </w:t></w:r><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.032014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for phenomena beyond the Standard Model in events with large $b$-jet multiplicity using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (1), pp.11. </w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08730-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Higgs boson decays to a low-mass dilepton system and a photon in pp collisions at s=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 819, pp.136412. </w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of third-generation scalar leptoquarks decaying into a top quark and a $\tau$-lepton in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.179. </w:t></w:r><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the parton distribution functions of the proton from ATLAS measurements of differential W$^{±}$ and Z boson production in association with jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.223. </w:t></w:r><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the dimuon decay of the Standard Model Higgs boson with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 812, pp.135980. </w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $CP$-violating phase $\phi_s$ in $B^0_s \to J/\psi\phi$ decays in ATLAS at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.342. </w:t></w:r><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09011-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of large-radius jet reconstruction for the ATLAS detector in 13 TeV proton–proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.334. </w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09054-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the decays of stopped long-lived particles at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.173. </w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with an energetic photon in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 02, pp.226. </w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2021)226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a single top quark in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81, pp.860. </w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09566-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying into a top quark and a bottom quark at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.145. </w:t></w:r><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of sensor radiation damage in the ATLAS inner detector using leakage currents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, pp.P08025. </w:t></w:r><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/08/P08025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with one isolated lepton, jets, and missing transverse momentum at $\sqrt{s}=13$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (7), pp.600. </w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09748-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03122254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of the Higgs boson into long-lived particles in $pp$ collisions at $ \sqrt{s} $ = 13 TeV using displaced vertices in the ATLAS inner detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.229. </w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Fast TracKer system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, pp.P07006. </w:t></w:r><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/07/P07006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with missing transverse momentum and a Higgs boson decaying into two photons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, pp.013. </w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2021)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for trilepton resonances from chargino and neutralino pair production in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (11), pp.112003. </w:t></w:r><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.112003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the inclusive and differential production cross sections of a top-quark–antiquark pair in association with a Z boson at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.737. </w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09439-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with $b$-jets and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 05, pp.093. </w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2021)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of pairs of isolated photons in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.169. </w:t></w:r><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03314707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of the universality of $\tau$ and $\mu$ lepton couplings in $W$-boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (7), pp.813-818. </w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-021-01236-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III seesaw heavy leptons in dilepton final states in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (3), pp.218. </w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-08929-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medium-Induced Modification of $Z$-Tagged Charged Particle Yields in $Pb+Pb$ Collisions at 5.02 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (7), pp.072301. </w:t></w:r><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.072301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the relative $B^{\pm}_{c}/B^{\pm}$ production cross section with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (1), pp.012010. </w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.012010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $b$-quark fragmentation properties in jets using the decay $B^{\pm} \to J/\psi K^{\pm}$ in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.131. </w:t></w:r><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2021)131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal Flow Decorrelations in Xe+Xe Collisions at $\sqrt{s_{\mathrm{NN}}}=5.44$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (12), pp.122301. </w:t></w:r><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.122301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with two opposite-charge leptons, jets and missing transverse momentum in pp collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 04, pp.165. </w:t></w:r><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2021)165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the jet mass in high transverse momentum $Z(\rightarrow b\overline{b})\gamma$ production at $\sqrt{s}= 13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 812, pp.135991. </w:t></w:r><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale and resolution measured in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.689. </w:t></w:r><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09402-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair single- and double-differential cross-sections in the all-hadronic channel in $pp$ collisions at $\sqrt{s}=13~\textrm{TeV}$ using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.033. </w:t></w:r><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged-lepton-flavour violation in $Z$-boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (7), pp.819-825. </w:t></w:r><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-021-01225-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of photon-induced $W^+W^-$ production in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 816, pp.136190. </w:t></w:r><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum using 139 fb$^{-1}$ of $\sqrt{s}$ =13 TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, EPS-HEP2019, pp.143. </w:t></w:r><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2021)143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson production in association with a high-energy photon via vector-boson fusion with decay into bottom quark pairs at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 03, pp.268. </w:t></w:r><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configuration and performance of the ATLAS $b$-jet triggers in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (12), pp.1087. </w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09775-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Displaced Leptons in $\sqrt{s} = 13$ TeV $pp$ Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 127 (5), pp.051802. </w:t></w:r><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross-sections in four-lepton events in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.005. </w:t></w:r><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charginos and neutralinos in final states with two boosted hadronically decaying bosons and missing transverse momentum in $pp$ collisions at $\sqrt {s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino–neutralino pair production in final states with three leptons and missing transverse momentum in $\sqrt{s} = 13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (12), pp.1118. </w:t></w:r><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09749-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for New Phenomena in Final States with Two Leptons and One or No $b$-Tagged Jets at $\sqrt{s} = 13$ TeV Using the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 127 (14), pp.141801. </w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.141801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the associated production of a Higgs boson decaying into $b$-quarks with a vector boson at high transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 816, pp.136204. </w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of hadronic event shapes in high-p$_{T}$ multijet final states at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.188. </w:t></w:r><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements for the electroweak production of dijets in association with a $Z$ boson in proton–proton collisions at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (2), pp.163. </w:t></w:r><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08734-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Dark Matter Produced in Association with a Dark Higgs Boson Decaying into $W^\pm W^\mp$ or $ZZ$ in Fully Hadronic Final States from $\sqrt{s}=13$ TeV pp Collisions Recorded with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (12), pp.121802. </w:t></w:r><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.121802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy Higgs boson decaying into a Z boson and another heavy Higgs boson in the $\ell \ell bb$ and $\ell \ell WW$ final states in $pp$ collisions at $\sqrt{s}=13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (5), pp.396. </w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09117-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS RPC detector and Level-1 muon barrel trigger at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (07), pp.P07029. </w:t></w:r><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/07/P07029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $WH$ and $ZH$ production in the $H \rightarrow b\bar{b}$ decay channel in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (2), pp.178. </w:t></w:r><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08677-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in $pp$ collisions in final states with tau leptons, b-jets, and missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (11), pp.112005. </w:t></w:r><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive dimuon production in ultraperipheral Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104, pp.024906. </w:t></w:r><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of light-by-light scattering and search for axion-like particles with 2.2 nb$^{-1}$ of Pb+Pb data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.050. </w:t></w:r><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with top quark pairs in final states with one lepton, jets, and missing transverse momentum in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 04, pp.174. </w:t></w:r><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2021)174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of scalar leptoquarks decaying into first- or second-generation leptons and top quarks in proton–proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.313. </w:t></w:r><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09009-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs bosons decaying to bottom quarks from vector boson fusion production with the ATLAS experiment at $\sqrt{s}=13\,\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (6), pp.537. </w:t></w:r><w:hyperlink r:id="rId901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09192-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle azimuthal correlations in photonuclear ultraperipheral Pb+Pb collisions at 5.02 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (1), pp.014903. </w:t></w:r><w:hyperlink r:id="rId903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.014903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly and singly charged Higgs bosons decaying into vector bosons in multi-lepton final states with the ATLAS detector using proton-proton collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.146. </w:t></w:r><w:hyperlink r:id="rId905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with four or more charged leptons in 139 fb$^{−1}$ of $ \sqrt{s} $ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.167. </w:t></w:r><w:hyperlink r:id="rId907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with large jet multiplicities and missing transverse momentum using $ \sqrt{s} $ = 13 TeV proton-proton collisions recorded by ATLAS in Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.062. </w:t></w:r><w:hyperlink r:id="rId909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-section for a $Z$ boson in association with $b$-jets in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.044. </w:t></w:r><w:hyperlink r:id="rId911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $ t\overline{t} $ resonances in fully hadronic final states in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.061. </w:t></w:r><w:hyperlink r:id="rId913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with missing transverse momentum and a Higgs boson decaying into photons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.005. </w:t></w:r><w:hyperlink r:id="rId915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $Z(\rightarrow\ell^+\ell^-)\gamma$ production cross-section in $pp$ collisions at $\sqrt{s} =13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.054. </w:t></w:r><w:hyperlink r:id="rId917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$Z$ boson production in Pb+Pb collisions at $\sqrt{s_{\textrm{NN}}}$= 5.02 TeV measured by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 802, pp.135262. </w:t></w:r><w:hyperlink r:id="rId919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs Boson Decays into a $Z$ Boson and a Light Hadronically Decaying Resonance Using 13 TeV $pp$ Collision Data from the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (22), pp.221802. </w:t></w:r><w:hyperlink r:id="rId921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.221802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section and lepton differential distributions in $e\mu $ dilepton events from $pp$ collisions at $\sqrt{s}=13\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (6), pp.528. </w:t></w:r><w:hyperlink r:id="rId923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7907-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS muon triggers in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (09), pp.P09015. </w:t></w:r><w:hyperlink r:id="rId925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/09/p09015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new non-resonant phenomena in high-mass dilepton final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.005. </w:t></w:r><w:hyperlink r:id="rId927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2020)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the missing transverse momentum triggers for the ATLAS detector during Run-2 data taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 08, pp.080. </w:t></w:r><w:hyperlink r:id="rId929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2020)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Higgs bosons decaying into two tau leptons with the ATLAS detector using $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (5), pp.051801. </w:t></w:r><w:hyperlink r:id="rId931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.051801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Magnetic Monopoles and Stable High-Electric-Charge Objects in 13 Tev Proton-Proton Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higgs boson production cross-section measurements and their EFT interpretation in the $4\ell $ decay channel at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (10), pp.957. </w:t></w:r><w:hyperlink r:id="rId935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8227-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the upgraded PreProcessor of the ATLAS Level-1 Calorimeter Trigger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (11), pp.P11016. </w:t></w:r><w:hyperlink r:id="rId937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/11/P11016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment of the ATLAS Inner Detector in Run-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1194. </w:t></w:r><w:hyperlink r:id="rId939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08700-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of jet calibration and energy resolution in proton-proton collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1104. </w:t></w:r><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08477-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId943" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson pairs in $pp$ collisions at $\sqrt{s} = $13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135103. </w:t></w:r><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with same-sign leptons and jets using 139 fb$^{-1}$ of data collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 06, pp.046. </w:t></w:r><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2020)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson decays $H \to ee$ and $H \to e\mu$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135148. </w:t></w:r><w:hyperlink r:id="rId948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId949" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in the $bb\ell\nu\ell\nu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135145. </w:t></w:r><w:hyperlink r:id="rId950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral currents in processes with one top quark and a photon using 81 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135082. </w:t></w:r><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId953" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances in mass distributions of jet pairs using 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.145. </w:t></w:r><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for lepton-flavour-violating decays of the Higgs boson in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135069. </w:t></w:r><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Lund Jet Plane Using Charged Particles in 13 TeV Proton-Proton Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (22), pp.222002. </w:t></w:r><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.222002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy diboson resonances in semileptonic final states in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1165. </w:t></w:r><w:hyperlink r:id="rId960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08554-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of azimuthal anisotropy of muons from charm and bottom hadrons in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (8), pp.082301. </w:t></w:r><w:hyperlink r:id="rId962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.082301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with one lepton, missing transverse momentum and a Higgs boson decaying into two $b$-jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.691. </w:t></w:r><w:hyperlink r:id="rId964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8050-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section in the lepton+jets channel at $\sqrt{s}=13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 810, pp.135797. </w:t></w:r><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a photon and a hadronically decaying Higgs boson in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125, pp.251802. </w:t></w:r><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.251802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with a displaced vertex and a muon with large impact parameter in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (3), pp.032006. </w:t></w:r><w:hyperlink r:id="rId970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral Higgs bosons produced in association with $b$-quarks and decaying into $b$-quarks at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (3), pp.032004. </w:t></w:r><w:hyperlink r:id="rId972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.032004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and Measurement of Forward Proton Scattering in Association with Lepton Pairs Produced via the Photon Fusion Mechanism at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), pp.261801. </w:t></w:r><w:hyperlink r:id="rId974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.261801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a scalar partner of the top quark in the all-hadronic $t{\bar{t}}$ plus missing transverse momentum final state at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.737. </w:t></w:r><w:hyperlink r:id="rId976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8102-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pairs of scalar leptoquarks decaying into quarks and electrons or muons in $ \sqrt{s} $ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.112. </w:t></w:r><w:hyperlink r:id="rId978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced vertices of oppositely charged leptons from decays of long-lived particles in $pp$ collisions at $\sqrt {s}$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135114. </w:t></w:r><w:hyperlink r:id="rId980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for single diffractive dissociation in $\sqrt{s} = 8$ TeV $pp$ collisions using the ATLAS ALFA spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 02, pp.042. </w:t></w:r><w:hyperlink r:id="rId982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2020)042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for electroweak production of two jets in association with a $Z\gamma$ pair in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 803, pp.135341. </w:t></w:r><w:hyperlink r:id="rId984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino-neutralino production with mass splittings near the electroweak scale in three-lepton final states in $\sqrt {s}$=13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (7), pp.072001. </w:t></w:r><w:hyperlink r:id="rId986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of J/ψ production in association with a W$^{±}$ boson with pp data at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 01, pp.095. </w:t></w:r><w:hyperlink r:id="rId988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2020)095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $HH \rightarrow b \bar{b} b \bar{b}$ process via vector-boson fusion production using proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.108. </w:t></w:r><w:hyperlink r:id="rId990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dijet resonances in events with an isolated charged lepton using $\sqrt{s} = 13$ TeV proton-proton collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 06, pp.151. </w:t></w:r><w:hyperlink r:id="rId992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2020)151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP invariance in vector-boson fusion production of the Higgs boson in the H → ττ channel in proton–proton collisions at s=13TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 805, pp.135426. </w:t></w:r><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct stau production in events with two hadronic $\tau$-leptons in $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.032009. </w:t></w:r><w:hyperlink r:id="rId996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for electroweak production of supersymmetric particles with compressed mass spectra in $\sqrt{s}=$ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson inclusive and differential fiducial cross sections in the 4$\ell$ decay channel at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (10), pp.942. </w:t></w:r><w:hyperlink r:id="rId1000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8223-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the associated production of a top quark and a $Z$ boson in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.124. </w:t></w:r><w:hyperlink r:id="rId1002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum and process dependent azimuthal anisotropies in $\sqrt{s_{\mathrm{NN}}}=8.16$ TeV $p$+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId1004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7624-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair spin correlations in the $e\mu$ channel at $\sqrt{s} = 13$ TeV using $pp$ collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.754. </w:t></w:r><w:hyperlink r:id="rId1006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8181-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurements of Higgs boson production and decay using up to $80$ fb$^{-1}$ of proton-proton collision data at $\sqrt{s}=$ 13 TeV collected with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (1), pp.012002. </w:t></w:r><w:hyperlink r:id="rId1008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks in events with a Higgs or $Z$ boson using 139 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (11), pp.1080. </w:t></w:r><w:hyperlink r:id="rId1010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08469-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation of the ATLAS trigger system in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (10), pp.P10004. </w:t></w:r><w:hyperlink r:id="rId1012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/10/P10004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of boosted di-$\tau$ systems in a search for Higgs boson pairs using 13 TeV proton-proton collision data in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.163. </w:t></w:r><w:hyperlink r:id="rId1014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2020)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived neutral particles produced in $pp$ collisions at $\sqrt{s} = 13$ TeV decaying into displaced hadronic jets in the ATLAS inner detector and muon spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId1016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances decaying into a weak vector boson and a Higgs boson in the fully hadronic final state produced in proton$-$proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (11), pp.112008. </w:t></w:r><w:hyperlink r:id="rId1018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of the W boson polarization measurements in top quark decays using ATLAS and CMS data at $\sqrt{s} =$ 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 08 (08), pp.051. </w:t></w:r><w:hyperlink r:id="rId1020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2020)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles produced in $pp$ collisions at $\sqrt{s} =$ 13 TeV and decaying into collimated leptons or light hadrons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (5), pp.450. </w:t></w:r><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7997-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of electron and photon triggers in ATLAS during LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.47. </w:t></w:r><w:hyperlink r:id="rId1024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7500-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of charginos and sleptons decaying into final states with two leptons and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (2), pp.123. </w:t></w:r><w:hyperlink r:id="rId1026" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7594-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1027" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of azimuthal anisotropy of muons from charm and bottom hadrons in Pb+Pb collisions at $\sqrt {s_{NN}}$ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 807, pp.135595. </w:t></w:r><w:hyperlink r:id="rId1028" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1027" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1029" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential cross-sections of combined $ t\overline{t}\gamma $ and $tW\gamma$ production in the e$\mu$ channel at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 09, pp.049. </w:t></w:r><w:hyperlink r:id="rId1030" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2020)049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1029" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1031" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet resonance search with weak supervision using $\sqrt{s}=13$ TeV $pp$ collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (13), pp.131801. </w:t></w:r><w:hyperlink r:id="rId1032" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1031" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1033" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of soft-drop jet observables in $pp$ collisions with the ATLAS detector at $\sqrt {s}$ =13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052007. </w:t></w:r><w:hyperlink r:id="rId1034" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1033" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1035" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of isolated-photon plus two-jet production in $pp$ collisions at $\sqrt s=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.179. </w:t></w:r><w:hyperlink r:id="rId1036" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1035" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1037" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$CP$ Properties of Higgs Boson Interactions with Top Quarks in the $t\bar{t}H$ and $tH$ Processes Using $H \rightarrow \gamma\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (6), pp.061802. </w:t></w:r><w:hyperlink r:id="rId1038" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.061802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1037" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1039" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum distribution of Drell–Yan lepton pairs in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (7), pp.616. </w:t></w:r><w:hyperlink r:id="rId1040" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8001-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1039" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02432681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1041" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS data quality operations and performance for 2015–2018 data-taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (04), pp.P04003. </w:t></w:r><w:hyperlink r:id="rId1042" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/04/P04003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1041" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1043" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the azimuthal anisotropy of charged-particle production in $Xe+Xe$ collisions at $\sqrt{s_{\mathrm{NN}}}=5.44$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (2), pp.024906. </w:t></w:r><w:hyperlink r:id="rId1044" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1043" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1045" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for $t\bar{t}t\bar{t}$ production in the multilepton final state in proton–proton collisions at $\sqrt{s}=13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (11), pp.1085. </w:t></w:r><w:hyperlink r:id="rId1046" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08509-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1045" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1047" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the $Z\gamma$ decay mode of the Higgs boson in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 809, pp.135754. </w:t></w:r><w:hyperlink r:id="rId1048" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1047" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1049" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into two new low-mass spin-0 particles in the 4$b$ channel with the ATLAS detector using $pp$ collisions at $\sqrt{s}= 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (11), pp.112006. </w:t></w:r><w:hyperlink r:id="rId1050" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1049" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1051" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range two-particle azimuthal correlations in $Z$-boson tagged $pp$ collisions at $\sqrt{s}{=}8$ and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.64. </w:t></w:r><w:hyperlink r:id="rId1052" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7606-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1051" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1053" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations of anisotropic flow in Pb+Pb collisions at $ \sqrt{{\mathrm{s}}_{\mathrm{NN}}} $ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 01, pp.051. </w:t></w:r><w:hyperlink r:id="rId1054" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2020)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1053" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1055" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ calibration of large-radius jet energy and mass in 13 TeV proton–proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.135. </w:t></w:r><w:hyperlink r:id="rId1056" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6632-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1055" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1057" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged scalar bosons decaying into same-sign $W$ boson pairs with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (1), pp.58. </w:t></w:r><w:hyperlink r:id="rId1058" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6500-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1057" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1059" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for invisible Higgs boson decays with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId1060" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1059" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1061" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived multicharged particles in proton-proton collisions at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId1062" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1061" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1063" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived particles produced in $pp$ collisions at $\sqrt{s}=13$ TeV that decay into displaced hadronic jets in the ATLAS muon spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId1064" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1063" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1065" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for pairs of highly collimated photon-jets in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012008. </w:t></w:r><w:hyperlink r:id="rId1066" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1065" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1067" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy charged long-lived particles in proton-proton collisions at $\sqrt{s} = 13$ TeV using an ionisation measurement with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.96-116. </w:t></w:r><w:hyperlink r:id="rId1068" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1067" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1069" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the production of three massive vector bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134913. </w:t></w:r><w:hyperlink r:id="rId1070" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1069" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1071" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolution of the ATLAS muon spectrometer monitored drift tubes in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (09), pp.P09011. </w:t></w:r><w:hyperlink r:id="rId1072" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/P09011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1071" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1073" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light resonances decaying to boosted quark pairs and produced in association with a photon or a jet in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.316-335. </w:t></w:r><w:hyperlink r:id="rId1074" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1073" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1075" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of single-top-quark production cross-section measurements and |f$_{LV}$V$_{tb}$| determinations at $ \sqrt{s} $ = 7 and 8 TeV with the ATLAS and CMS experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.088. </w:t></w:r><w:hyperlink r:id="rId1076" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1075" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1077" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived neutral particles in $pp$ collisions at $\sqrt{s}$ = 13 TeV that decay into displaced hadronic jets in the ATLAS calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (6), pp.481. </w:t></w:r><w:hyperlink r:id="rId1078" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6962-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1077" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1079" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass in $t\bar{t}+1$-jet events collected with the ATLAS detector in $pp$ collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.150. </w:t></w:r><w:hyperlink r:id="rId1080" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2019)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1079" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1081" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for scalar resonances decaying into $\mu^{+}\mu^{-}$ in events with and without $b$-tagged jets produced in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 07, pp.117. </w:t></w:r><w:hyperlink r:id="rId1083" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2019)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1081" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1084" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of prompt photon production in $\sqrt{s_\mathrm{NN}} = 8.16$ TeV $p$+Pb collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 796, pp.230-252. </w:t></w:r><w:hyperlink r:id="rId1085" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.07.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1084" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1086" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass resonances decaying into two jets and produced in association with a photon using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 795, pp.56-75. </w:t></w:r><w:hyperlink r:id="rId1087" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.03.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1086" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1088" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlated long-range mixed-harmonic fluctuations measured in $pp$, $p$+Pb and low-multiplicity Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.444-471. </w:t></w:r><w:hyperlink r:id="rId1089" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1088" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1090" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana or Dirac neutrinos and right-handed $W$ gauge bosons in final states with two charged leptons and two jets at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 01, pp.016. </w:t></w:r><w:hyperlink r:id="rId1091" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2019)016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1090" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1092" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak $W^{\pm}Z$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 793, pp.469-492. </w:t></w:r><w:hyperlink r:id="rId1093" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1092" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1094" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible Higgs boson decays in vector boson fusion at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 793, pp.499-519. </w:t></w:r><w:hyperlink r:id="rId1095" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1094" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1096" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-quark decays $t \to Hq$ with 36 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.123. </w:t></w:r><w:hyperlink r:id="rId1097" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1096" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01983014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1098" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential fiducial cross-sections of $ t\overline{t} $ production with additional heavy-flavour jets in proton-proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.046. </w:t></w:r><w:hyperlink r:id="rId1099" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1098" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon performance measurements with the ATLAS detector using the 2015–2017 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (12), pp.P12006. </w:t></w:r><w:hyperlink r:id="rId1101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/12/P12006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section and charge asymmetry of $W$ bosons produced in proton–proton collisions at $\sqrt{s}=8~\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.760. </w:t></w:r><w:hyperlink r:id="rId1103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7199-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A strategy for a general search for new phenomena using data-derived signal regions and its application within the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.120. </w:t></w:r><w:hyperlink r:id="rId1105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6540-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $ZZ$ production in the $\ell\ell\nu\nu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.127. </w:t></w:r><w:hyperlink r:id="rId1107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for scalar leptoquarks and differential cross-section measurements in dilepton-dijet events in proton-proton collisions at a centre-of-mass energy of $\sqrt{s}$ = 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.733. </w:t></w:r><w:hyperlink r:id="rId1109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7181-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral leptons in decays of $W$ bosons produced in 13 TeV $pp$ collisions using prompt and displaced signatures with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.265. </w:t></w:r><w:hyperlink r:id="rId1111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of boosted Higgs bosons decaying into $b$-quark pairs with the ATLAS detector at 13 $\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.836. </w:t></w:r><w:hyperlink r:id="rId1113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7335-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy charged boson in events with a charged lepton and missing transverse momentum from $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId1115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $K_S^0$ and $\Lambda ^0$ production in $t \bar{t}$ dileptonic events in pp collisions at $\sqrt{s} =$ 7 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.1017. </w:t></w:r><w:hyperlink r:id="rId1117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7512-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of fiducial and differential $W^+W^-$ production cross-sections at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.884. </w:t></w:r><w:hyperlink r:id="rId1119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7371-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W$ and $Z$ boson production in $pp$ collisions at $\sqrt{s}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.128. </w:t></w:r><w:hyperlink r:id="rId1121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6622-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy charged long-lived particles in the ATLAS detector in 36.1 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (9), pp.092007. </w:t></w:r><w:hyperlink r:id="rId1123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.092007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rare decays of $B^0_s$ and $B^0$ mesons into muon pairs using data collected during 2015 and 2016 with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.098. </w:t></w:r><w:hyperlink r:id="rId1125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $b\bar{b}WW^{*}$ decay mode at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.092. </w:t></w:r><w:hyperlink r:id="rId1127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a pair of light bosons in the $bb\mu\mu$ final state in $pp$ collision at $\sqrt{s} = $13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId1129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling radiation damage to pixel sensors in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (06), pp.P06012. </w:t></w:r><w:hyperlink r:id="rId1131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/06/P06012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet-substructure observables in top quark, $W$ boson and light jet production in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 08, pp.033. </w:t></w:r><w:hyperlink r:id="rId1133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2019)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm }$-boson and Z-boson production cross-sections in pp collisions at $\sqrt{s}=2.76$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.901. </w:t></w:r><w:hyperlink r:id="rId1135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7399-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet azimuthal correlations and conditional yields in pp and p+Pb collisions at sNN=5.02TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (3), pp.034903. </w:t></w:r><w:hyperlink r:id="rId1137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.100.034903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron reconstruction and identification in the ATLAS experiment using the 2015 and 2016 LHC proton-proton collision data at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (8), pp.639. </w:t></w:r><w:hyperlink r:id="rId1139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7140-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass dilepton resonances using 139 fb$^{-1}$ of $pp$ collision data collected at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 796, pp.68-87. </w:t></w:r><w:hyperlink r:id="rId1141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of gluon-gluon fusion and vector-boson fusion Higgs boson production cross-sections in the $H \to WW^{\ast} \to e\nu\mu\nu$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.508-529. </w:t></w:r><w:hyperlink r:id="rId1143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar{t}\rightarrow $ lepton+jets channel from $\sqrt{s}=8$ TeV ATLAS data and combination with previous results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (4), pp.290. </w:t></w:r><w:hyperlink r:id="rId1145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6757-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for large missing transverse momentum in association with one top-quark in proton-proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.041. </w:t></w:r><w:hyperlink r:id="rId1147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into $Wb$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.164. </w:t></w:r><w:hyperlink r:id="rId1149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the electroweak diboson production in association with a high-mass dijet system in semileptonic final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (3), pp.032007. </w:t></w:r><w:hyperlink r:id="rId1151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.032007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino and neutralino production in final states with a Higgs boson and missing transverse momentum at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId1153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a right-handed gauge boson decaying into a high-momentum heavy neutrino and a charged lepton in $pp$ collisions with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134942. </w:t></w:r><w:hyperlink r:id="rId1155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of jet fragmentation using charged particles measured with the ATLAS detector in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (5), pp.052011. </w:t></w:r><w:hyperlink r:id="rId1157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.052011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles decaying into a top-quark pair in the fully hadronic final state in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId1159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of a same-sign $W$ boson pair in association with two jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (16), pp.161801. </w:t></w:r><w:hyperlink r:id="rId1161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.161801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of flow harmonics correlations with mean transverse momentum in lead-lead and proton-lead collisions at $\sqrt{s_{NN}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.985. </w:t></w:r><w:hyperlink r:id="rId1163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02223290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of distributions sensitive to the underlying event in inclusive $Z$-boson production in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (8), pp.666. </w:t></w:r><w:hyperlink r:id="rId1165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7162-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for third-generation scalar leptoquarks in $\sqrt{s}$ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 06, pp.144. </w:t></w:r><w:hyperlink r:id="rId1167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2019)144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of angular and momentum distributions of charged particles within and around jets in Pb+Pb and $pp$ collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (6), pp.064901. </w:t></w:r><w:hyperlink r:id="rId1169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.100.064901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential and double-differential cross-sections in the $\ell$+jets channel with $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.1028. </w:t></w:r><w:hyperlink r:id="rId1171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7525-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive cross-section for the production of jets in association with a Z boson in proton-proton collisions at 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.847. </w:t></w:r><w:hyperlink r:id="rId1173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7321-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS b-jet identification performance and efficiency measurement with $t{\bar{t}}$ events in pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.970. </w:t></w:r><w:hyperlink r:id="rId1175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7450-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of photon–jet transverse momentum correlations in 5.02 TeV Pb + Pb and $pp$ collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.167-190. </w:t></w:r><w:hyperlink r:id="rId1177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.12.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $WW^{(*)}WW^{(*)}$ decay channel using ATLAS data recorded at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.124. </w:t></w:r><w:hyperlink r:id="rId1179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}Z$ and $t\bar{t}W$ cross sections in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (7), pp.072009. </w:t></w:r><w:hyperlink r:id="rId1181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.072009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon energy calibration with the ATLAS detector using 2015–2016 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (03), pp.P03017. </w:t></w:r><w:hyperlink r:id="rId1183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/03/P03017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diboson resonances in hadronic final states in 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 09, pp.091. </w:t></w:r><w:hyperlink r:id="rId1185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2019)091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section for a Higgs boson in association with a vector boson in the $H \to WW^{\ast} \to \ell\nu\ell\nu$ channel in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134949. </w:t></w:r><w:hyperlink r:id="rId1187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom-squark pair production with the ATLAS detector in final states containing Higgs bosons, $b$-jets and missing transverse momentum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.060. </w:t></w:r><w:hyperlink r:id="rId1189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2019)060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-boson resonances decaying to a top quark and bottom quark in the lepton plus jets final state in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.347-370. </w:t></w:r><w:hyperlink r:id="rId1191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with hadronically decaying $\tau$-leptons, jets, and missing transverse momentum using $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012009. </w:t></w:r><w:hyperlink r:id="rId1193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the photon identification efficiencies with the ATLAS detector using LHC Run 2 data collected in 2015 and 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (3), pp.205. </w:t></w:r><w:hyperlink r:id="rId1195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6650-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the hard double-parton scattering contribution to inclusive four-lepton production in $pp$ collisions at $\sqrt s=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.595-614. </w:t></w:r><w:hyperlink r:id="rId1197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.01.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for four-top-quark production in the single-lepton and opposite-sign dilepton final states in pp collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052009. </w:t></w:r><w:hyperlink r:id="rId1199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of $g\rightarrow b\bar{b}$ at small opening angles in $pp$ collisions with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052004. </w:t></w:r><w:hyperlink r:id="rId1201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited electrons singly produced in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.803. </w:t></w:r><w:hyperlink r:id="rId1203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7295-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of VH, $ \mathrm{H}\to \mathrm{b}\overline{\mathrm{b}} $ production as a function of the vector-boson transverse momentum in 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.141. </w:t></w:r><w:hyperlink r:id="rId1205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive isolated-photon cross section in $pp$ collisions at $\sqrt{s}=13$ TeV using 36 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.203. </w:t></w:r><w:hyperlink r:id="rId1207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of light-by-light scattering in ultraperipheral Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (5), pp.052001. </w:t></w:r><w:hyperlink r:id="rId1209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.052001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 01, pp.030. </w:t></w:r><w:hyperlink r:id="rId1211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2019)030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01782021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of top-quark and $W$-boson tagging with ATLAS in Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (5), pp.375. </w:t></w:r><w:hyperlink r:id="rId1213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6847-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor for inclusive jets in Pb+Pb collisions at $\sqrt{s_\mathrm{NN}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.108-128. </w:t></w:r><w:hyperlink r:id="rId1215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Production of a Long-Lived Neutral Particle Decaying within the ATLAS Hadronic Calorimeter in Association with a $Z$ Boson from $pp$ Collisions at $\sqrt{s} =$ 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (15), pp.151801. </w:t></w:r><w:hyperlink r:id="rId1217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.151801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^\pm $ boson production in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02~\text {Te}\text {V}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.935. </w:t></w:r><w:hyperlink r:id="rId1219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7439-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential fiducial cross-sections of $t\bar{t}\gamma $ production in leptonic final states at $\sqrt{s}=13~\text {TeV}$ in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (5), pp.382. </w:t></w:r><w:hyperlink r:id="rId1221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6849-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived particles in final states with displaced dimuon vertices in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012001. </w:t></w:r><w:hyperlink r:id="rId1223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-section measurements of the Higgs boson decaying into a pair of $\tau$-leptons in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99, pp.072001. </w:t></w:r><w:hyperlink r:id="rId1225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the four-lepton invariant mass spectrum in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.048. </w:t></w:r><w:hyperlink r:id="rId1227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}Z$ production cross sections and gauge boson polarisation in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (6), pp.535. </w:t></w:r><w:hyperlink r:id="rId1229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7027-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on mediator-based dark matter and scalar dark energy models using $\sqrt s = 13$ TeV $pp$ collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.142. </w:t></w:r><w:hyperlink r:id="rId1231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Fragmentation Functions for Jets Dominated by Light Quarks and Gluons from $pp$ and Pb+Pb Collisions in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (4), pp.042001. </w:t></w:r><w:hyperlink r:id="rId1233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.042001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ratio of cross sections for inclusive isolated-photon production in $pp$ collisions at $\sqrt s = 13$ and $8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.093. </w:t></w:r><w:hyperlink r:id="rId1235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays to beyond-the-Standard-Model light bosons in four-lepton events with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.166. </w:t></w:r><w:hyperlink r:id="rId1237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $t\bar{t}$ differential cross-sections of highly boosted top quarks decaying to all-hadronic final states in $pp$ collisions at $\sqrt{s}=13\,$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (1), pp.012003. </w:t></w:r><w:hyperlink r:id="rId1239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson coupling properties in the $H\rightarrow ZZ^{*} \rightarrow 4\ell$ decay channel at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.095. </w:t></w:r><w:hyperlink r:id="rId1241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson produced in association with a vector boson and decaying into two spin-zero particles in the $H \rightarrow aa \rightarrow 4b$ channel in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.031. </w:t></w:r><w:hyperlink r:id="rId1243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections of isolated-photon plus heavy-flavour jet production in pp collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 776, pp.295-317. </w:t></w:r><w:hyperlink r:id="rId1245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.11.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurement of differential and total cross sections in the $H \rightarrow \gamma \gamma$ and the $H \rightarrow ZZ^* \rightarrow 4\ell$ decay channels at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.114-133. </w:t></w:r><w:hyperlink r:id="rId1247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy $ZZ$ and $ZW$ resonances in the $\ell\ell qq$ and $\nu\nu qq$ final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.009. </w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in high-mass final states with a photon and a jet from $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.102. </w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5553-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with same-charge leptons and $b$-jets in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.039. </w:t></w:r><w:hyperlink r:id="rId1253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2018)039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the quantum interference between singly and doubly resonant top-quark production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (15), pp.152002. </w:t></w:r><w:hyperlink r:id="rId1255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.152002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new heavy gauge boson resonance decaying into a lepton and missing transverse momentum in 36 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (5), pp.401. </w:t></w:r><w:hyperlink r:id="rId1257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5877-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying into top and bottom quarks at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.085. </w:t></w:r><w:hyperlink r:id="rId1259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $\gamma\gamma b\bar{b}$ final state with 13 TeV $pp$ collision data collected by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.040. </w:t></w:r><w:hyperlink r:id="rId1261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of colour flow using jet-pull observables in $t\bar{t}$ events with the ATLAS experiment at $\sqrt{s} = 13\,\hbox {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (10), pp.847. </w:t></w:r><w:hyperlink r:id="rId1263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles decaying into top-quark pairs using lepton-plus-jets events in proton–proton collisions at $\sqrt{s} = 13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (7), pp.565. </w:t></w:r><w:hyperlink r:id="rId1265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5995-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a photon and a hadronically decaying $Z/W/H$ boson in $pp$ collisions at $\sqrt{s}=13$ $\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032015. </w:t></w:r><w:hyperlink r:id="rId1267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $H \rightarrow b\bar{b}$ decays and $VH$ production with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.59-86. </w:t></w:r><w:hyperlink r:id="rId1269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-squark pair production in final states with one lepton, jets, and missing transverse momentum using 36 fb$^{−1}$ of $ \sqrt{s}=13 $ TeV pp collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.108. </w:t></w:r><w:hyperlink r:id="rId1271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity-violating supersymmetric particles in multi-jet final states produced in $p$-$p$ collisions at $\sqrt{s} =13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 785, pp.136-158. </w:t></w:r><w:hyperlink r:id="rId1273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.08.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diboson resonances with boson-tagged jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 777, pp.91-113. </w:t></w:r><w:hyperlink r:id="rId1275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$ZZ \to \ell^{+}\ell^{-}\ell^{\prime +}\ell^{\prime -}$ cross-section measurements and search for anomalous triple gauge couplings in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (3), pp.032005. </w:t></w:r><w:hyperlink r:id="rId1277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct top-quark decay width measurement in the $t\bar{t}$ lepton+jets channel at $\sqrt{s}$=8 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.129. </w:t></w:r><w:hyperlink r:id="rId1279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5595-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of quarkonium production in proton–lead and proton–proton collisions at $5.02~\mathrm {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.171. </w:t></w:r><w:hyperlink r:id="rId1281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5624-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive and fiducial $t\bar{t}$ production cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78, pp.487. </w:t></w:r><w:hyperlink r:id="rId1283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5904-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for additional heavy neutral Higgs and gauge bosons in the ditau final state produced in 36 fb$^{−1}$ of pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.055. </w:t></w:r><w:hyperlink r:id="rId1285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross section for isolated-photon plus jet production in $pp$ collisions at $\sqrt s=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 780, pp.578-602. </w:t></w:r><w:hyperlink r:id="rId1287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of up-type vector-like quarks and for four-top-quark events in final states with multiple $b$-jets with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.089. </w:t></w:r><w:hyperlink r:id="rId1289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an invisibly decaying Higgs boson or dark matter candidates produced in association with a $Z$ boson in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 776, pp.318-337. </w:t></w:r><w:hyperlink r:id="rId1291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.11.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for heavy resonances decaying into bosonic and leptonic final states using 36 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), pp.052008. </w:t></w:r><w:hyperlink r:id="rId1293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section for producing a W boson in association with a single top quark in pp collisions at $ \sqrt{s}=13 $ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.063. </w:t></w:r><w:hyperlink r:id="rId1295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Decay of the Higgs Boson to Charm Quarks with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (21), pp.211802. </w:t></w:r><w:hyperlink r:id="rId1297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.211802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass in the $H\rightarrow ZZ^* \rightarrow 4\ell$ and $H \rightarrow \gamma\gamma$ channels with $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 784, pp.345-366. </w:t></w:r><w:hyperlink r:id="rId1299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections and $W^+/W^-$ cross-section ratios for $W$ boson production in association with jets at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 05, pp.077. </w:t></w:r><w:hyperlink r:id="rId1301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2018)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charginos based on a disappearing-track signature in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.022. </w:t></w:r><w:hyperlink r:id="rId1303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of three isolated photons in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 781, pp.55-76. </w:t></w:r><w:hyperlink r:id="rId1305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the exclusive $\gamma \gamma \rightarrow \mu^+ \mu^-$ process in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 777, pp.303-323. </w:t></w:r><w:hyperlink r:id="rId1307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.12.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of longitudinal flow decorrelations in Pb+Pb collisions at $\sqrt{s_{\text {NN}}}=2.76$ and 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.142. </w:t></w:r><w:hyperlink r:id="rId1309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5605-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and other new phenomena in events with an energetic jet and large missing transverse momentum using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.126. </w:t></w:r><w:hyperlink r:id="rId1311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of inclusive and differential $ \mathrm{t}\overline{\mathrm{t}} $ charge asymmetry measurements using ATLAS and CMS data at $ \sqrt{s}=7 $ and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 04, pp.033. </w:t></w:r><w:hyperlink r:id="rId1313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2018)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on off-shell Higgs boson production and the Higgs boson total width in $ZZ\to4\ell$ and $ZZ\to2\ell2\nu$ final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.223-244. </w:t></w:r><w:hyperlink r:id="rId1315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for photonic signatures of gauge-mediated supersymmetry in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (9), pp.092006. </w:t></w:r><w:hyperlink r:id="rId1317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.092006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass dijet resonances using trigger-level jets with the ATLAS detector in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (8), pp.081801. </w:t></w:r><w:hyperlink r:id="rId1319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.081801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for resonances decaying into a Higgs boson and a new particle $X$ in the $XH \to qqbb$ final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 779, pp.24-45. </w:t></w:r><w:hyperlink r:id="rId1321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.01.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy ZZ resonances in the $\ell ^+\ell ^-\ell ^+\ell ^-$ and $\ell ^+\ell ^-\nu \bar{\nu }$ final states using proton–proton collisions at $\sqrt{s}= 13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (4), pp.293. </w:t></w:r><w:hyperlink r:id="rId1323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5686-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet fragmentation in Pb+Pb and $pp$ collisions at $\sqrt{s_{NN}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (2), pp.024908. </w:t></w:r><w:hyperlink r:id="rId1325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.98.024908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $\tau $ polarisation in $Z/\gamma ^{*}\rightarrow \tau \tau $ decays in proton–proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.163. </w:t></w:r><w:hyperlink r:id="rId1327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5619-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between simulated and observed LHC beam backgrounds in the ATLAS experiment at ${E_{\textrm {beam}}}$ = 4 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (12), pp.P12006. </w:t></w:r><w:hyperlink r:id="rId1329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/12/P12006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with charm jets and missing transverse momentum in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 09, pp.050. </w:t></w:r><w:hyperlink r:id="rId1331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2018)050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the associated production of the Higgs boson and a top quark pair with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (7), pp.072003. </w:t></w:r><w:hyperlink r:id="rId1333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $\gamma\gamma WW^{*}$ channel using $pp$ collision data recorded at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.1007. </w:t></w:r><w:hyperlink r:id="rId1335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6457-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson properties in the diphoton decay channel with 36 fb$^{-1}$ of $pp$ collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.052005. </w:t></w:r><w:hyperlink r:id="rId1337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exclusive Higgs and $Z$ boson decays to $\phi\gamma$ and $\rho\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.127. </w:t></w:r><w:hyperlink r:id="rId1339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt and non-prompt $J/\psi $ and $\psi (2\mathrm {S})$ suppression at high transverse momentum in $5.02~\mathrm {TeV}$ Pb+Pb collisions with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (9), pp.762. </w:t></w:r><w:hyperlink r:id="rId1341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6219-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of a single top quark in association with a Z boson in proton–proton collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 780, pp.557-577. </w:t></w:r><w:hyperlink r:id="rId1343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Soft-Drop Jet Mass in pp Collisions at $\sqrt{s} = 13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (9), pp.092001. </w:t></w:r><w:hyperlink r:id="rId1345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet fragmentation in 5.02 TeV proton-lead and proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Phys.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978, pp.65. </w:t></w:r><w:hyperlink r:id="rId1347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2018.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of dijet azimuthal decorrelations in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector and determination of the strong coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId1349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric states in scenarios with compressed mass spectra at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (5), pp.052010. </w:t></w:r><w:hyperlink r:id="rId1351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.052010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of the searches for pair-produced vector-like partners of the third-generation quarks at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (21), pp.211801. </w:t></w:r><w:hyperlink r:id="rId1353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.211801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for lepton-flavor-violating decays of the $Z$ boson into a $\tau$-lepton and a light lepton with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.092010. </w:t></w:r><w:hyperlink r:id="rId1355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of centrality-dependent acoplanarity for muon pairs produced via two-photon scattering in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (21), pp.212301. </w:t></w:r><w:hyperlink r:id="rId1357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.212301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of missing transverse momentum reconstruction with the ATLAS detector using proton-proton collisions at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (11), pp.903. </w:t></w:r><w:hyperlink r:id="rId1359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6288-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into $WW$ in the $e\nu\mu\nu$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (1), pp.24. </w:t></w:r><w:hyperlink r:id="rId1361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5491-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavor violation in different-flavor, high-mass final states in $pp$ collisions at $\sqrt s=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092008. </w:t></w:r><w:hyperlink r:id="rId1363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for B-L R -parity-violating top squarks in $\sqrt s$ =13 TeV pp collisions with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (3), pp.032003. </w:t></w:r><w:hyperlink r:id="rId1365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.032003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross-sections of a single top quark produced in association with a $W$ boson at $\sqrt{s}=13$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.186. </w:t></w:r><w:hyperlink r:id="rId1367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5649-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with displaced vertices and missing transverse momentum in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (5), pp.052012. </w:t></w:r><w:hyperlink r:id="rId1369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.052012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the suppression and azimuthal anisotropy of muons from heavy-flavor decays in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 2.76$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (4), pp.044905. </w:t></w:r><w:hyperlink r:id="rId1371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.98.044905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into pairs of light (pseudo)scalar particles in the $\gamma\gamma jj$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 782, pp.750-767. </w:t></w:r><w:hyperlink r:id="rId1373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections of top quark pair production in association with jets in ${pp}$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.159. </w:t></w:r><w:hyperlink r:id="rId1375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Structure in the $B^0_s \pi^\pm$ Invariant Mass Spectrum with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (20), pp.202007. </w:t></w:r><w:hyperlink r:id="rId1377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.202007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino-neutralino production using recursive jigsaw reconstruction in final states with two or three charged leptons in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092012. </w:t></w:r><w:hyperlink r:id="rId1379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femtoscopy with identified charged pions in proton-lead collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96, pp.064908. </w:t></w:r><w:hyperlink r:id="rId1384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.064908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01503431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the direct production of charginos and neutralinos in final states with tau leptons in $\sqrt{s} = $ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.154. </w:t></w:r><w:hyperlink r:id="rId1386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5583-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying into high-$p_T$ $W$ bosons and top quarks in the lepton-plus-jets final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 08, pp.048. </w:t></w:r><w:hyperlink r:id="rId1388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2018)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant and non-resonant Higgs boson pair production in the ${b\bar{b}\tau^+\tau^-}$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (19), pp.191801. </w:t></w:r><w:hyperlink r:id="rId1390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.191801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet and dijet cross-sections in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 05, pp.195. </w:t></w:r><w:hyperlink r:id="rId1392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2018)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and multiple $b$-jets in proton-proton collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.107. </w:t></w:r><w:hyperlink r:id="rId1394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant $WZ$ production in the fully leptonic final state in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 787, pp.68-88. </w:t></w:r><w:hyperlink r:id="rId1396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum using 36 fb$^{-1}$ of $\sqrt{s}=13$ TeV pp collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (11), pp.112001. </w:t></w:r><w:hyperlink r:id="rId1398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.112001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral currents in top quark decays $t\to Hc$ and $t \to Hu$ in multilepton final states in proton-proton collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032002. </w:t></w:r><w:hyperlink r:id="rId1400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in the mass distribution of jet pairs with one or two jets identified as $b$-jets in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.032016. </w:t></w:r><w:hyperlink r:id="rId1402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for High-Mass Resonances Decaying to $\tau\nu$ in pp Collisions at $\sqrt{s}$=13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (16), pp.161802. </w:t></w:r><w:hyperlink r:id="rId1404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.161802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the azimuthal anisotropy of charged particles produced in $\sqrt{s_{_\text {NN}}}$ = 5.02 TeV Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.997. </w:t></w:r><w:hyperlink r:id="rId1406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6468-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $WW/WZ$ resonance production in $\ell \nu qq$ final states in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.042. </w:t></w:r><w:hyperlink r:id="rId1408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair- and single-production of vector-like quarks in final states with at least one $Z$ boson decaying into a pair of electrons or muons in $pp$ collision data collected with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId1410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $W' \rightarrow tb$ decays in the hadronic final state using pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 781, pp.327-348. </w:t></w:r><w:hyperlink r:id="rId1412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying via $H^{\pm} \to \tau^{\pm}\nu_{\tau}$ in the $\tau$+jets and $\tau$+lepton final states with 36 fb$^{-1}$ of $pp$ collision data recorded at $\sqrt{s} = 13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 09, pp.139. </w:t></w:r><w:hyperlink r:id="rId1414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2018)139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks decaying to tau sleptons in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032008. </w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs bosons produced via vector-boson fusion and decaying into bottom quark pairs in $\sqrt{s} = 13$ $\mathrm{TeV}$ $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId1418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS Tile Calorimeter in Run 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.987. </w:t></w:r><w:hyperlink r:id="rId1420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6374-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range multiparticle azimuthal correlations with the subevent cumulant method in $pp$ and $p + Pb$ collisions with the ATLAS detector at the CERN Large Hadron Collider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), pp.024904. </w:t></w:r><w:hyperlink r:id="rId1422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.97.024904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with a hadronically decaying vector boson and missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.180. </w:t></w:r><w:hyperlink r:id="rId1424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying into hadronic final states in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092005. </w:t></w:r><w:hyperlink r:id="rId1426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with four or more leptons in $\sqrt{s}=13$ TeV $pp$ collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032009. </w:t></w:r><w:hyperlink r:id="rId1428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a $W$ or $Z$ boson and a Higgs boson in final states with leptons and $b$-jets in 36 fb$^{-1}$ of $\sqrt s = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.174. </w:t></w:r><w:hyperlink r:id="rId1430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged Higgs boson production in multi-lepton final states with the ATLAS detector using proton–proton collisions at $\sqrt{s}=13\,\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.199. </w:t></w:r><w:hyperlink r:id="rId1432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5661-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with bottom or top quarks in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (1), pp.18. </w:t></w:r><w:hyperlink r:id="rId1434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5486-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W$-boson mass in pp collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78, pp.110. </w:t></w:r><w:hyperlink r:id="rId1437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5475-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01446632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of b-jet tagging efficiency with the ATLAS detector using $ t\overline{t} $ events at $ \sqrt{s}=13 $ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 08, pp.089. </w:t></w:r><w:hyperlink r:id="rId1439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2018)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the standard model Higgs boson produced in association with top quarks and decaying into a $b\bar{b}$ pair in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (7), pp.072016. </w:t></w:r><w:hyperlink r:id="rId1441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for pair-produced resonances in four-jet final states at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.250. </w:t></w:r><w:hyperlink r:id="rId1443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5693-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs and $Z$ boson decays into $J/\psi\gamma$, $\psi(2S)\gamma$, and $\Upsilon(nS)\gamma$ at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.134-155. </w:t></w:r><w:hyperlink r:id="rId1445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Higgs boson production in association with a top quark pair at the LHC with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 784, pp.173-191. </w:t></w:r><w:hyperlink r:id="rId1447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angular analysis of $B^0_d \rightarrow K^{*}\mu^+\mu^-$ decays in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.047. </w:t></w:r><w:hyperlink r:id="rId1449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ Z\gamma \to \nu \overline{\nu}\gamma $ production cross section in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector and limits on anomalous triple gauge-boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.010. </w:t></w:r><w:hyperlink r:id="rId1451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2018)010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric particles in final states with two or three leptons at $\sqrt{s}=13\,$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.995. </w:t></w:r><w:hyperlink r:id="rId1453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6423-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena using the invariant mass distribution of same-flavour opposite-sign dilepton pairs in events with missing transverse momentum in $\sqrt{s}=13$ $\text {Te}\text {V}$ pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (8), pp.625. </w:t></w:r><w:hyperlink r:id="rId1455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6081-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top-quark decays $t\to qZ$ in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.176. </w:t></w:r><w:hyperlink r:id="rId1457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt and non-prompt $J/\psi $ elliptic flow in Pb+Pb collisions at $\sqrt{s_{_\text {NN}}} = 5.02$ Tev with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (9), pp.784. </w:t></w:r><w:hyperlink r:id="rId1459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6243-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy Higgs boson decaying into a $Z$ boson and another heavy Higgs boson in the $\ell\ell bb$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 783, pp.392-414. </w:t></w:r><w:hyperlink r:id="rId1461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of higgsinos in final states with at least three $b$-tagged jets in $\sqrt{s} = 13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092002. </w:t></w:r><w:hyperlink r:id="rId1463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with two same-sign or three leptons and jets using 36 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.084. </w:t></w:r><w:hyperlink r:id="rId1465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of vector-like top quarks in events with one lepton, jets, and missing transverse momentum in $ \sqrt{s}=13 $ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.052. </w:t></w:r><w:hyperlink r:id="rId1467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive and differential cross sections in the $H \rightarrow ZZ^* \rightarrow 4\ell$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.132. </w:t></w:r><w:hyperlink r:id="rId1469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the material of the ATLAS inner detector for Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.P12009. </w:t></w:r><w:hyperlink r:id="rId1471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/12/P12009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of lepton differential distributions and the top quark mass in $t\bar{t}$ production in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (11), pp.804. </w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5349-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the $Wtb$ vertex structure in $t$-channel single-top-quark production and decay in $pp$ collisions at $\sqrt{\mathrm{s}}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04, pp.124. </w:t></w:r><w:hyperlink r:id="rId1478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01478598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}Z$ and $t\bar{t}W$ production cross sections in multilepton final states using 3.2 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.40. </w:t></w:r><w:hyperlink r:id="rId1480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4574-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01361813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the $e\mu$ channel in $pp$ collisions at $\sqrt{s} = 13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.292. </w:t></w:r><w:hyperlink r:id="rId1483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4821-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01417857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top quark decays $t\rightarrow qH$, with $H\to\gamma\gamma$, in $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.129. </w:t></w:r><w:hyperlink r:id="rId1485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $WW/WZ \to \ell \nu q q^{\prime}$ production with the hadronically decaying boson reconstructed as one or two jets in $pp$ collisions at $\sqrt{s}=8$ TeV with ATLAS, and constraints on anomalous gauge couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (8), pp.563. </w:t></w:r><w:hyperlink r:id="rId1487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5084-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Dark Matter Produced in Association with a Higgs Boson Decaying to $b\bar b$ using 36 fb$^{-1}$ of $pp$ collisions at $\sqrt s=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (18), pp.181804. </w:t></w:r><w:hyperlink r:id="rId1489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.181804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in events with an isolated lepton, jets, and missing transverse momentum at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId1491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in events with a Higgs or $Z$ boson, and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.006. </w:t></w:r><w:hyperlink r:id="rId1493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of charge and CP asymmetries in $b$-hadron decays using top-quark events collected by the ATLAS detector in $pp$ collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.071. </w:t></w:r><w:hyperlink r:id="rId1495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ZZ$ production cross section in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the $ZZ\to\ell^{-}\ell^{+}\ell^{\prime -}\ell^{\prime +}$ and $ZZ\to\ell^{-}\ell^{+}\nu\bar{\nu}$ channels with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 01, pp.099. </w:t></w:r><w:hyperlink r:id="rId1497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron efficiency measurements with the ATLAS detector using 2012 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.195. </w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4756-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the $ H\to b\overline{b} $ decay with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.024. </w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a scalar partner of the top quark in the jets plus missing transverse momentum final state at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.085. </w:t></w:r><w:hyperlink r:id="rId1503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for the $Z\gamma$ decay mode of the Higgs boson and for new high-mass resonances in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.112. </w:t></w:r><w:hyperlink r:id="rId1505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale measurements and their systematic uncertainties in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (7), pp.072002. </w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01498447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $b$-hadron pair production with the ATLAS detector in proton-proton collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.062. </w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet $p_{\mathrm{T}}$ correlations in Pb+Pb and $pp$ collisions at $\sqrt{s_{\mathrm{NN}}}=$ 2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 774, pp.379-402. </w:t></w:r><w:hyperlink r:id="rId1511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.09.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in a lepton plus high jet multiplicity final state with the ATLAS experiment using $ \sqrt{s}=13 $ TeV proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.088. </w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of multi-particle azimuthal correlations in $pp$, $p+$Pb and low-multiplicity Pb$+$Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (6), pp.428. </w:t></w:r><w:hyperlink r:id="rId1515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4988-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-ET isolated-photon plus jets production in pp collisions at s√= 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 918, pp.257-316. </w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2017.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01407784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision measurement and interpretation of inclusive $W^+$, $W^-$ and $Z/\gamma^*$ production cross sections with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.367. </w:t></w:r><w:hyperlink r:id="rId1519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4911-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01414007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $\psi(2S)$ and $X(3872) \to J/\psi\pi^+\pi^-$ production in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 01, pp.117. </w:t></w:r><w:hyperlink r:id="rId1521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01390780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $WW\gamma$ and $WZ\gamma$ production in $pp$ collisions at $\sqrt{s} = 8$ TeV and search for anomalous quartic gauge couplings with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (9), pp.646. </w:t></w:r><w:hyperlink r:id="rId1523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5180-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top quark spin observables in $t\bar{t}$ events using dilepton final states in $\sqrt{s} = 8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03, pp.113. </w:t></w:r><w:hyperlink r:id="rId1525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01431223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A measurement of the calorimeter response to single hadrons and determination of the jet energy scale uncertainty using LHC Run-1 $pp$-collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.26. </w:t></w:r><w:hyperlink r:id="rId1527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4580-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with a Higgs boson decaying to $b$-quarks in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.11-31. </w:t></w:r><w:hyperlink r:id="rId1529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of long-range azimuthal anisotropies and associated Fourier coefficients for $pp$ collisions at $\sqrt{s}=5.02$ and $13$ TeV and $p$+Pb collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bethani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.024808. </w:t></w:r><w:hyperlink r:id="rId1535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.024908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W$ boson angular distributions in events with high transverse momentum jets at $\sqrt{s}=$ 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.132-153. </w:t></w:r><w:hyperlink r:id="rId1541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01370697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross section for inclusive isolated-photon production in $pp$ collisions at $\sqrt s=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.473-493. </w:t></w:r><w:hyperlink r:id="rId1543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01446587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross section of a $Z$ boson in association with jets in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.361. </w:t></w:r><w:hyperlink r:id="rId1545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4900-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01472620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Transition Radiation Tracker in Run 1 of the LHC: tracker properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.P05002. </w:t></w:r><w:hyperlink r:id="rId1547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/05/P05002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01473734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for light-by-light scattering in heavy-ion collisions with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13, pp.852-858. </w:t></w:r><w:hyperlink r:id="rId1549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys4208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Track Reconstruction Algorithms in Dense Environments in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (10), pp.673. </w:t></w:r><w:hyperlink r:id="rId1551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5225-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological cell clustering in the ATLAS calorimeters and its performance in LHC Run 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.490. </w:t></w:r><w:hyperlink r:id="rId1556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5004-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01286005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous electroweak production of $WW/WZ$ in association with a high-mass dijet system in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.032001. </w:t></w:r><w:hyperlink r:id="rId1558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.032001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavour-violating decays of the Higgs and Z bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.70. </w:t></w:r><w:hyperlink r:id="rId1561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4624-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01308047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of ordered hadron chains with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (9), pp.092008. </w:t></w:r><w:hyperlink r:id="rId1563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.092008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the dimuon decay of the Higgs boson in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (5), pp.051802. </w:t></w:r><w:hyperlink r:id="rId1565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Trigger System in 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.317. </w:t></w:r><w:hyperlink r:id="rId1567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4852-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01405489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ t\overline{t}\gamma $ production cross section in proton-proton collisions at $ \sqrt{s}=8 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.086. </w:t></w:r><w:hyperlink r:id="rId1569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section for electroweak production of dijets in association with a Z boson in pp collisions at $\sqrt {s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775, pp.206-228. </w:t></w:r><w:hyperlink r:id="rId1571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.10.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of detector-corrected observables sensitive to the anomalous production of events with jets and large missing transverse momentum in $pp$ collisions at $\mathbf {\sqrt{s}=13}$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (11), pp.765. </w:t></w:r><w:hyperlink r:id="rId1573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5315-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in high-mass diphoton final states using 37 fb$^{-1}$ of proton--proton collisions collected at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775, pp.105-125. </w:t></w:r><w:hyperlink r:id="rId1575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.10.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of algorithms that reconstruct missing transverse momentum in $\sqrt{s}=$ 8 TeV proton-proton collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.241. </w:t></w:r><w:hyperlink r:id="rId1578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4780-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $k_\mathrm{t}$ splitting scales in $Z \to \ell\ell$ events in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.026. </w:t></w:r><w:hyperlink r:id="rId1580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01502809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W^+W^-$ production cross section in $pp$ collisions at a centre-of-mass energy of $\sqrt{s}$ = 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 773, pp.354-374. </w:t></w:r><w:hyperlink r:id="rId1582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.08.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01471973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Top-quark mass measurement in the all-hadronic $t\bar{t}$ decay channel at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.118. </w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of forward-backward multiplicity correlations in lead-lead, proton-lead and proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.064914. </w:t></w:r><w:hyperlink r:id="rId1586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.95.064914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive cross-sections of single top-quark and top-antiquark t-channel production in pp collisions at s√ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04, pp.086. </w:t></w:r><w:hyperlink r:id="rId1588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01366362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair to $Z$-boson cross-section ratios at $\sqrt s = 13, 8, 7$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.117. </w:t></w:r><w:hyperlink r:id="rId1590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01415359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter at $\sqrt{s}=13$ TeV in final states containing an energetic photon and large missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.393. </w:t></w:r><w:hyperlink r:id="rId1592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4965-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01507458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with a Higgs boson decaying to two photons at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (11), pp.112004. </w:t></w:r><w:hyperlink r:id="rId1594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in dijet events using 37 fb$^{-1}$ of $pp$ collision data collected at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (5), pp.052004. </w:t></w:r><w:hyperlink r:id="rId1598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.052004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in final states with two leptons in $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (12), pp.898. </w:t></w:r><w:hyperlink r:id="rId1600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5445-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the strong coupling constant $\alpha _\mathrm {s}$ from transverse energy–energy correlations in multijet events at $\sqrt{s} = 8~\hbox {TeV}$ using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (12), pp.872. </w:t></w:r><w:hyperlink r:id="rId1602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5442-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Drell-Yan triple-differential cross section in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.059. </w:t></w:r><w:hyperlink r:id="rId1604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.191. </w:t></w:r><w:hyperlink r:id="rId1606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W$ boson polarisation in $t\bar{t}$ events from $pp$ collisions at $\sqrt{s}$ = 8 TeV in the lepton+jets channel with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.264. </w:t></w:r><w:hyperlink r:id="rId1608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4819-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01412923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet activity produced in top-quark events with an electron, a muon and two $b$-tagged jets in the final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.220. </w:t></w:r><w:hyperlink r:id="rId1610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4766-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01390854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of electroweak $Wjj$ production and constraints on anomalous gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.474. </w:t></w:r><w:hyperlink r:id="rId1612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5007-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01488965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the prompt $J/\psi$ pair production cross-section in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.76. </w:t></w:r><w:hyperlink r:id="rId1614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4644-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01414001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying to high-p$_{T}$ W bosons and b quarks in the lepton-plus-jets final state in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.141. </w:t></w:r><w:hyperlink r:id="rId1616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with $b$-tagged jets and missing transverse momentum in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.195. </w:t></w:r><w:hyperlink r:id="rId1618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new high-mass phenomena in the dilepton final state using 36 fb$^{−1}$ of proton-proton collision data at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.182. </w:t></w:r><w:hyperlink r:id="rId1620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}W^{\pm}$ vector-boson scattering and limits on anomalous quartic gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.012007. </w:t></w:r><w:hyperlink r:id="rId1622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.012007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01394905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of primary vertices at the ATLAS experiment in Run 1 proton-proton collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.332. </w:t></w:r><w:hyperlink r:id="rId1624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4887-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01406313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Higgs Bosons $A/H$ Decaying to a Top Quark Pair in $pp$ Collisions at $\sqrt{s}=8\text{ }\text{ }\mathrm{TeV}$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (19), pp.191803. </w:t></w:r><w:hyperlink r:id="rId1626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.191803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a $W$ or $Z$ boson and a Higgs boson in the $q\bar{q}^{(\prime)}b\bar{b}$ final state in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 774, pp.494-515. </w:t></w:r><w:hyperlink r:id="rId1628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.09.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross-sections in proton-proton collisions at $ \sqrt{s}=8 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.020. </w:t></w:r><w:hyperlink r:id="rId1630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of charged-particle distributions sensitive to the underlying event in $\sqrt{s} = 13$ TeV proton-proton collisions with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1703, pp.157. </w:t></w:r><w:hyperlink r:id="rId1632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01441666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross section in the $\tau$ + jets final state in $pp$ collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.072003. </w:t></w:r><w:hyperlink r:id="rId1634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances decaying to a $W$ or $Z$ boson and a Higgs boson in the $\ell^+ \ell^- b\bar b$, $\ell \nu b\bar b$, and $\nu\bar{\nu} b\bar b$ channels with $pp$ collisions at $\sqrt s = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bourdarios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.32-52. </w:t></w:r><w:hyperlink r:id="rId1637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for triboson $W^{\pm}W^{\pm}W^{\mp}$ production in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.141. </w:t></w:r><w:hyperlink r:id="rId1639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4692-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of integrated and differential cross sections for isolated photon pair production in pp collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.112005. </w:t></w:r><w:hyperlink r:id="rId1641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01507438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a $Z$ boson and a photon in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 764, pp.11-30. </w:t></w:r><w:hyperlink r:id="rId1643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events containing a same-flavour opposite-sign dilepton pair, jets, and large missing transverse momentum in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.144. </w:t></w:r><w:hyperlink r:id="rId1645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4700-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01407800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of internal structure of jets in Pb+Pb collisions at $\sqrt{s_\mathrm{NN}} = 2.76$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.379. </w:t></w:r><w:hyperlink r:id="rId1647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4915-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01454730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial, total and differential cross-section measurements of $t$-channel single top-quark production in $pp$ collisions at 8 TeV using data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.531. </w:t></w:r><w:hyperlink r:id="rId1649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5061-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01464170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and rejection of pile-up jets at high pseudorapidity with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (9), pp.580. </w:t></w:r><w:hyperlink r:id="rId1651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5081-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet reconstruction and performance using particle flow with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.466. </w:t></w:r><w:hyperlink r:id="rId1653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5031-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01499221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with large jet multiplicities and missing transverse momentum using large-radius jets and flavour-tagging at ATLAS in 13 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.034. </w:t></w:r><w:hyperlink r:id="rId1655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the $Wtb$ vertex from the measurement of triple-differential angular decay rates of single top quarks produced in the $t$-channel at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.017. </w:t></w:r><w:hyperlink r:id="rId1657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of $Z\gamma$ production in association with a high-mass dijet system in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 07, pp.107. </w:t></w:r><w:hyperlink r:id="rId1659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2017)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP Invariance in vector-boson fusion production of the Higgs boson using the Optimal Observable method in the ditau decay channel with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.658. </w:t></w:r><w:hyperlink r:id="rId1661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4499-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of hadronic decay products of tau leptons with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.295. </w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4110-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible decays of a Higgs boson using vector-boson fusion in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.172. </w:t></w:r><w:hyperlink r:id="rId1669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in different-flavour high-mass dilepton final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.541. </w:t></w:r><w:hyperlink r:id="rId1671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4385-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an additional, heavy Higgs boson in the $H\rightarrow ZZ$ decay channel at $\sqrt{s}$ = 8 TeV in $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.45. </w:t></w:r><w:hyperlink r:id="rId1673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3820-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01179261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with photon+jet events in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.041. </w:t></w:r><w:hyperlink r:id="rId1675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for TeV-scale gravity signatures in high-mass final states with leptons and jets with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.520-537. </w:t></w:r><w:hyperlink r:id="rId1677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon reconstruction performance of the ATLAS detector in proton--proton collision data at s√=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.292. </w:t></w:r><w:hyperlink r:id="rId1679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4120-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for gluinos in events with an isolated lepton, jets and missing transverse momentum at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.565. </w:t></w:r><w:hyperlink r:id="rId1681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4397-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the relative width difference of the $B^0$-$\bar B^0$ system with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.081. </w:t></w:r><w:hyperlink r:id="rId1683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01321141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy diboson resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.173. </w:t></w:r><w:hyperlink r:id="rId1685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01332498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminosity determination in pp collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.653. </w:t></w:r><w:hyperlink r:id="rId1687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4466-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks in final states with one isolated lepton, jets, and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052009. </w:t></w:r><w:hyperlink r:id="rId1689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top-quark decays to $qZ$ in $pp$ collision data collected with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.12. </w:t></w:r><w:hyperlink r:id="rId1691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3851-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a hadronically decaying vector boson in pp collisions at $\sqrt(s)$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.251-268. </w:t></w:r><w:hyperlink r:id="rId1693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01352708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of hard double-parton scattering in four-jet events in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.110. </w:t></w:r><w:hyperlink r:id="rId1696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01352446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of high transverse momentum top quarks in pp collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.093. </w:t></w:r><w:hyperlink r:id="rId1698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01289306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addendum to ‘Measurement of the $t\overline{t}$ production cross-section using $e\mu $ events with $b$ -tagged jets in $pp$ collisions at $\sqrt{s}=7$ and 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.642. </w:t></w:r><w:hyperlink r:id="rId1701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4501-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01421334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with a photon and missing transverse momentum in pp collisions at s√=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.059. </w:t></w:r><w:hyperlink r:id="rId1703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for an excited muon decaying to a muon and two jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18, pp.073021. </w:t></w:r><w:hyperlink r:id="rId1705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/18/7/073021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01260361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in final states with two tau leptons in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.81. </w:t></w:r><w:hyperlink r:id="rId1707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3897-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ZZ$ Production Cross Section in $pp$ Collisions at $\sqrt{s}$ = 13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.101801. </w:t></w:r><w:hyperlink r:id="rId1709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.101801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01245323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of exclusive $\gamma\gamma\rightarrow W^+W^-$ production and search for exclusive Higgs boson production in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bethani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032011. </w:t></w:r><w:hyperlink r:id="rId1711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson produced in association with a vector boson and decaying into a tau pair in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092005. </w:t></w:r><w:hyperlink r:id="rId1713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01235322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive isolated prompt photon cross section in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.005. </w:t></w:r><w:hyperlink r:id="rId1715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01314865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in diphoton events at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.001. </w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for prompt lepton-jets in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.062. </w:t></w:r><w:hyperlink r:id="rId1719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01230188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top-quark pair production in the lepton-plus-jets final state in $pp$ collision data at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.87. </w:t></w:r><w:hyperlink r:id="rId1721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3910-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01196068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson produced by vector-boson fusion in 8 TeV pp collisions and decaying to bottom quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.112. </w:t></w:r><w:hyperlink r:id="rId1723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of boosted, hadronically decaying W bosons and comparisons with ATLAS data taken at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.154. </w:t></w:r><w:hyperlink r:id="rId1725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3978-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01218342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and coupling strengths using $pp$ collision data at $\sqrt{s}=7$ and $8$ TeV in the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.6. </w:t></w:r><w:hyperlink r:id="rId1727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3769-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet production in $\sqrt{s}=7$ TeV $pp$ collisions with large rapidity gaps at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.214-234. </w:t></w:r><w:hyperlink r:id="rId1729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01223673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in the mass distribution of jet pairs with one or two jets identified as $b$-jets in proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.229-246. </w:t></w:r><w:hyperlink r:id="rId1731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01298161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark matter interpretations of ATLAS searches for the electroweak production of supersymmetric particles in $\sqrt{s} = 8$ TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.175. </w:t></w:r><w:hyperlink r:id="rId1733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $b\overline{b}$ dijet cross section in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.670. </w:t></w:r><w:hyperlink r:id="rId1735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4521-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a vector-like quark via a heavy gluon in the $4b$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.249-268. </w:t></w:r><w:hyperlink r:id="rId1737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the double-differential high-mass Drell-Yan cross section in pp collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.009. </w:t></w:r><w:hyperlink r:id="rId1739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total cross section from elastic scattering in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.158-178. </w:t></w:r><w:hyperlink r:id="rId1741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $D^{*\pm}$, $D^\pm$ and $D_s^\pm$ meson production cross sections in $pp$ collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 907, pp.717-763. </w:t></w:r><w:hyperlink r:id="rId1743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2016.04.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01241140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance of the jet trigger for the ATLAS detector during 2011 data taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.526. </w:t></w:r><w:hyperlink r:id="rId1745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4325-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived charged R-hadrons with the ATLAS detector in 3.2 fb−1 of proton--proton collision data at s√=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.647-665. </w:t></w:r><w:hyperlink r:id="rId1747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01333217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of pile-up mitigation techniques for jets in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.581. </w:t></w:r><w:hyperlink r:id="rId1749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4395-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions in $\sqrt{s}=13$ TeV $pp$ interactions measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.67-88. </w:t></w:r><w:hyperlink r:id="rId1751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for strong gravity in multijet final states produced in pp collisions at $\sqrt{s} =$ 13 TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.026. </w:t></w:r><w:hyperlink r:id="rId1753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01240294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and constraints on its couplings from a combined ATLAS and CMS analysis of the LHC $pp$ collision data at $\sqrt{s}=$ 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.045. </w:t></w:r><w:hyperlink r:id="rId1755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP-violating phase $\phi_s$ and the $B^0_s$ meson decay width difference with $B^0_s \to J/\psi\phi$ decays in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.147. </w:t></w:r><w:hyperlink r:id="rId1757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01255785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1758" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rare decays of B0s and B0 into muon pairs from data collected during the LHC Run 1 with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.513. </w:t></w:r><w:hyperlink r:id="rId1759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4338-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charged-particle multiplicity inside jets from $\sqrt{s}=8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.322. </w:t></w:r><w:hyperlink r:id="rId1761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4126-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^\pm Z$ production cross sections in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector and limits on anomalous gauge boson self-couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092004. </w:t></w:r><w:hyperlink r:id="rId1763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Inelastic Proton-Proton Cross Section at $\sqrt{s} = 13$ TeV with the ATLAS Detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.182002. </w:t></w:r><w:hyperlink r:id="rId1765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.182002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01329367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet charge in dijet events from sqrt(s)=8 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052003. </w:t></w:r><w:hyperlink r:id="rId1767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for top squarks with R-parity-violating decays to all-hadronic final states with the ATLAS detector in $\sqrt{s}$ = 8 TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.067. </w:t></w:r><w:hyperlink r:id="rId1769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01265314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}$ and $Z$-boson production cross sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.601-621. </w:t></w:r><w:hyperlink r:id="rId1771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons produced in association with a top quark and decaying via $H^{\pm} \rightarrow \tau\nu$ using $pp$ collision data recorded at $\sqrt{s} = 13$ TeV by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.555-574. </w:t></w:r><w:hyperlink r:id="rId1773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson produced in association with a $W$ boson and decaying to four $b$-quarks via two spin-zero particles in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.605. </w:t></w:r><w:hyperlink r:id="rId1775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4418-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry at $\sqrt{s}=13$ TeV in final states with jets and two same-sign leptons or three leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.259. </w:t></w:r><w:hyperlink r:id="rId1777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4095-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of event-shape observables in $Z \to \ell^{+} \ell^{-}$ events in $pp$ collisions at $\sqrt{s}=7$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.375. </w:t></w:r><w:hyperlink r:id="rId1779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4176-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Higgs boson decaying to two bottom quarks in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.072007. </w:t></w:r><w:hyperlink r:id="rId1781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.072007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01219097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of a single top quark in association with a $W$ boson at 8 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.064. </w:t></w:r><w:hyperlink r:id="rId1783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous couplings in the $Wtb$ vertex from the measurement of double differential angular decay rates of single top quarks produced in the $t$-channel with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.023. </w:t></w:r><w:hyperlink r:id="rId1785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Long-Range Elliptic Azimuthal Anisotropies in s√=13 and 2.76 TeV pp Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.172301. </w:t></w:r><w:hyperlink r:id="rId1787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.172301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson decaying into bb¯ produced in association with top quarks decaying hadronically in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 05, pp.160. </w:t></w:r><w:hyperlink r:id="rId1789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2016)160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01302317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar{t}\to$ dilepton channel from $\sqrt{s}=8$ TeV ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.350-371. </w:t></w:r><w:hyperlink r:id="rId1791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Minimal Supersymmetric Standard Model Higgs bosons $H/A$ and for a $Z^{\prime}$ boson in the $\tau \tau$ final state produced in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.585. </w:t></w:r><w:hyperlink r:id="rId1793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4400-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the charge asymmetry in top-quark pair production in the dilepton final state at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032006 </w:t></w:r><w:hyperlink r:id="rId1795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in events with hadronically decaying tau leptons, jets and missing transverse momentum in proton-proton collisions at $\sqrt{s}=13$ TeV recorded with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.683. </w:t></w:r><w:hyperlink r:id="rId1797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4481-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beam-induced and cosmic-ray backgrounds observed in the ATLAS detector during the LHC 2012 proton-proton running period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P05013. </w:t></w:r><w:hyperlink r:id="rId1799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/05/P05013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in dijet mass and angular distributions from pp collisions at √s = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.302-322. </w:t></w:r><w:hyperlink r:id="rId1801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01238718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom squark pair production in proton--proton collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.547. </w:t></w:r><w:hyperlink r:id="rId1803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4382-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the $B_c^+ \to J/\psi D_s^+$ and $B_c^+ \to J/\psi D_s^{*+}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.4. </w:t></w:r><w:hyperlink r:id="rId1805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3743-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for scalar leptoquarks in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.5. </w:t></w:r><w:hyperlink r:id="rId1807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3823-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in highly boosted top-quark pair production in $\sqrt{s} =$ 8 TeV $pp$ collision data collected by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.52-71. </w:t></w:r><w:hyperlink r:id="rId1809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to distinguish hadronically decaying boosted $Z$ bosons from $W$ bosons using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.238. </w:t></w:r><w:hyperlink r:id="rId1811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4065-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons in the $H^{\pm} \rightarrow tb$ decay channel in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.127. </w:t></w:r><w:hyperlink r:id="rId1813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01242741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the electroweak production of supersymmetric particles in $\sqrt{s}$=8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052002. </w:t></w:r><w:hyperlink r:id="rId1815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of fiducial differential cross sections of gluon-fusion production of Higgs bosons decaying to $WW^{\ast}{\rightarrow\,}e\nu\mu\nu$ with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.104. </w:t></w:r><w:hyperlink r:id="rId1817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section using $e\mu$ events with b-tagged jets in pp collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.136-157. </w:t></w:r><w:hyperlink r:id="rId1819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01329377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for metastable heavy charged particles with large ionization energy loss in pp collisions at s√=13 TeV using the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.112015. </w:t></w:r><w:hyperlink r:id="rId1821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.112015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01303450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $Z\gamma$ and $Z\gamma\gamma$ production in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.112002. </w:t></w:r><w:hyperlink r:id="rId1823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.112002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing lepton flavour violation via neutrinoless $\tau\longrightarrow 3\mu$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.232. </w:t></w:r><w:hyperlink r:id="rId1825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4041-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01256579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1826" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.538. </w:t></w:r><w:hyperlink r:id="rId1827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4366-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01229764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for single top-quark production in the $s$-channel in proton-proton collisions at $\sqrt{s}=$8 TeV with the ATLAS detector using the Matrix Element Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.228-246. </w:t></w:r><w:hyperlink r:id="rId1829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01231360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1830" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopoles and stable particles with high electric charges in 8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052009. </w:t></w:r><w:hyperlink r:id="rId1831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1832" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the photon identification efficiencies with the ATLAS detector using LHC Run-1 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.666. </w:t></w:r><w:hyperlink r:id="rId1833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4507-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W^{\pm}Z$ boson pair-production cross section in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId1835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using proton--proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052002 </w:t></w:r><w:hyperlink r:id="rId1837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01332495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1838" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions at low transverse momentum in $\sqrt{s}$=13 TeV pp interactions measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.502. </w:t></w:r><w:hyperlink r:id="rId1839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01326890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the angular coefficients in $Z$-boson events using electron and muon pairs from data taken at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.159. </w:t></w:r><w:hyperlink r:id="rId1841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01326882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs and $Z$ Boson Decays to $\phi\,\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.111802. </w:t></w:r><w:hyperlink r:id="rId1843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.111802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of gluinos decaying via stop and sbottom in events with $b$-jets and large missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94 (3), pp.032003. </w:t></w:r><w:hyperlink r:id="rId1845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into $Wb$ in $pp$ collisions at $\sqrt{s} =$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.442. </w:t></w:r><w:hyperlink r:id="rId1847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4281-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01276335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum and $\phi^*_{\eta}$ distributions of Drell-Yan lepton pairs in proton-proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.291. </w:t></w:r><w:hyperlink r:id="rId1849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4070-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01239667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with large jet multiplicities and missing transverse momentum with ATLAS using $\sqrt{s} =13$ TeV proton--proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.334-355. </w:t></w:r><w:hyperlink r:id="rId1851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions in $pp$ interactions at $\sqrt{s}=8$ TeV measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.403. </w:t></w:r><w:hyperlink r:id="rId1853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4203-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with at least three photons collected in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.210. </w:t></w:r><w:hyperlink r:id="rId1855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4034-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for $WW$, $WZ$, and $ZZ$ resonances in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.285-305. </w:t></w:r><w:hyperlink r:id="rId1857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01245326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a high-mass Higgs boson decaying to a W boson pair in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.032. </w:t></w:r><w:hyperlink r:id="rId1859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on non-Standard Model Higgs boson interactions in an effective Lagrangian using differential cross sections measured in the $H \rightarrow \gamma\gamma$ decay channel at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId1861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.11.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross-section of highly boosted top quarks as a function of their transverse momentum in $\sqrt{s}$ = 8 TeV proton-proton collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.032009 </w:t></w:r><w:hyperlink r:id="rId1863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the correlations between the polar angles of leptons from top quark decays in the helicity basis at $\sqrt{s}=7$TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.012002 </w:t></w:r><w:hyperlink r:id="rId1865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01220806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of $b$-Jet Identification in the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P04008. </w:t></w:r><w:hyperlink r:id="rId1867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/04/P04008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of four-lepton production in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.552-572. </w:t></w:r><w:hyperlink r:id="rId1869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.12.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1870" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of fiducial cross-sections for $t\bar{t}$ production with one or two additional $b$-jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.11. </w:t></w:r><w:hyperlink r:id="rId1871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3852-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1872" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single top-quark production via flavour changing neutral currents at 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.55. </w:t></w:r><w:hyperlink r:id="rId1873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3876-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^+W^-$ production in association with one jet in proton--proton collisions at $\sqrt{s} =8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.114-133. </w:t></w:r><w:hyperlink r:id="rId1875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top quark pair differential cross-sections in the dilepton channel in $pp$ collisions at $\sqrt{s}$ = 7 and 8 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.092003. </w:t></w:r><w:hyperlink r:id="rId1877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum at s√= 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.392. </w:t></w:r><w:hyperlink r:id="rId1879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4184-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01315392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum, rapidity, and centrality dependence of inclusive charged-particle production in $\sqrt{s_{NN}}=5.02$ TeV p+Pb collisions measured by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.313-336. </w:t></w:r><w:hyperlink r:id="rId1881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01319815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with an energetic jet and large missing transverse momentum in pp collisions at s√=13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032005. </w:t></w:r><w:hyperlink r:id="rId1883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01308055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for scalar leptoquarks in pp collisions at s√=13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18, pp.093016. </w:t></w:r><w:hyperlink r:id="rId1885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/18/9/093016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01318833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A measurement of material in the ATLAS tracker using secondary hadronic interactions in 7 TeV pp collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P11020. </w:t></w:r><w:hyperlink r:id="rId1887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/11/P11020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01366812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1888" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in a final state containing two photons and missing transverse momentum in $\sqrt{s}$ = 13 TeV $pp$ collisions at the LHC using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.517. </w:t></w:r><w:hyperlink r:id="rId1889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4344-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01339794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1890" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of total and differential $W^+W^-$ production cross sections in proton-proton collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector and limits on anomalous triple-gauge-boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.029. </w:t></w:r><w:hyperlink r:id="rId1891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross-sections of prompt and non-prompt production of $J/\psi$ and $\psi(2\mathrm{S})$ in $pp$ collisions at $\sqrt{s} = 7$ and $8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.283. </w:t></w:r><w:hyperlink r:id="rId1893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4050-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01242737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1894" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet activity in top quark events using the $e\mu$ final state with two $b$-tagged jets in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.074. </w:t></w:r><w:hyperlink r:id="rId1895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01340380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1896" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass new phenomena in the dilepton final state using proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.372-392. </w:t></w:r><w:hyperlink r:id="rId1897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances in events with one lepton and missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.334-352. </w:t></w:r><w:hyperlink r:id="rId1899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.09.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality, rapidity and transverse momentum dependence of isolated prompt photon production in lead-lead collisions at $\sqrt{s_{\mathrm{NN}}} = 2.76$ TeV measured with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.034914. </w:t></w:r><w:hyperlink r:id="rId1901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01169694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1902" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the dependence of transverse energy production at large pseudorapidity on the hard-scattering kinematics of proton-proton collisions at $\sqrt{s} = 2.76$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.10-28. </w:t></w:r><w:hyperlink r:id="rId1903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01236652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1904" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the production of single vector-like and excited quarks in the $Wt$ final state in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.110. </w:t></w:r><w:hyperlink r:id="rId1905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1906" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the centrality dependence of the charged-particle pseudorapidity distribution in proton--lead collisions at $\sqrt{s_{_{\rm{NN}}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.199. </w:t></w:r><w:hyperlink r:id="rId1907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4002-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in dileptonic decays of top quark pairs in pp collisions at s√=7 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abdel Khalek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (5), pp.61. </w:t></w:r><w:hyperlink r:id="rId1910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2015)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01112063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1911" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and measurement of Higgs boson decays to $WW^{\ast}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.012006. </w:t></w:r><w:hyperlink r:id="rId1912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01092569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1913" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production and couplings in the four-lepton channel in pp collisions at center-of-mass energies of 7 and 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId1914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01057655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1915" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Heavy Neutral Particle Decaying to eμ, eτ, or μτ in pp Collisions at s√=8 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115, pp.031801. </w:t></w:r><w:hyperlink r:id="rId1916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.031801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1917" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality and rapidity dependence of inclusive jet production in $\sqrt{s_\mathrm{NN}} = 5.02$ TeV proton--lead collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 748, pp.392-413. </w:t></w:r><w:hyperlink r:id="rId1918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.07.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01095077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1919" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of colour flow with the jet pull angle in tt¯ events using the ATLAS detector at s√=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 750, pp.475-493. </w:t></w:r><w:hyperlink r:id="rId1920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.09.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01165470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1921" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and energy calibration of hadronically decaying tau leptons with the ATLAS experiment in $pp$ collisions at $\sqrt{s}$=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.303. </w:t></w:r><w:hyperlink r:id="rId1922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3500-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01098160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1923" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with heavy quarks and missing transverse momentum in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (2), pp.92. </w:t></w:r><w:hyperlink r:id="rId1924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3306-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01075735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1925" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross-section in proton-proton collisions at $\sqrt{s}=7$ TeV using 4.5 fb$^{-1}$ of data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (02), pp.153. </w:t></w:r><w:hyperlink r:id="rId1926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2015)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01079524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1927" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $(W/Z)H$ production and Higgs boson couplings using $H \rightarrow WW^{\ast}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.137. </w:t></w:r><w:hyperlink r:id="rId1928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01166707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1929" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a CP-odd Higgs boson decaying to $Zh$ in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 744, pp.163-183. </w:t></w:r><w:hyperlink r:id="rId1930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.03.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01117382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1931" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for s-channel single top-quark production in proton-proton collisions at $\sqrt{s}$=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Clémens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 740, pp.118-136. </w:t></w:r><w:hyperlink r:id="rId1934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01071039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1935" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search For Higgs Boson Pair Production in the gamma gamma b bbar Final State using pp Collision Data at sqrt(s)=8 TeV from the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (8), pp.081802. </w:t></w:r><w:hyperlink r:id="rId1936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.081802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01024295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1937" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse polarization of $\Lambda$ and $\bar{\Lambda}$ hyperons produced in proton--proton collisions at $\sqrt{s}=7$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.032004. </w:t></w:r><w:hyperlink r:id="rId1938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.032004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01091281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1939" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy measurement and its systematic uncertainty in proton-proton collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Buat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.17. </w:t></w:r><w:hyperlink r:id="rId1942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3190-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01003959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1943" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced long-lived neutral particles decaying to jets in the ATLAS hadronic calorimeter in pp collisions at s√ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 743, pp.15-34. </w:t></w:r><w:hyperlink r:id="rId1944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01104690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1945" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints of the off-shell Higgs boson signal strength in the high-mass $ZZ$ and $WW$ final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.335. </w:t></w:r><w:hyperlink r:id="rId1946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3542-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01122472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1947" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle Bose-Einstein correlations in $pp$ collisions at $\mathbf {\sqrt{s} =}$ 0.9 and 7 TeV measured with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.466. </w:t></w:r><w:hyperlink r:id="rId1948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3644-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01121521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1949" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for metastable heavy charged particles with large ionisation energy loss in pp collisions at s√ = 8 TeV using the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.407. </w:t></w:r><w:hyperlink r:id="rId1950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3609-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1951" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the branching ratio $\Gamma(\Lambda_b^0 \rightarrow \psi(2S)\Lambda^0)/\Gamma(\Lambda_b^0 \rightarrow J/\psi\Lambda^0)$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 751, pp.63-80. </w:t></w:r><w:hyperlink r:id="rId1952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01181351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1953" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the top quark branching ratios into channels with leptons and quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072005. </w:t></w:r><w:hyperlink r:id="rId1954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1955" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top pair production cross-section in 8 TeV proton-proton collisions using kinematic information in the lepton+jets final state with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (11), pp.112013. </w:t></w:r><w:hyperlink r:id="rId1956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.112013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1957" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events containing a same-flavour opposite-sign dilepton pair, jets, and large missing transverse momentum in $\sqrt{s}=8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.318. </w:t></w:r><w:hyperlink r:id="rId1958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3518-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01130581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1959" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production and lepton charge asymmetry of $\textit{W}$ bosons in Pb+Pb collisions at $\sqrt{s_{\mathrm{\mathbf{NN}}}}=$ 2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId1960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3231-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01056937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1961" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive supersymmetric particles decaying to many jets using the ATLAS detector in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (11), pp.112016. </w:t></w:r><w:hyperlink r:id="rId1962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.112016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01118792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1963" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of the searches for squarks and gluinos using $\sqrt{s}$ = 8 TeV pp collisions with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.054. </w:t></w:r><w:hyperlink r:id="rId1964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1965" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new light gauge bosons in Higgs boson decays to four-lepton final states in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.092001. </w:t></w:r><w:hyperlink r:id="rId1966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01157950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1967" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of the ATLAS experiment's sensitivity to supersymmetry after LHC Run 1 - interpreted in the phenomenological MSSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.134. </w:t></w:r><w:hyperlink r:id="rId1968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1969" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new resonance decaying to a $W$ or $Z$ boson and a Higgs boson in the $\ell \ell/ \ell \nu/ \nu \nu + b \bar{b}$ final states with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (6), pp.263. </w:t></w:r><w:hyperlink r:id="rId1970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3474-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01138053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1971" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for production of vector-like quark pairs and of four top quarks in the lepton-plus-jets final state in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.105. </w:t></w:r><w:hyperlink r:id="rId1972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01153685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1973" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos with the ATLAS detector in pp collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 07, pp.162. </w:t></w:r><w:hyperlink r:id="rId1974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2015)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01166353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1975" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top quark decays $t\to Hq$ in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.061. </w:t></w:r><w:hyperlink r:id="rId1976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01202985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1977" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass in the fully hadronic decay channel from ATLAS data at $\sqrt{s}=7$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Clémens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (4), pp.158. </w:t></w:r><w:hyperlink r:id="rId1978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3373-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01060227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1979" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and measurements of the production of prompt and non-prompt $J/\psi$ mesons in association with a $Z$ boson in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.229. </w:t></w:r><w:hyperlink r:id="rId1980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3406-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01097769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1981" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible decays of the Higgs boson produced in association with a hadronically decaying vector boson in pp collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.337. </w:t></w:r><w:hyperlink r:id="rId1982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3551-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1983" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of a chargino and a neutralino decaying to the 125 GeV Higgs boson in $\sqrt{s}$ = 8 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.208. </w:t></w:r><w:hyperlink r:id="rId1984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3408-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01110836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1985" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-scale gravity signatures in multi-jet final states with the ATLAS detector at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 07, pp.032. </w:t></w:r><w:hyperlink r:id="rId1986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2015)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01138051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1987" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous measurements of the $t\bar{t}$, $W^+W^-$, and $Z/\gamma^{*}\rightarrow\tau\tau$ production cross-sections in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId1988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01024304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1989" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $W' \rightarrow tb \rightarrow qqbb$ decays in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (4), pp.165. </w:t></w:r><w:hyperlink r:id="rId1990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3372-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01054309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1991" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $b\bar{b} b\bar{b}$ final state from $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.412. </w:t></w:r><w:hyperlink r:id="rId1992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3628-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01158913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1993" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass diboson resonances with boson-tagged jets in proton-proton collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.055. </w:t></w:r><w:hyperlink r:id="rId1994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01159301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1995" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on new phenomena via Higgs boson couplings and invisible decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.206. </w:t></w:r><w:hyperlink r:id="rId1996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01192695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1997" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of events with $b$-jets and a pair of leptons of the same charge in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.150. </w:t></w:r><w:hyperlink r:id="rId1998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1999" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar t \to {\rm lepton+jets}$ and $t\bar t \to {\rm dilepton}$ channels using $\sqrt{s}=7$ TeV ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.330. </w:t></w:r><w:hyperlink r:id="rId2000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3544-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01133668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2001" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III Seesaw heavy leptons in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.032001. </w:t></w:r><w:hyperlink r:id="rId2002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.032001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2003" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, weakly interacting particles that decay to displaced hadronic jets in proton-proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (1), pp.012010. </w:t></w:r><w:hyperlink r:id="rId2004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.012010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01142367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2005" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Measurement of the Higgs Boson Mass in $pp$ Collisions at $\sqrt{s}=7$ and 8 TeV with the ATLAS and CMS Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.191803. </w:t></w:r><w:hyperlink r:id="rId2006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.191803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01136505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}W$ and $t\bar{t}Z$ production cross sections in $pp$ collisions at $\sqrt{s} = 8 \mathrm{\ Te\kern -0.1em V}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.172. </w:t></w:r><w:hyperlink r:id="rId2008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2009" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy long-lived charged particles with the ATLAS detector in proton-proton collisions at $\sqrt{s}$ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.68. </w:t></w:r><w:hyperlink r:id="rId2010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2015)068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01088470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2011" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of a new heavy quark that decays into a $W$ boson and a light quark in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.112007. </w:t></w:r><w:hyperlink r:id="rId2012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.112007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2013" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of four-jet differential cross sections in $\sqrt{s}=8$ TeV proton--proton collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.105. </w:t></w:r><w:hyperlink r:id="rId2014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2015" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for production of $WW/WZ$ resonances decaying to a lepton, neutrino and jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.209. </w:t></w:r><w:hyperlink r:id="rId2016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3425-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2017" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs and $Z$ Boson Decays to $J/\psi\gamma$ and $\Upsilon(nS)\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (12), pp.121801. </w:t></w:r><w:hyperlink r:id="rId2018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.121801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01103567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2019" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for W′→tb¯ in the lepton plus jets final state in proton-proton collisions at a centre-of-mass energy of √s = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 743, pp.235-255. </w:t></w:r><w:hyperlink r:id="rId2020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.02.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01075729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2021" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Charged Higgs Boson Produced in the Vector-boson Fusion Mode with Decay $H^\pm \to W^\pm Z$ using $pp$ Collisions at $\sqrt{s}=8$ TeV with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId2022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2023" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with three or more charged leptons in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.138. </w:t></w:r><w:hyperlink r:id="rId2024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01081858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2025" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the top-quark pole mass using $t \bar{t}+1$-jet events collected with the ATLAS experiment in 7 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.121. </w:t></w:r><w:hyperlink r:id="rId2026" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01173977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2027" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the correlation between flow harmonics of different order in lead-lead collisions at $\sqrt{s_{NN}}$=2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.034903. </w:t></w:r><w:hyperlink r:id="rId2028" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.92.034903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2027" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01139769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2029" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for photonic signatures of gauge-mediated supersymmetry in 8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072001. </w:t></w:r><w:hyperlink r:id="rId2030" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2029" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2031" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS Run 1 searches for direct pair production of third-generation squarks at the Large Hadron Collider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.510. </w:t></w:r><w:hyperlink r:id="rId2032" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3726-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2031" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01169690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2033" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for Higgs boson pair production in the $hh\to bb\tau\tau, \gamma\gamma WW*, \gamma\gamma bb, bbbb$ channels with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.092004. </w:t></w:r><w:hyperlink r:id="rId2034" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2033" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2035" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of $W\gamma\gamma$ production in $pp$ collisions at $\sqrt{s}=8$ TeV and limits on anomalous quartic gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId2036" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2035" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01130586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2037" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in events with isolated leptons, jets and missing transverse momentum at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (4), pp.116. </w:t></w:r><w:hyperlink r:id="rId2038" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2015)116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2037" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01104064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2039" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible particles produced in association with single-top-quarks in proton-proton collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (2), pp.79. </w:t></w:r><w:hyperlink r:id="rId2040" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3233-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2039" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01076068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2041" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for high-mass resonances decaying to $\tau^{+}\tau^{-}$ in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 07, pp.157. </w:t></w:r><w:hyperlink r:id="rId2042" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2015)157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2041" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01120559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2043" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived multi-charged particles in pp collisions at s√ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (8), pp.362. </w:t></w:r><w:hyperlink r:id="rId2044" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3534-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2043" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2045" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive, long-lived particles using multitrack displaced vertices or displaced lepton pairs in pp collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072004. </w:t></w:r><w:hyperlink r:id="rId2046" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2045" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01144211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2047" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vectorlike $B$ quarks in events with one isolated lepton, missing transverse momentum and jets at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.112011. </w:t></w:r><w:hyperlink r:id="rId2048" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.112011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2047" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01133669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2049" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $b\bar{b}$ decay of the Standard Model Higgs boson in associated $(W/Z)H$ production with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.69. </w:t></w:r><w:hyperlink r:id="rId2050" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2015)069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2049" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01067116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2051" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS muon trigger in pp collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (3), pp.120. </w:t></w:r><w:hyperlink r:id="rId2052" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3325-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2051" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01056296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2053" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the forward-backward asymmetry of electron and muon pair-production in $pp$ collisions at $\sqrt{s}$ = 7 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 09, pp.49. </w:t></w:r><w:hyperlink r:id="rId2054" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2015)049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2053" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01131139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2055" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of top-quark pair production in association with a photon and measurement of the $t\bar{t}\gamma$ production cross section in pp collisions at $\sqrt{s}=7$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (7), pp.072007. </w:t></w:r><w:hyperlink r:id="rId2056" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.072007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2055" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01112466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2057" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of spin and parity of the Higgs boson in the $WW^\ast \to e \nu \mu \nu$ decay channel with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.231. </w:t></w:r><w:hyperlink r:id="rId2058" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3436-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2057" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01131135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2059" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with an energetic jet and large missing transverse momentum in pp collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (7), pp.299. </w:t></w:r><w:hyperlink r:id="rId2060" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3517-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2059" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01114253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2061" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $H \to \gamma\gamma$ produced in association with top quarks and constraints on the Yukawa coupling between the top quark and the Higgs boson using data taken at 7 TeV and 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 740, pp.222-242. </w:t></w:r><w:hyperlink r:id="rId2062" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.11.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2061" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01062929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2063" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Dark Matter in Events with Missing Transverse Momentum and a Higgs Boson Decaying to Two Photons in $pp$ Collisions at $\sqrt{s}=8$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115, pp.131801. </w:t></w:r><w:hyperlink r:id="rId2064" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2063" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01159871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2065" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the ratio of $b$-quark fragmentation fractions $f_s/f_d$ in $pp$ collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115, pp.262001. </w:t></w:r><w:hyperlink r:id="rId2066" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.262001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2065" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2067" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of Spin Correlation in Top-Antitop Quark Events and Search for Top Squark Pair Production in pp Collisions at $\sqrt{s}=8$ TeV Using the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (14), pp.142001. </w:t></w:r><w:hyperlink r:id="rId2068" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.142001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2067" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01095656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2069" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass diphoton resonances in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.032004. </w:t></w:r><w:hyperlink r:id="rId2070" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.032004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2069" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01145430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2071" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the associated production of the Higgs boson with a top quark pair in multilepton final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 749, pp.519-541. </w:t></w:r><w:hyperlink r:id="rId2072" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.07.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2071" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01166348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2073" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy lepton resonances decaying to a $Z$ boson and a lepton in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 09, pp.108. </w:t></w:r><w:hyperlink r:id="rId2074" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2015)108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2073" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01159872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2075" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the data processing & Run-by-Run simulations in KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2076" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sinopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2077" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieke Bouwhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2078" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Distefano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2079" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi A Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2080" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Lastoria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Computing in High Energy and Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Krakow, Poland. pp.01046, </w:t></w:r><w:hyperlink r:id="rId2081" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202533701046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2075" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2082" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the potential of KM3NeT in detecting core-collapse supernovae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2083" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2084" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2085" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2086" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2087" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2088" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising Candidate Blazar Counterparts of the Ultra-High-Energy Event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2088" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2089" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining gamma-ray burst parameters with the first ultra-high energy neutrino event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2089" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2090" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Potential Galactic Origin of the Ultra-High-Energy Event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2090" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2091" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise determination of the strong-coupling constant from the recoil of $Z$ bosons with the ATLAS experiment at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2091" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2092" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of longitudinal flow decorrelations in $pp$ and Xe+Xe collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2092" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2093" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Design Report for the Phase-II Upgrade of the ATLAS TDAQ System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2094" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dartsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERN-LHCC-2017-020, CERN. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2093" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2095" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Design Report for the ATLAS inner Tracker pixel detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2096" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.G. Allemandou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2097" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Barroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ATLAS-TDR-030, CERN. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2095" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId2098"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benjamin Trocmé </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (991)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an eV-scale sterile neutrino with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 02, pp.080. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2026)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Online Data Filter for the KM3NeT Neutrino Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1083, pp.171097. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2025.171097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t\bar{t}$ production in association with additional $b$-jets in the $e\mu$ final state in proton-proton collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.068. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of pairs of collimated $\tau$-leptons decaying hadronically using $\sqrt{s}=13$ TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (5), pp.561. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14075-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $t\bar{t}H/A \rightarrow t\bar{t}t\bar{t}$ production in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (5), pp.573. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14041-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04685419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top-quark pair production in association with charm quarks in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 860, pp.139177. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision measurement of the $B^{0}$ meson lifetime using $B^{0} \rightarrow J/\psi K^{*0}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (7), pp.736. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14232-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single-production of vector-like quarks decaying into $Wb$ in the fully hadronic final state in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.075. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and charm-tagged jets using 139 fb$^{-1}$ of proton-proton collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.193. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced leptons in $\sqrt{s}=13$ TeV and $13.6$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112 (1), pp.012016. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/w8hh-xf24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of an ultra-high-energy cosmic neutrino with KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 638 (8050), pp.376-382. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-08543-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climbing to the top of the ATLAS 13 TeV data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.127-183. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of $D^{\pm}$ and $D_{s}^{\pm}$ meson production in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 07, pp.086. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2025)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04871163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of photonuclear jet production in ultra-peripheral Pb+Pb collisions at $\sqrt{s_{\text{NN}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (5), pp.052006. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.111.052006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Lund jet plane in hadronic decays of top quarks and W bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (4), pp.416. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13924-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of tau neutrinos and non-unitary neutrino mixing with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 07, pp.213. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2025)213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the associated production of a top-antitop-quark pair and a Higgs boson decaying into a $b\bar{b}$ pair in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (2), pp.210. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13740-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the Higgs boson with ATLAS data from Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.001. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for singly produced vector-like top quarks in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (1), pp.012012. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.111.012012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the atmospheric $\nu_{\mu}$ flux with six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (8), pp.871. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14513-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration at the high-energy frontier: ATLAS Run 2 searches investigating the exotic jungle beyond the Standard Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.301-385. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet track functions in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 868, pp.139680. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the associated production of charm quarks and a Higgs boson decaying into a photon pair with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.045. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-sections of a Higgs boson in association with a vector boson and decaying into $WW^\ast$ with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 08, pp.034. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2025)034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05024800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light neutral particles decaying promptly into collimated pairs of electrons or muons in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (3), pp.335. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-13916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for same-charge top-quark pair production in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.084. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2025)084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS searches for additional scalars and exotic Higgs boson decays with the LHC Run 2 dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.184-260. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electroweak, QCD and flavour physics studies with ATLAS data from Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.57-126. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise measurement of the jet energy scale derived from single-particle measurements and in situ techniques in proton-proton collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (9), pp.927. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14409-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new scalar decaying into new spin-1 bosons in four-lepton final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 865, pp.139472. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing invisible neutrino decay with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 04, pp.105. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2025)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Searches for Dark Matter with the KM3NeT Neutrino Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.058. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software and computing for Run 3 of the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (3), pp.234. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13701-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-standard neutrino interactions with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 02, pp.073. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/02/073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04829671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^+W^-$ production cross-sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 08, pp.142. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2025)142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diphoton resonances in the 66 to 110 GeV mass range using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.053. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The quest to discover supersymmetry at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rept.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1116, pp.261-300. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physrep.2024.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson in $t \to H^\pm b$ decays, with $H^\pm \to cs$, in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (2), pp.153. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13715-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for singly and doubly charged Higgs bosons produced via vector-boson fusion in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 860, pp.139137. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the jet-induced diffusion wake in the quark-gluon plasma via measurements of jet-track correlations in photon-jet events in Pb+Pb collisions at $\sqrt{\mathrm{s}_{\mathrm{NN}}}$ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 111 (4), pp.044909. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.111.044909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance of missing transverse momentum reconstruction and its significance with the ATLAS detector using 140 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (6), pp.606. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14062-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for quantum decoherence in neutrino oscillations with six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.039. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the potential cosmogenic origin of the ultra-high-energy event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophys.J.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 984 (2), pp.L41. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/adcc29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KM3NeT Constraint on Lorentz-Violating Superluminal Neutrino Velocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commun.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (1), pp.457. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-025-02347-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraint on the total width of the Higgs boson from Higgs boson and four-top-quark measurements in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 861, pp.139277. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total cost of ownership and evaluation of Google cloud resources for the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.2. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-024-00128-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04592124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gSeaGen code by KM3NeT: an efficient tool to propagate muons simulated with CORSIKA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Phys.Commun.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 314, pp.109660. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2025.109660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ultra-high-energy event KM3-230213A within the global neutrino landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (3), pp.031016. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/yypk-zmb8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for boosted low-mass resonances decaying into hadrons produced in association with a photon in pp collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 01, pp.099. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2025)099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of lepton flavour universality in $W$-boson decays into electrons and $\tau$-leptons using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 05, pp.038. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2025)038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $WH$ and $ZH$ production with Higgs boson decays into bottom quarks and direct constraints on the charm Yukawa coupling in $13\,\mathrm{TeV}$$pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 04, pp.075. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2025)075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a dark Higgs boson in the $b\bar{b}$ final state using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (12), pp.121801. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.121801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a $Z$ boson and a light hadronically decaying resonance in 140 fb$^{-1}$ of 13 TeV $p$$p$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 868, pp.139671. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2025.139671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04816178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopole pair production in ultraperipheral Pb+Pb collisions at $\sqrt{s_{_\textrm{NN}}}=5.36$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A continuous calibration of the ATLAS flavour-tagging classifiers via optimal transportation maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85 (11), pp.1272. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14682-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of Higgs boson production in the $H\to\tau^+\tau^-$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 03, pp.010. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2025)010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for neutrino counterparts of gravitational waves from the LIGO/Virgo third observing run with KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.026. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/04/026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential cross-section measurements of $t\bar{t}Z$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector, including EFT and spin-correlation interpretations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.163. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination and summary of ATLAS dark matter searches interpreted in a 2HDM with a pseudo-scalar mediator using 139 fb$^{-1}$ of $\sqrt{s} = 13$ TeV $pp$ collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sci.Bull.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 69 (19), pp.3005. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scib.2024.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04127908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t$-channel production of single top quarks and antiquarks in $pp$ collisions at 13 TeV using the full ATLAS Run 2 data sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.305. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of new Higgs boson interactions through nonresonant $HH$ production in the $b\bar{b}\gamma\gamma$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.066. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2024)066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of high-momentum Higgs boson production in association with a vector boson in the $qqbb$ final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (13), pp.131802. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.131802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP-invariance of the Higgs boson in vector-boson fusion production and its decay into four leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.105. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the CP nature of the top–Higgs Yukawa coupling in tt¯H and tH events with H→bb¯ decays using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 849, pp.138469. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark mesons decaying to top and bottom quarks in proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 09, pp.005. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2024)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements of the production of four charged leptons in association with two jets using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 01, pp.004. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2024)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced higgsinos decaying via Higgs or $Z$ bosons to final states containing a pair of photons and a pair of $b$-jets with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 856, pp.138938. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for resonant Higgs boson pair production using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretations of the ATLAS measurements of Higgs boson production and decay rates and differential cross-sections in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.097. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $Z\gamma$ decay mode of new high-mass resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138394. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for heavy spin-1 resonances using 139 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.118. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2024)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of the energy dependence of diboson polarization fractions and the Radiation Amplitude Zero effect in WZ production with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (10), pp.101802. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.101802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of jet cross-section ratios in 13 TeV proton--proton collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072019. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling sources of momentum fluctuations in Xe+Xe and Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (25), pp.252301. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.252301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of boosted Higgs bosons via vector-boson fusion in the $b\bar{b}b\bar{b}$ final state using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 858, pp.139007. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04563748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass resonances decaying into two jets and produced in association with a photon or a jet at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032002. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral Higgs bosons decaying into a top quark pair in 140 fb$^{-1}$ of proton-proton collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.013. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04565628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current couplings between the top quark and the Higgs boson in multi-lepton final states in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.757. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12994-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived particles in $pp$ collisions at $\sqrt{s}=13$ TeV using displaced vertices in the ATLAS inner detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (16), pp.161803. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.161803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance and calibration of quark/gluon-jet taggers using 140 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chin.Phys.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (2), pp.023001. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1674-1137/acf701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the decay of the Higgs boson to a $Z$ boson and a light pseudoscalar particle decaying to two photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 850, pp.138536. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of $W^+W^-$ in association with jets in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.254. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a resonance decaying into a scalar particle and a Higgs boson in the final state with two bottom quarks and two photons in proton-proton collisions at a center of mass energy of 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.047. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ cross section and its ratio to the $Z$ production cross section using $pp$ collisions at $\sqrt{s} = 13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138376. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $H \to \gamma \gamma$ and $H \to ZZ^* \to 4 \ell$ cross-sections in $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (1), pp.78. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12130-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptoquark pair production decaying into $te^- \bar{t}e^+$ or $t\mu^- \bar{t}\mu^+$ in multi-lepton final states in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (8), pp.818. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12975-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $WZ\gamma$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (2), pp.021802. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.021802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-production of vector-like quarks in lepton+jets final states containing at least one $b$-tagged jet using the Run 2 data from the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138743. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential cross-sections of $t\bar{t}\gamma$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.191. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet substructure in boosted $t\bar{t}$ events with the ATLAS detector using 140 fb$^{-1}$ of 13 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112016. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise measurement of the Z-boson double-differential transverse momentum and rapidity distributions in the full phase space of the decay leptons with the ATLAS experiment at $\sqrt s$ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (3), pp.315. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12438-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson decays into a photon and a massless dark photon using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.153. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in association with a $W$ boson in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072010. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged-lepton-flavour violating $\mu\tau qt$ interactions in top-quark production and decay in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (1), pp.012014. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.012014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04513506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the $VH, H\rightarrow \tau\tau$ process with the ATLAS detector in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138817. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy right-handed Majorana neutrinos in the decay of top quarks produced in proton$-$proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (11), pp.112004. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Trigger System for LHC Run 3 and Trigger performance in 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (06), pp.P06029. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/06/P06029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances in final states with four leptons and missing transverse momentum or jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.130. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of quantum entanglement in top-quark pairs using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 633 (8030), pp.542. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-07824-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving topological cluster reconstruction using calorimeter cell timing in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (5), pp.455. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12657-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise test of lepton flavour universality in $W$-boson decays into muons and electrons in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.993. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13070-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the exclusive $W$ boson hadronic decays $W^{\pm}\to\pi^{\pm}\gamma$, $W^{\pm}\to K^{\pm}\gamma$ and $W^{\pm}\to\rho^{\pm}\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (16), pp.161804. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.161804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light CP-odd Higgs boson decaying into a pair of $\tau$-leptons in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.126. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of higgsinos in events with two Higgs bosons and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112011. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles from Higgs boson decays via vector-boson-fusion production from $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.719. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12902-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a CP-odd Higgs boson decaying into a heavy CP-even Higgs boson and a $Z$ boson in the $\ell^+\ell^- t\bar{t}$ and $\nu\bar{\nu}b\bar{b}$ final states using 140 fb$^{-1}$ of data collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.197. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon efficiencies in LHC Run 2 with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.162. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible particles produced in association with single top quarks in proton-proton collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.263. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the non-resonant production of Higgs boson pairs via gluon fusion and vector-boson fusion in the $b\bar{b}\tau^+\tau^-$ final state in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032012. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underlying-event studies with strange hadrons in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1335. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13243-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the W-boson mass and width with the ATLAS detector using proton-proton collisions at $\sqrt{s}$ = 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1309. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13190-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for decays of the Higgs boson into a pair of pseudoscalar particles decaying into $b\bar{b}\tau^+\tau^-$ using $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on dark matter models involving an $s$-channel mediator with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1102. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13215-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon energy calibration with the ATLAS detector using LHC Run 2 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (02), pp.P02009. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/02/P02009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Generative Models for Fast Photon Shower Simulation in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-023-00106-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $t\bar{t}$ production in the lepton+jets and dilepton channels in $p$+Pb collisions at $\sqrt{s_\mathrm{NN}}=8.16$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.101. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a resonance decaying into a scalar particle and a Higgs boson in final states with leptons and two photons in proton-proton collisions at $\sqrt s=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.104. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson pair production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (10), pp.101801. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.101801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial and differential cross-section measurements of electroweak $W\gamma jj$ production in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1064. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13311-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for $R$-parity violating supersymmetric decays of the top squark to a $b$-jet and a lepton in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross-sections in $t\bar t$ and $t\bar t+$jets production in the lepton+jets final state in $pp$ collisions at $\sqrt s=13$ TeV using 140 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.182. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for top-squark pair production, in final states containing a top quark, a charm quark and missing transverse momentum, using the 139 fb$^{-1}$ of $pp$ collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.250. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2024)250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential cross-sections of $t\bar{t}W$ production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.131. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azimuthal angle correlations of muons produced via heavy-flavor decays in 5.02 TeV Pb+Pb and $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (20), pp.202301. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.202301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement and interpretation of same-sign $W$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.026. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2024)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Experiment at the CERN Large Hadron Collider: A Description of the Detector Configuration for Run 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (05), pp.P05063. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04122660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-section for a $Z$ boson in association with $b$- or $c$-jets in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (9), pp.984. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13159-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in final states with leptons, taus, and photons in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.164. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensor response and radiation damage effects for 3D pixels in the ATLAS IBL Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.P10008. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/10/P10008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new particles in events with a hadronically decaying W or Z boson and large missing transverse momentum at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.126. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral long-lived particles that decay into displaced jets in the ATLAS calorimeter in association with leptons or jets using $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11, pp.036. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2024)036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Resonant Production of Dark Quarks in the Dijet Final State with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.128. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04289078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the relative sign of the Higgs boson couplings to $W$ and $Z$ bosons using $WH$ production via vector-boson fusion with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (14), pp.141801. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.141801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass resonances in final states with a $\tau$-lepton and missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112008. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of squarks or gluinos decaying via sleptons or weak bosons in final states with two same-sign or three leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.107. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for singly produced vector-like top partners in multilepton final states with 139 $\mathrm{fb}^{-1}$ of $pp$ collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (11), pp.112012. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded software of the KM3NeT central logic board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Phys.Commun.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 296, pp.109036. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2023.109036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $t$-channel single-top-quark production in $pp$ collisions at $\sqrt{s} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138726. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $W\gamma\gamma$ triboson production in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138400. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Z boson invisible width at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138705. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-sections for events with missing transverse momentum and jets measured with the ATLAS detector in 13 TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.223. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2024)223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Neutrino Emission from GRB 221009A using the KM3NeT ARCA and ORCA detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 08, pp.006. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Power Board of the KM3NeT Digital Optical Module: design, upgrade, and production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (11), pp.2044. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13112044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of neutrino oscillation parameters with the first six detection units of KM3NeT/ORCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.206. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2024)206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for combined analyses of hadronic emission from $\gamma$-ray sources in the Milky Way with CTA and KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Unbehaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Mohrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Funk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.112. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12279-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-philic heavy resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.157. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12318-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric particles in final states with two $\tau$-leptons in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.150. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant production of semi-visible jets using Run~2 data in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 848, pp.138324. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry using vector boson fusion signatures and missing transverse momentum in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.116. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $ZZ$ production cross-sections in the four-lepton final state in $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138764. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for R-parity-violating supersymmetry in final states containing many jets in $pp$ collisions at $\sqrt{s} = 13\,\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 05, pp.003. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise measurements of $W$- and $Z$-boson transverse momentum spectra with the ATLAS detector using $pp$ collisions at $\sqrt{s} = 5.02$ TeV and $13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (10), pp.1126. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13414-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Lund subjet multiplicities in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 859, pp.139090. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.139090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS tile calorimeter in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (12), pp.1313. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13151-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous energy and mass calibration of large-radius jets with the ATLAS detector using a deep neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mach.Learn.Sci.Tech.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (3), pp.035051. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2632-2153/ad611e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for pair-produced leptoquarks at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138736. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138736⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric muons measured with the KM3NeT detectors in comparison with updated numeric predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ambrosone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.696. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13018-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A statistical combination of ATLAS Run 2 searches for charginos and neutralinos at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using pile-up collisions as an abundant source of low-energy hadronic physics processes in ATLAS and an extraction of the jet energy resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.032. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2024)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for nearly mass-degenerate higgsinos using low-momentum mildly-displaced tracks in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (22), pp.221801. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.221801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet radius dependence of dijet momentum balance and suppression in Pb+Pb collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.054912. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.110.054912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of electroweak $W^{\pm}Z$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 06, pp.192. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2024)192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the centrality dependence of the dijet yield in $p$+Pb collisions at $\sqrt{s_{_\text{NN}}}$ = 8.16 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (10), pp.102301. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.102301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of $J/\psi$ and $\psi(2$S$)$ mesons in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.169. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12439-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in the $2b + 2\ell + E_\mathrm{T}^\mathrm{miss}$ final state in $pp$ collisions at $\sqrt{s} = 13\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 02, pp.037. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2024)037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with top-quark pairs and large missing transverse momentum using 140 $\mathrm{fb}^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 03, pp.139. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2024)139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of a soft secondary vertex tagger using proton-proton collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (3), pp.032015. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs boson decays into $D^*\gamma$ and $Z$ boson decays into $D^0\gamma$ and $K^0_s\gamma$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 855, pp.138762. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced vector-like quarks coupling to light quarks in the lepton plus jets final state using 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (5), pp.052009. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS forward proton Time-of-Flight detector in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (05), pp.P05054. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beam-induced backgrounds measured in the ATLAS detector during local gas injection into the LHC beam vacuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (06), pp.0614. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/06/P06014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy versus precision in boosted top tagging with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (08), pp.P08018. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/19/08/P08018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the Higgs Boson Decay to a Z Boson and a Photon at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (2), pp.021803. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.021803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for short- and long-lived axion-like particles in $H\rightarrow a a \rightarrow 4\gamma$ decays with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (7), pp.742. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12979-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in two-body invariant mass distributions using unsupervised machine learning for anomaly detection at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 132 (8), pp.081801. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.081801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04153291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $Z \to ll\gamma$ decays at $\sqrt s~$= 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (2), pp.195. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12471-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS Run 2 searches for electroweak production of supersymmetric particles interpreted within the pMSSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, pp.106. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2024)106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04443162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for quantum black hole production in lepton+jet final states using proton-proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (3), pp.032010. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.109.032010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new $Z'$ gauge boson via the $pp \rightarrow W^{\pm(*)} \rightarrow Z' \mu^{\pm} \nu \rightarrow \mu^{\pm}\mu^{\mp}\mu^{\pm}\nu$ process in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110 (7), pp.072008. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.110.072008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Sensitivity of the KM3NeT/ARCA detector to a diffuse neutrino flux and to point-like source emission: Exploring the case of the Starburst Galaxies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astropart.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 162, pp.102990. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2024.102990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astronomy potential of KM3NeT/ARCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alves Garre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 84 (9), pp.885. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13137-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04480224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos in $e^{\pm} e^{\pm}$ and $e^{\pm} \mu^{\pm}$ final states via WW scattering in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 856, pp.138865. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simultaneous unbinned differential cross section measurement of twenty-four $Z$+jets kinematic observables with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133 (26), pp.261803. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.261803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of vector boson production cross sections and their ratios using $pp$ collisions at $\sqrt{s}=13.6$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Abdelhameed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 854, pp.138725. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the properties of Higgs boson production at $\sqrt{s} = 13$ TeV in the $H\to\gamma\gamma$ channel using $139$ fb$^{-1}$ of $pp$ collision data with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H. Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023 (7), pp.88. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of the light-flavour jet mistagging efficiency of the b-tagging algorithms with Z+jets events using 139 $\textrm{fb}^{-1}$ of ATLAS proton–proton collision data at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.728. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11736-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like $T$ quarks decaying into $Ht$ or $Zt$ in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 08, pp.153. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2023)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Majorana neutrinos in same-sign $WW$ scattering events from $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.824. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11915-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-section measurements for the production of a Z boson in association with high-transverse-momentum jets in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.080. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak $ Z\left(\nu \overline{\nu}\right)\gamma jj $ production and limits on anomalous quartic gauge couplings in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.082. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pursuit of paired dijet resonances in the Run 2 dataset with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (11), pp.112005. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of substructure-dependent jet suppression in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054909. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS flavour-tagging algorithms for the LHC Run 2 pp collision dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.681. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11699-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;Υ&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;(&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;n&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;S&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;)&amp;lt;/mo&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; mesons in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054912. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminosity determination in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (10), pp.982. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11747-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles that decay to collimated pairs of leptons or light hadrons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.153. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a $Z$ or $W$ boson and a Higgs boson in final states with leptons and $b$-jets in $139~$fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=13~$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.016. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production by gluon-gluon fusion and vector-boson fusion using $H\rightarrow W W^* \rightarrow e\nu \mu\nu$ decays in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032005. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a single top quark and an energetic $W$ boson in $\sqrt{s}=$ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.603. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11582-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced scalar and vector leptoquarks decaying into third-generation quarks and first- or second-generation leptons in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.188. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;C&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;P&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Invariance in Higgs Boson Vector-Boson-Fusion Production Using the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;H&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Channel with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (6), pp.061802. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.061802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the suppression and correlations of dijets in Xe+Xe collisions at &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.44&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (2), pp.024906. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.108.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $Z\gamma \gamma $ production in pp collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.539. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11579-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the charge asymmetry in pp → $ t\overline{t} $ production at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 08, pp.077. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2023)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the strong coupling constant from transverse energy$-$energy correlations in multijet events at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.085. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived multi-charged particles in the full LHC Run 2 $pp$ collision data at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138316. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential Higgs boson production cross-sections at $ \sqrt{s} $ = 13 TeV with the ATLAS detector by combining the H → ZZ$^{*}$→ 4ℓ and H → γγ decay channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 05, pp.028. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2023)028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly detection search for new resonances decaying into a Higgs boson and a generic new particle $X$ in hadronic final states using $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.052009. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04135608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $B_s^0 \to \mu\mu$ Effective Lifetime with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.199. </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-sections of the electroweak and total production of a $Z \gamma$ pair in association with two jets in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138222. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-boson resonances decaying into a top quark and a bottom quark using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.073. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the suppression and correlations of dijets in Pb+Pb collisions at $\sqrt {s_{NN}}$ = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054908. </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total cross section and $\rho $-parameter from elastic scattering in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (5), pp.441. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11436-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced vector-like top and bottom partners in events with large missing transverse momentum in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.719. </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11790-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Single-Top-Quark Production in Association with a Photon Using the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (18), pp.181901. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.181901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of observables sensitive to colour reconnection in $t{\bar{t}}$ events with the ATLAS detector at $\sqrt{s} =$ 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.518. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11479-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP properties of Higgs boson interactions with $\tau $-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.563. </w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11583-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant WZ production in the fully leptonic final state in proton–proton collisions at $\mathbf {\sqrt{s} = 13}$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.633. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11437-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for boosted diphoton resonances in the 10 to 70 GeV mass range using 138 fb$^{−1}$ of 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.155. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast $b$-tagging at the high-level trigger of the ATLAS experiment in LHC Run 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (11), pp.P11006. </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/18/11/P11006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass with $H \rightarrow \gamma\gamma$ decays in 140 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138315. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for heavy Higgs bosons decaying into vector bosons in same-sign two-lepton final states in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.200. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a dark Higgs boson decaying into $W^{+}W^{-}$ in the one-lepton final state at $\sqrt{s}$=13 TeV using 139 fb$^{-1}$ of $pp$ collisions recorded with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.116. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of muon pairs produced via &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; scattering in nonultraperipheral &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.02&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054907. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pairs of muons with small displacements in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138172. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptoquarks decaying into the b$\tau$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.001. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential cross-sections for dilepton $t\bar{t}$ production measured in $\sqrt{s}=13\;$TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.141. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with displaced vertices and multiple jets in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.200. </w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of gauge boson joint-polarisation states in W±Z production from pp collisions at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137895. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of four-top-quark production in the multilepton final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.496. </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11573-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of two jets and a $Z$-boson pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (2), pp.237-253. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-022-01757-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of inclusive top-quark pair production cross-section measurements using ATLAS and CMS data at $ \sqrt{s} $ = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.213. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of sleptons and charginos decaying to two leptons and neutralinos with mass splittings near the W-boson mass in $ \sqrt{s} $ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.031. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $Z\gamma+$jets differential cross sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.072. </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced photons produced in exotic decays of the Higgs boson using 13 TeV &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032016. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopoles and stable particles with high electric charges in $\sqrt{s}=$13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.112. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for periodic signals in the dielectron and diphoton invariant mass spectra using 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.079. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search in diphoton and dielectron final states for displaced production of Higgs or $Z$ bosons with the ATLAS detector in $\sqrt{s} = 13$ TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (1), pp.012012. </w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.012012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations between flow and transverse momentum in &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; collisions at the LHC with the ATLAS detector: A probe of the heavy-ion initial state and nuclear deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (5), pp.054910. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.107.054910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with photons, jets and missing transverse momentum in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.021. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited $\tau$-leptons and leptoquarks in the final state with $\tau$-leptons and jets in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.199. </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of off-shell Higgs boson production from $ZZ$ leptonic decay channels and constraints on its total width with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138223. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with one lepton, jets and missing transverse momentum in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.167. </w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for invisible decays of the Higgs boson using 139 fb−1 of proton-proton collision data at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV collected with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 842, pp.137963. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark photons in rare $Z$ boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (25), pp.251801. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.251801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production of a $W$ boson in association with a charmed hadron in $pp$ collisions at $\sqrt{s} = 13\,\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032012. </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Higgs boson decaying to tau leptons at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erlend Aakvaag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.189. </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for third-generation vector-like leptons in $pp$ collisions at $\sqrt{s} = 13\,\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.118. </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Neutral Leptons in Decays of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;W&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Bosons Using a Dilepton Displaced Vertex in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the polarisation of W bosons produced in top-quark decays using dilepton events at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137829. </w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $ t\overline{t}H/A\to t\overline{t}t\overline{t} $ production in the multilepton final state in proton–proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.203. </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs and Z boson decays into a vector quarkonium state and a photon using 139 fb$^{-1}$ of ATLAS $\sqrt{s}=13$ TeV proton–proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.781. </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11869-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive-photon production and its dependence on photon isolation in $pp$ collisions at $\sqrt s=13$ TeV using 139 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.086. </w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for new phenomena in events with two leptons, jets, and missing transverse momentum in 139 fb$^{-1}$ of $\varvec{\sqrt{s}}=13$ TeV $\varvec{pp}$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.515. </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11434-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential $ t\overline{t} $ cross-section measurements using boosted top quarks in the all-hadronic final state with 139 fb$^{−1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 04, pp.080. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2023)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral-current couplings between the top quark and the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;Z&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; boson with proton-proton collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032019. </w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurement of the Higgs boson mass from the $H\to\gamma\gamma$ and $H\to ZZ^{*} \to 4\ell$ decay channels with the ATLAS detector using $\sqrt{s}$ = 7, 8 and 13 TeV $pp$ collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (25), pp.251802. </w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.251802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ t\overline{t} $ production cross-section in pp collisions at $ \sqrt{s} $ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.138. </w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04146578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new pseudoscalar decaying into a pair of muons in events with a top-quark pair at $\sqrt{s} = 13$~TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (9), pp.092007. </w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.092007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the charged-lepton-flavor-violating decay $Z\rightarrow e\mu$ in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108, pp.032015. </w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-independent search for the presence of new physics in events including $H\rightarrow\gamma\gamma$ with $\sqrt{s}$ = 13 TeV pp data recorded by the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.176. </w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy, long-lived, charged particles with large ionisation energy loss in $pp$ collisions at $\sqrt{s} = 13~\text{TeV}$ using the ATLAS experiment and the full Run 2 dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.158. </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;γ&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Process in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions and Constraints on the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;τ&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt;-Lepton Anomalous Magnetic Moment with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (15), pp.151802. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.151802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for lepton-flavour-violating decays of the Higgs boson into $e\tau$ and $\mu\tau$ in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.166. </w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant and non-resonant Higgs boson pair production in the $ b\overline{b}{\tau}^{+}{\tau}^{-} $ decay channel using 13 TeV pp collision data from the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.040. </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor of $b$-jets in 5.02 TeV Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (5), pp.438. </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11427-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in the s-channel in proton–proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.191. </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top-quark pair production in association with a photon with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137848. </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exclusive Higgs and $Z$ boson decays to $\omega\gamma$ and Higgs boson decays to $K^{*}\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 847, pp.138292. </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavour violation in high-mass dilepton final states using 139 $\mathrm{fb}^{-1}$ of $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.082. </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of cross-sections for production of a $Z$ boson in association with a flavor-inclusive or doubly $b$-tagged large-radius jet in proton-proton collisions at $\sqrt{s} = 13~$TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (1), pp.012022. </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.012022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04399385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana or Dirac neutrinos and right-handed $W$ gauge bosons in final states with charged leptons and jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (12), pp.1164. </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12021-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive dielectron production in ultraperipheral Pb+Pb collisions at $ \sqrt{s_{\textrm{NN}}} $ = 5.02 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.182. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson in $t \rightarrow H^{\pm}b$ decays, with $H^{\pm} \rightarrow cb$, in the lepton+jets final state in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.004. </w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2023)004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for nonresonant pair production of Higgs bosons in the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;b&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;/math&amp;gt; final state in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in association with a vector boson in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.519. </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11559-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass $W\gamma$ and $Z\gamma$ resonances using hadronic W/Z boson decays from 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.125. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of multijet event isotropies using optimal transport with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.060. </w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Higgs bosons with flavour-violating couplings in multi-lepton plus $b$-jets final states in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.081. </w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the reconstruction of large impact parameter tracks in the inner detector of ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (11), pp.1081. </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12024-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04093016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of Suppression of Large-Radius Jets and Its Dependence on Substructure in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;msub&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;N&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msub&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;5.02&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (17), pp.172301. </w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.172301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^{+}W^{-}$ production in decay topologies inspired by searches for electroweak supersymmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.718. </w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11508-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;t&amp;lt;/mi&amp;gt;&amp;lt;mover accent=&amp;quot;true&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;t&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;¯&amp;lt;/mo&amp;gt;&amp;lt;/mover&amp;gt;&amp;lt;/math&amp;gt; production cross section in the &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;lepton&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mtext&amp;gt;jets&amp;lt;/mtext&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; channel in &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; collisions at &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;7&amp;lt;/mn&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mtext&amp;gt; &amp;lt;/mtext&amp;gt;&amp;lt;mi&amp;gt;TeV&amp;lt;/mi&amp;gt;&amp;lt;/math&amp;gt; with the ATLAS detector using support vector machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.K Abhayasinghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (3), pp.032014. </w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.032014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for new resonances in multiple final states with a high transverse momentum $Z$ boson in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.036. </w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04128250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and three or more b-jets in 139 fb$^{-1}$ of proton–proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.561. </w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11543-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong Constraints on Jet Quenching in Centrality-Dependent &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;mi&amp;gt;Pb&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; Collisions at 5.02 TeV from ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (7), pp.072301. </w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.072301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current interactions of the top quark and the Higgs boson in events with a pair of τ-leptons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2306, pp.155. </w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on spin-0 dark matter mediators and invisible Higgs decays using ATLAS 13 TeV $pp$ collision data with two top quarks and missing transverse momentum in the final state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (6), pp.503. </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11477-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of third-generation leptoquarks decaying into a bottom quark and a $\tau $-lepton with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (11), pp.1075. </w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12104-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of an excess of di-charmonium events in the four-muon final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (15), pp.151902. </w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.151902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-hadron production in $pp$, $p$+Pb, Pb+Pb, and Xe+Xe collisions at $\sqrt{s_{_\text{NN}}}=5$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.074. </w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged Higgs boson production in multi-lepton final states using 139 fb$^{-1}$ of proton–proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.605. </w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11578-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the Higgs boson self-coupling from single- and double-Higgs production with the ATLAS detector using pp collisions at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137745. </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single vector-like $B$ quark production and decay via $B\rightarrow bH(b\bar{b})$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.168. </w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of inclusive and photon-tagged jet suppression in 5.02 TeV Pb+Pb collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 846, pp.138154. </w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2024.138998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in multi-body invariant masses in events with at least one isolated lepton and two jets using $ \sqrt{s} $ = 13 TeV proton–proton collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.202. </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass in the $H \to ZZ^* \to 4 \ell$ decay channel using 139 fb$^{-1}$ of $\sqrt s$ = 13 TeV $pp$ collisions recorded by the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.137880. </w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new scalar resonance in flavour-changing neutral-current top-quark decays $t \rightarrow qX$ ($q=u,c$), with $X \rightarrow b\bar{b}$, in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.199. </w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for estimating fake/non-prompt lepton backgrounds with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (11), pp.T11004. </w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/18/11/T11004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of the muon momentum calibration and performance of the ATLAS detector with pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.686. </w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11584-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections of Higgs boson production through gluon fusion in the $H\rightarrow WW^{*}\rightarrow e\nu \mu \nu $ final state at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aboulhorma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (9), pp.774. </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11873-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral $tqH$ interactions with $H\rightarrow \gamma\gamma$ in $pp$ collisions at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.195. </w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current couplings between the top quark and the photon with the ATLAS detector at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 842, pp.137379. </w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial and differential cross-section measurements for the vector-boson-fusion production of the Higgs boson in the $H \rightarrow WW^{\ast} \rightarrow e\nu\mu\nu$ decay channel at 13 $\text{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (7), pp.072003. </w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.108.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Sensitivity of Two-Particle Correlations in $pp$ Collisions to the Presence of Hard Scatterings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 131 (16), pp.162301. </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.162301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of winos and higgsinos in events with two same-charge leptons or three leptons in $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.150. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2023)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an axion-like particle with forward proton scattering in association with photon pairs at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.234. </w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New techniques for jet calibration with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (8), pp.761. </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11837-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of pair production of longitudinally polarised vector bosons and study of CP properties in $ZZ \to 4\ell$ events with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.107. </w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2023)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new heavy scalar particle decaying into a Higgs boson and a new scalar singlet in final states with one or two light leptons and a pair of $\tau$-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.009. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2023)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptonic charge asymmetry in $ t\overline{t}W $ production in final states with three leptons at $ \sqrt{s} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.033. </w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass using a leptonic invariant mass in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 06, pp.019. </w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2023)019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new Z' gauge boson in $4\mu$ events with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.090. </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of exclusive pion pair production in proton–proton collisions at $\sqrt{s}={7}\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 83 (7), pp.627. </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11700-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark photons from Higgs boson decays via $ZH$ production with a photon plus missing transverse momentum signature from $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 07, pp.133. </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2023)133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-production of vector-like quarks in pp collision events at &amp;lt;math altimg=&amp;quot;si1.svg&amp;quot;&amp;gt;&amp;lt;msqrt&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;s&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/msqrt&amp;gt;&amp;lt;mo linebreak=&amp;quot;goodbreak&amp;quot; linebreakstyle=&amp;quot;after&amp;quot;&amp;gt;=&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;13&amp;lt;/mn&amp;gt;&amp;lt;/math&amp;gt; TeV with at least one leptonically decaying Z boson and a third-generation quark with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 843, pp.138019. </w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $ {\mathrm{B}}_{\mathrm{c}}^{+}\to \mathrm{J}/\psi {\mathrm{D}}_{\mathrm{s}}^{+} $ and $ {\mathrm{B}}_{\mathrm{c}}^{+}\to \mathrm{J}/\psi {\mathrm{D}}_{\mathrm{s}}^{\ast +} $ decays in pp collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.087. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling and computational improvements to the simulation of single vector-boson plus jet processes for the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.089. </w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of jet observables sensitive to b-quark fragmentation in tt¯ events at the LHC with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.032008. </w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.032008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03608992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles in the $b$-tagged dijet mass distribution with additional $b$-tagged jets in proton-proton collisions at $\sqrt s$= 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (1), pp.012001. </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.012001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed map of Higgs boson interactions by the ATLAS experiment ten years after the discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 607 (7917), pp.52-59. </w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-022-04893-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A high-granularity timing detector for the ATLAS phase-II upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.P. Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adam Bourdarios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Belfkir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1032, pp.166628. </w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2022.166628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for associated production of a $Z$ boson with an invisibly decaying Higgs boson or dark matter candidates at $\sqrt s$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137066. </w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emulating the impact of additional proton–proton interactions in the ATLAS simulation by presampling sets of inelastic Monte Carlo events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-021-00062-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the energy response of the ATLAS calorimeter to charged pions from $W^{\pm }\rightarrow \tau ^{\pm }(\rightarrow \pi ^{\pm }\nu _{\tau })\nu _{\tau }$ events in Run 2 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (3), pp.223. </w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10117-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Level-1 topological trigger in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09807-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III seesaw heavy leptons in leptonic final states in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (11), pp.988. </w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10785-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charginos based on a disappearing-track signature using 136 fb$^{-1}$ of pp collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.606. </w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10489-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a vectorlike $T$ quark decaying into a Higgs boson and top quark with fully hadronic final states using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092012. </w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a pair of pseudoscalar particles in the $bb\mu\mu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt s$=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the two bottom quarks plus two photons final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (5), pp.052001. </w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.052001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on Higgs boson properties using $WW^{*}(\rightarrow e\nu \mu \nu )jj$ production in $36.1\,\mathrm{fb}^{-1}$ of $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.622. </w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10366-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of two jets in association with an isolated photon and missing transverse momentum, and search for a Higgs boson decaying into invisible particles at 13 $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.105. </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09878-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for an unexpected asymmetry in the production of e+μ− and e−μ+ pairs in proton–proton collisions recorded by the ATLAS detector at s=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 830, pp.137106. </w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the polarisation of single top quarks and antiquarks produced in the $t$-channel at $\sqrt{s}=13$ TeV and bounds on the $tWb$ dipole operator from the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.040. </w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2022)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of Higgs boson decay into $b$-quarks in associated production with a top-quark pair in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.097. </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson inclusive and differential fiducial cross-sections in the diphoton decay channel with pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.027. </w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03574280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross-sections in top-quark pair events with a high transverse momentum top quark and limits on beyond the Standard Model contributions to top-quark pair production with the ATLAS detector at $ \sqrt{s} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.063. </w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of azimuthal anisotropies of jet production in Pb+Pb collisions at $\sqrt{s_{NN}} =$ 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (6), pp.064903. </w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.105.064903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of the Higgs boson into b$ \overline{b} $ and missing transverse momentum in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 01, pp.063. </w:t></w:r><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2022)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for events with a pair of displaced vertices from long-lived neutral particles decaying into hadronic jets in the ATLAS muon spectrometer in pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (3), pp.032005. </w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.106.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs bosons decaying into new spin-0 or spin-1 particles in four-lepton final states with the ATLAS detector with 139 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 03, pp.041. </w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2022)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $WWW$ Production in $pp$ Collisions at $\sqrt s$ =13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.C. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 129 (6), pp.061803. </w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.061803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03572530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle Bose–Einstein correlations in ${ pp }$ collisions at $\mathbf {\sqrt{s} = 13}$ TeV measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (7), pp.608. </w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10472-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production cross-sections in the $H\to\tau^{+}\tau^{-}$ decay channel in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.175. </w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the parton distribution functions of the proton using diverse ATLAS data from $pp$ collisions at $\sqrt{s} = 7$, 8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (5), pp.438. </w:t></w:r><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10217-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on Higgs boson production with large transverse momentum using $H\rightarrow b\bar{b}$ decays in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092003. </w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in three- or four-lepton events in $pp$ collisions at $\sqrt s$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 824, pp.136832. </w:t></w:r><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible Higgs-boson decays in events with vector-boson fusion signatures using 139 fb$^{-1}$ of proton-proton data recorded by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 08, pp.104. </w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2022)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor for muons from charm and bottom hadrons in Pb+Pb collisions at 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137077. </w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS inner detector trigger performance in pp collisions at 13 TeV during LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (3), pp.206. </w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09920-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct constraint on the Higgs-charm coupling from a search for Higgs boson decays into charm quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82, pp.717. </w:t></w:r><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10588-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavor-violation in $Z$-boson decays with $\tau$-leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.819-825. </w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.271801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS semiconductor tracker in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (01), pp.P01013. </w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/17/01/P01013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral long-lived particles in $pp$ collisions at $ \sqrt{s} $ = 13 TeV that decay into displaced hadronic jets in the ATLAS calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 06, pp.005. </w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2022)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03611512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AtlFast3: the next generation of fast simulation in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comput.Softw.Big Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-021-00079-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral-current interactions of a top quark and a gluon in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (4), pp.334. </w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10182-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the energy asymmetry in $t{\bar{t}}j$ production at $13\,$TeV with the ATLAS experiment and interpretation in the SMEFT framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (4), pp.374. </w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10101-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (9), pp.092002. </w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.105.092002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the c-jet mistagging efficiency in $t\bar{t}$ events using pp collision data at $\sqrt{s}=13$ $\text {TeV}$ collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (1), pp.95. </w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09843-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of light-by-light scattering and search for axion-like particles with 2.2 nb$^{-1}$ of Pb+Pb data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.050. </w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of scalar leptoquarks decaying into first- or second-generation leptons and top quarks in proton–proton collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.313. </w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09009-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs bosons decaying to bottom quarks from vector boson fusion production with the ATLAS experiment at $\sqrt{s}=13\,\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (6), pp.537. </w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09192-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $WH$ and $ZH$ production in the $H \rightarrow b\bar{b}$ decay channel in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (2), pp.178. </w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08677-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive dimuon production in ultraperipheral Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104, pp.024906. </w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in $pp$ collisions in final states with tau leptons, b-jets, and missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (11), pp.112005. </w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly and singly charged Higgs bosons decaying into vector bosons in multi-lepton final states with the ATLAS detector using proton-proton collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.146. </w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with top quark pairs in final states with one lepton, jets, and missing transverse momentum in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 04, pp.174. </w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2021)174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle azimuthal correlations in photonuclear ultraperipheral Pb+Pb collisions at 5.02 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (1), pp.014903. </w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.014903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with four or more charged leptons in 139 fb$^{−1}$ of $ \sqrt{s} $ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.167. </w:t></w:r><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the inclusive and differential production cross sections of a top-quark–antiquark pair in association with a Z boson at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.737. </w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09439-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with $b$-jets and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 05, pp.093. </w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2021)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of pairs of isolated photons in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.169. </w:t></w:r><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03314707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for trilepton resonances from chargino and neutralino pair production in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (11), pp.112003. </w:t></w:r><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.112003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ATLAS Fast TracKer system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, pp.P07006. </w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/07/P07006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with missing transverse momentum and a Higgs boson decaying into two photons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, pp.013. </w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2021)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Standard Model Higgs boson decaying into b-quarks using the full Run 2 dataset from the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.209. </w:t></w:r><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom-squark pair production in $pp$ collision events at $\sqrt{s} = 13$ TeV with hadronically decaying $\tau$-leptons, $b$-jets and missing transverse momentum using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (3), pp.032014. </w:t></w:r><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.032014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for phenomena beyond the Standard Model in events with large $b$-jet multiplicity using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (1), pp.11. </w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08730-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of third-generation scalar leptoquarks decaying into a top quark and a $\tau$-lepton in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.179. </w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Higgs boson decays to a low-mass dilepton system and a photon in pp collisions at s=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 819, pp.136412. </w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the parton distribution functions of the proton from ATLAS measurements of differential W$^{±}$ and Z boson production in association with jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.223. </w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $CP$-violating phase $\phi_s$ in $B^0_s \to J/\psi\phi$ decays in ATLAS at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.342. </w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09011-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of large-radius jet reconstruction for the ATLAS detector in 13 TeV proton–proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.334. </w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09054-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the decays of stopped long-lived particles at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.173. </w:t></w:r><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the dimuon decay of the Standard Model Higgs boson with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 812, pp.135980. </w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135980⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a single top quark in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81, pp.860. </w:t></w:r><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09566-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of the Higgs boson into long-lived particles in $pp$ collisions at $ \sqrt{s} $ = 13 TeV using displaced vertices in the ATLAS inner detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.229. </w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with one isolated lepton, jets, and missing transverse momentum at $\sqrt{s}=13$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (7), pp.600. </w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09748-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03122254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with an energetic photon in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 02, pp.226. </w:t></w:r><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2021)226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying into a top quark and a bottom quark at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.145. </w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of sensor radiation damage in the ATLAS inner detector using leakage currents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, pp.P08025. </w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/08/P08025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^+W^-+\ge 1~$jet production cross-sections in $pp$ collisions at $\sqrt{s}=13~$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 06, pp.003. </w:t></w:r><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2021)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the t$ \overline{t} $t$ \overline{t} $ production cross section in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.118. </w:t></w:r><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2021)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of single top-quark production in association with a $W$ boson in the single-lepton channel at $\sqrt{s} = 8\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.720. </w:t></w:r><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09371-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a pair of Z bosons in the $\ell ^+\ell ^-\ell '^+\ell '^-$ and $\ell ^+\ell ^-\nu {{\bar{\nu }}}$ final states using 139 $\mathrm {fb}^{-1}$ of proton–proton collisions at $\sqrt{s} = 13\,$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (4), pp.332. </w:t></w:r><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09013-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with an energetic jet and missing transverse momentum in $pp$ collisions at $\sqrt {s}$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (11), pp.112006. </w:t></w:r><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.112006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03164449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity-violating supersymmetry in a final state containing leptons and many jets with the ATLAS experiment using $\sqrt{s} = 13 { TeV}$ proton–proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (11), pp.1023. </w:t></w:r><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09761-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03273670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon reconstruction and identification efficiency in ATLAS using the full Run 2 $pp$ collision data set at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (7), pp.578. </w:t></w:r><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09233-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances decaying into photon pairs in 139 fb$^{-1}$ of $pp$ collisions at $\sqrt {s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 822, pp.136651. </w:t></w:r><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the relative $B^{\pm}_{c}/B^{\pm}$ production cross section with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (1), pp.012010. </w:t></w:r><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.012010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medium-Induced Modification of $Z$-Tagged Charged Particle Yields in $Pb+Pb$ Collisions at 5.02 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (7), pp.072301. </w:t></w:r><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.072301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III seesaw heavy leptons in dilepton final states in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (3), pp.218. </w:t></w:r><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-08929-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of the universality of $\tau$ and $\mu$ lepton couplings in $W$-boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (7), pp.813-818. </w:t></w:r><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-021-01236-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $b$-quark fragmentation properties in jets using the decay $B^{\pm} \to J/\psi K^{\pm}$ in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.131. </w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2021)131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal Flow Decorrelations in Xe+Xe Collisions at $\sqrt{s_{\mathrm{NN}}}=5.44$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (12), pp.122301. </w:t></w:r><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.122301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configuration and performance of the ATLAS $b$-jet triggers in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (12), pp.1087. </w:t></w:r><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09775-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum using 139 fb$^{-1}$ of $\sqrt{s}$ =13 TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, EPS-HEP2019, pp.143. </w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2021)143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with two opposite-charge leptons, jets and missing transverse momentum in pp collisions at $ \sqrt{\mathrm{s}} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 04, pp.165. </w:t></w:r><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2021)165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the jet mass in high transverse momentum $Z(\rightarrow b\overline{b})\gamma$ production at $\sqrt{s}= 13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 812, pp.135991. </w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson production in association with a high-energy photon via vector-boson fusion with decay into bottom quark pairs at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 03, pp.268. </w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2021)268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale and resolution measured in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (8), pp.689. </w:t></w:r><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09402-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of photon-induced $W^+W^-$ production in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 816, pp.136190. </w:t></w:r><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged-lepton-flavour violation in $Z$-boson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (7), pp.819-825. </w:t></w:r><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-021-01225-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair single- and double-differential cross-sections in the all-hadronic channel in $pp$ collisions at $\sqrt{s}=13~\textrm{TeV}$ using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.033. </w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Displaced Leptons in $\sqrt{s} = 13$ TeV $pp$ Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 127 (5), pp.051802. </w:t></w:r><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03047615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross-sections in four-lepton events in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07, pp.005. </w:t></w:r><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2021)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino–neutralino pair production in final states with three leptons and missing transverse momentum in $\sqrt{s} = 13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (12), pp.1118. </w:t></w:r><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09749-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for New Phenomena in Final States with Two Leptons and One or No $b$-Tagged Jets at $\sqrt{s} = 13$ TeV Using the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 127 (14), pp.141801. </w:t></w:r><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.141801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charginos and neutralinos in final states with two boosted hadronically decaying bosons and missing transverse momentum in $pp$ collisions at $\sqrt {s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.104.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the associated production of a Higgs boson decaying into $b$-quarks with a vector boson at high transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 816, pp.136204. </w:t></w:r><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2021.136204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of hadronic event shapes in high-p$_{T}$ multijet final states at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.188. </w:t></w:r><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2021)188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential cross-section measurements for the electroweak production of dijets in association with a $Z$ boson in proton–proton collisions at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (2), pp.163. </w:t></w:r><w:hyperlink r:id="rId901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08734-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Dark Matter Produced in Association with a Dark Higgs Boson Decaying into $W^\pm W^\mp$ or $ZZ$ in Fully Hadronic Final States from $\sqrt{s}=13$ TeV pp Collisions Recorded with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (12), pp.121802. </w:t></w:r><w:hyperlink r:id="rId903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.126.121802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy Higgs boson decaying into a Z boson and another heavy Higgs boson in the $\ell \ell bb$ and $\ell \ell WW$ final states in $pp$ collisions at $\sqrt{s}=13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 81 (5), pp.396. </w:t></w:r><w:hyperlink r:id="rId905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-021-09117-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03034827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS RPC detector and Level-1 muon barrel trigger at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (07), pp.P07029. </w:t></w:r><w:hyperlink r:id="rId907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/16/07/P07029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for the $Z\gamma$ decay mode of the Higgs boson in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 809, pp.135754. </w:t></w:r><w:hyperlink r:id="rId909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into two new low-mass spin-0 particles in the 4$b$ channel with the ATLAS detector using $pp$ collisions at $\sqrt{s}= 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (11), pp.112006. </w:t></w:r><w:hyperlink r:id="rId911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential cross-sections of combined $ t\overline{t}\gamma $ and $tW\gamma$ production in the e$\mu$ channel at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 09, pp.049. </w:t></w:r><w:hyperlink r:id="rId913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2020)049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet resonance search with weak supervision using $\sqrt{s}=13$ TeV $pp$ collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (13), pp.131801. </w:t></w:r><w:hyperlink r:id="rId915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of soft-drop jet observables in $pp$ collisions with the ATLAS detector at $\sqrt {s}$ =13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052007. </w:t></w:r><w:hyperlink r:id="rId917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of isolated-photon plus two-jet production in $pp$ collisions at $\sqrt s=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.179. </w:t></w:r><w:hyperlink r:id="rId919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of electron and photon triggers in ATLAS during LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.47. </w:t></w:r><w:hyperlink r:id="rId921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7500-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of charginos and sleptons decaying into final states with two leptons and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (2), pp.123. </w:t></w:r><w:hyperlink r:id="rId923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7594-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of azimuthal anisotropy of muons from charm and bottom hadrons in Pb+Pb collisions at $\sqrt {s_{NN}}$ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 807, pp.135595. </w:t></w:r><w:hyperlink r:id="rId925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS data quality operations and performance for 2015–2018 data-taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (04), pp.P04003. </w:t></w:r><w:hyperlink r:id="rId927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/04/P04003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the azimuthal anisotropy of charged-particle production in $Xe+Xe$ collisions at $\sqrt{s_{\mathrm{NN}}}=5.44$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (2), pp.024906. </w:t></w:r><w:hyperlink r:id="rId929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.024906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum distribution of Drell–Yan lepton pairs in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (7), pp.616. </w:t></w:r><w:hyperlink r:id="rId931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8001-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02432681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$CP$ Properties of Higgs Boson Interactions with Top Quarks in the $t\bar{t}H$ and $tH$ Processes Using $H \rightarrow \gamma\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (6), pp.061802. </w:t></w:r><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.061802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range two-particle azimuthal correlations in $Z$-boson tagged $pp$ collisions at $\sqrt{s}{=}8$ and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.64. </w:t></w:r><w:hyperlink r:id="rId935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7606-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations of anisotropic flow in Pb+Pb collisions at $ \sqrt{{\mathrm{s}}_{\mathrm{NN}}} $ = 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 01, pp.051. </w:t></w:r><w:hyperlink r:id="rId937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2020)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for $t\bar{t}t\bar{t}$ production in the multilepton final state in proton–proton collisions at $\sqrt{s}=13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (11), pp.1085. </w:t></w:r><w:hyperlink r:id="rId939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08509-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section in the lepton+jets channel at $\sqrt{s}=13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 810, pp.135797. </w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with one lepton, missing transverse momentum and a Higgs boson decaying into two $b$-jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.691. </w:t></w:r><w:hyperlink r:id="rId943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8050-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new non-resonant phenomena in high-mass dilepton final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.005. </w:t></w:r><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2020)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the missing transverse momentum triggers for the ATLAS detector during Run-2 data taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 08, pp.080. </w:t></w:r><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2020)080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId948" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Higgs bosons decaying into two tau leptons with the ATLAS detector using $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (5), pp.051801. </w:t></w:r><w:hyperlink r:id="rId949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.051801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId950" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Magnetic Monopoles and Stable High-Electric-Charge Objects in 13 Tev Proton-Proton Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the upgraded PreProcessor of the ATLAS Level-1 Calorimeter Trigger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (11), pp.P11016. </w:t></w:r><w:hyperlink r:id="rId953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/11/P11016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment of the ATLAS Inner Detector in Run-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1194. </w:t></w:r><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08700-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of jet calibration and energy resolution in proton-proton collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1104. </w:t></w:r><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08477-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for Higgs boson pairs in $pp$ collisions at $\sqrt{s} = $13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135103. </w:t></w:r><w:hyperlink r:id="rId960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with same-sign leptons and jets using 139 fb$^{-1}$ of data collected with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 06, pp.046. </w:t></w:r><w:hyperlink r:id="rId962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2020)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higgs boson production cross-section measurements and their EFT interpretation in the $4\ell $ decay channel at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (10), pp.957. </w:t></w:r><w:hyperlink r:id="rId964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8227-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson decays $H \to ee$ and $H \to e\mu$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135148. </w:t></w:r><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for non-resonant Higgs boson pair production in the $bb\ell\nu\ell\nu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135145. </w:t></w:r><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral currents in processes with one top quark and a photon using 81 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135082. </w:t></w:r><w:hyperlink r:id="rId970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances in mass distributions of jet pairs using 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.145. </w:t></w:r><w:hyperlink r:id="rId972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for lepton-flavour-violating decays of the Higgs boson in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.135069. </w:t></w:r><w:hyperlink r:id="rId974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Lund Jet Plane Using Charged Particles in 13 TeV Proton-Proton Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (22), pp.222002. </w:t></w:r><w:hyperlink r:id="rId976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.222002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02557678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy diboson resonances in semileptonic final states in pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (12), pp.1165. </w:t></w:r><w:hyperlink r:id="rId978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08554-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of azimuthal anisotropy of muons from charm and bottom hadrons in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (8), pp.082301. </w:t></w:r><w:hyperlink r:id="rId980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.082301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS muon triggers in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (09), pp.P09015. </w:t></w:r><w:hyperlink r:id="rId982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/09/p09015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with large jet multiplicities and missing transverse momentum using $ \sqrt{s} $ = 13 TeV proton-proton collisions recorded by ATLAS in Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.062. </w:t></w:r><w:hyperlink r:id="rId984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross-section for a $Z$ boson in association with $b$-jets in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.044. </w:t></w:r><w:hyperlink r:id="rId986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $ t\overline{t} $ resonances in fully hadronic final states in $pp$ collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.061. </w:t></w:r><w:hyperlink r:id="rId988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct production of electroweakinos in final states with missing transverse momentum and a Higgs boson decaying into photons in pp collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.005. </w:t></w:r><w:hyperlink r:id="rId990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $Z(\rightarrow\ell^+\ell^-)\gamma$ production cross-section in $pp$ collisions at $\sqrt{s} =13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 03, pp.054. </w:t></w:r><w:hyperlink r:id="rId992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2020)054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$Z$ boson production in Pb+Pb collisions at $\sqrt{s_{\textrm{NN}}}$= 5.02 TeV measured by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 802, pp.135262. </w:t></w:r><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs Boson Decays into a $Z$ Boson and a Light Hadronically Decaying Resonance Using 13 TeV $pp$ Collision Data from the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (22), pp.221802. </w:t></w:r><w:hyperlink r:id="rId996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.221802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section and lepton differential distributions in $e\mu $ dilepton events from $pp$ collisions at $\sqrt{s}=13\,\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (6), pp.528. </w:t></w:r><w:hyperlink r:id="rId998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7907-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with a displaced vertex and a muon with large impact parameter in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (3), pp.032006. </w:t></w:r><w:hyperlink r:id="rId1000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral Higgs bosons produced in association with $b$-quarks and decaying into $b$-quarks at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (3), pp.032004. </w:t></w:r><w:hyperlink r:id="rId1002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.032004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino-neutralino production with mass splittings near the electroweak scale in three-lepton final states in $\sqrt {s}$=13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (7), pp.072001. </w:t></w:r><w:hyperlink r:id="rId1004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of J/ψ production in association with a W$^{±}$ boson with pp data at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 01, pp.095. </w:t></w:r><w:hyperlink r:id="rId1006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2020)095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a scalar partner of the top quark in the all-hadronic $t{\bar{t}}$ plus missing transverse momentum final state at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.737. </w:t></w:r><w:hyperlink r:id="rId1008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8102-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for single diffractive dissociation in $\sqrt{s} = 8$ TeV $pp$ collisions using the ATLAS ALFA spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 02, pp.042. </w:t></w:r><w:hyperlink r:id="rId1010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2020)042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for displaced vertices of oppositely charged leptons from decays of long-lived particles in $pp$ collisions at $\sqrt {s}$ =13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 801, pp.135114. </w:t></w:r><w:hyperlink r:id="rId1012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.135114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a photon and a hadronically decaying Higgs boson in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125, pp.251802. </w:t></w:r><w:hyperlink r:id="rId1014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.251802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pairs of scalar leptoquarks decaying into quarks and electrons or muons in $ \sqrt{s} $ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.112. </w:t></w:r><w:hyperlink r:id="rId1016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2020)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for electroweak production of two jets in association with a $Z\gamma$ pair in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 803, pp.135341. </w:t></w:r><w:hyperlink r:id="rId1018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and Measurement of Forward Proton Scattering in Association with Lepton Pairs Produced via the Photon Fusion Mechanism at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), pp.261801. </w:t></w:r><w:hyperlink r:id="rId1020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.261801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurements of Higgs boson production and decay using up to $80$ fb$^{-1}$ of proton-proton collision data at $\sqrt{s}=$ 13 TeV collected with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (1), pp.012002. </w:t></w:r><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dijet resonances in events with an isolated charged lepton using $\sqrt{s} = 13$ TeV proton-proton collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 06, pp.151. </w:t></w:r><w:hyperlink r:id="rId1024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2020)151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $HH \rightarrow b \bar{b} b \bar{b}$ process via vector-boson fusion production using proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.108. </w:t></w:r><w:hyperlink r:id="rId1026" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1027" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the associated production of a top quark and a $Z$ boson in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 07, pp.124. </w:t></w:r><w:hyperlink r:id="rId1028" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2020)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1027" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1029" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson inclusive and differential fiducial cross sections in the 4$\ell$ decay channel at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (10), pp.942. </w:t></w:r><w:hyperlink r:id="rId1030" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8223-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1029" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1031" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP invariance in vector-boson fusion production of the Higgs boson in the H → ττ channel in proton–proton collisions at s=13TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 805, pp.135426. </w:t></w:r><w:hyperlink r:id="rId1032" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1031" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1033" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum and process dependent azimuthal anisotropies in $\sqrt{s_{\mathrm{NN}}}=8.16$ TeV $p$+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId1034" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7624-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1033" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1035" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks in events with a Higgs or $Z$ boson using 139 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (11), pp.1080. </w:t></w:r><w:hyperlink r:id="rId1036" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-08469-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1035" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1037" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of boosted di-$\tau$ systems in a search for Higgs boson pairs using 13 TeV proton-proton collision data in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.163. </w:t></w:r><w:hyperlink r:id="rId1038" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2020)163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1037" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1039" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived neutral particles produced in $pp$ collisions at $\sqrt{s} = 13$ TeV decaying into displaced hadronic jets in the ATLAS inner detector and muon spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId1040" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1039" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1041" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair spin correlations in the $e\mu$ channel at $\sqrt{s} = 13$ TeV using $pp$ collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (8), pp.754. </w:t></w:r><w:hyperlink r:id="rId1042" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-8181-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1041" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1043" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for electroweak production of supersymmetric particles with compressed mass spectra in $\sqrt{s}=$ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId1044" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1043" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1045" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct stau production in events with two hadronic $\tau$-leptons in $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.032009. </w:t></w:r><w:hyperlink r:id="rId1046" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.101.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1045" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1047" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation of the ATLAS trigger system in Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (10), pp.P10004. </w:t></w:r><w:hyperlink r:id="rId1048" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/10/P10004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1047" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1049" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of the W boson polarization measurements in top quark decays using ATLAS and CMS data at $\sqrt{s} =$ 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 08 (08), pp.051. </w:t></w:r><w:hyperlink r:id="rId1050" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2020)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1049" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1051" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances decaying into a weak vector boson and a Higgs boson in the fully hadronic final state produced in proton$-$proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (11), pp.112008. </w:t></w:r><w:hyperlink r:id="rId1052" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1051" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1053" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light long-lived neutral particles produced in $pp$ collisions at $\sqrt{s} =$ 13 TeV and decaying into collimated leptons or light hadrons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 80 (5), pp.450. </w:t></w:r><w:hyperlink r:id="rId1054" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-020-7997-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1053" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1055" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-section measurements of the Higgs boson decaying into a pair of $\tau$-leptons in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99, pp.072001. </w:t></w:r><w:hyperlink r:id="rId1056" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1055" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1057" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived particles in final states with displaced dimuon vertices in $pp$ collisions at $\sqrt{s}=$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012001. </w:t></w:r><w:hyperlink r:id="rId1058" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1057" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1059" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^\pm $ boson production in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02~\text {Te}\text {V}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.935. </w:t></w:r><w:hyperlink r:id="rId1060" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7439-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1059" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1061" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ratio of cross sections for inclusive isolated-photon production in $pp$ collisions at $\sqrt s = 13$ and $8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.093. </w:t></w:r><w:hyperlink r:id="rId1062" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1061" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1063" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Production of a Long-Lived Neutral Particle Decaying within the ATLAS Hadronic Calorimeter in Association with a $Z$ Boson from $pp$ Collisions at $\sqrt{s} =$ 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (15), pp.151801. </w:t></w:r><w:hyperlink r:id="rId1064" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.151801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1063" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1065" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential fiducial cross-sections of $t\bar{t}\gamma $ production in leptonic final states at $\sqrt{s}=13~\text {TeV}$ in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (5), pp.382. </w:t></w:r><w:hyperlink r:id="rId1066" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6849-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1065" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1067" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Fragmentation Functions for Jets Dominated by Light Quarks and Gluons from $pp$ and Pb+Pb Collisions in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (4), pp.042001. </w:t></w:r><w:hyperlink r:id="rId1068" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.042001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1067" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1069" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}Z$ production cross sections and gauge boson polarisation in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (6), pp.535. </w:t></w:r><w:hyperlink r:id="rId1070" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7027-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1069" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1071" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the four-lepton invariant mass spectrum in 13 TeV proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.048. </w:t></w:r><w:hyperlink r:id="rId1072" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1071" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1073" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on mediator-based dark matter and scalar dark energy models using $\sqrt s = 13$ TeV $pp$ collision data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.142. </w:t></w:r><w:hyperlink r:id="rId1074" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1073" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1075" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass dilepton resonances using 139 fb$^{-1}$ of $pp$ collision data collected at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 796, pp.68-87. </w:t></w:r><w:hyperlink r:id="rId1076" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1075" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1077" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar{t}\rightarrow $ lepton+jets channel from $\sqrt{s}=8$ TeV ATLAS data and combination with previous results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (4), pp.290. </w:t></w:r><w:hyperlink r:id="rId1078" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6757-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1077" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1079" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of gluon-gluon fusion and vector-boson fusion Higgs boson production cross-sections in the $H \to WW^{\ast} \to e\nu\mu\nu$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.508-529. </w:t></w:r><w:hyperlink r:id="rId1080" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1079" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1081" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm }$-boson and Z-boson production cross-sections in pp collisions at $\sqrt{s}=2.76$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.901. </w:t></w:r><w:hyperlink r:id="rId1082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7399-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1081" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1083" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron reconstruction and identification in the ATLAS experiment using the 2015 and 2016 LHC proton-proton collision data at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (8), pp.639. </w:t></w:r><w:hyperlink r:id="rId1084" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7140-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1083" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1085" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet azimuthal correlations and conditional yields in pp and p+Pb collisions at sNN=5.02TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (3), pp.034903. </w:t></w:r><w:hyperlink r:id="rId1086" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.100.034903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1085" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1087" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass resonances decaying into two jets and produced in association with a photon using $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 795, pp.56-75. </w:t></w:r><w:hyperlink r:id="rId1088" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.03.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1087" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1089" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlated long-range mixed-harmonic fluctuations measured in $pp$, $p$+Pb and low-multiplicity Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.444-471. </w:t></w:r><w:hyperlink r:id="rId1090" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1089" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1091" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana or Dirac neutrinos and right-handed $W$ gauge bosons in final states with two charged leptons and two jets at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 01, pp.016. </w:t></w:r><w:hyperlink r:id="rId1092" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2019)016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1091" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1093" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak $W^{\pm}Z$ boson pair production in association with two jets in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 793, pp.469-492. </w:t></w:r><w:hyperlink r:id="rId1094" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1093" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1095" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible Higgs boson decays in vector boson fusion at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 793, pp.499-519. </w:t></w:r><w:hyperlink r:id="rId1096" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1095" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1097" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-quark decays $t \to Hq$ with 36 fb$^{-1}$ of $pp$ collision data at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.123. </w:t></w:r><w:hyperlink r:id="rId1098" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1097" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01983014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1099" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of inclusive and differential fiducial cross-sections of $ t\overline{t} $ production with additional heavy-flavour jets in proton-proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.046. </w:t></w:r><w:hyperlink r:id="rId1100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1099" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon performance measurements with the ATLAS detector using the 2015–2017 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (12), pp.P12006. </w:t></w:r><w:hyperlink r:id="rId1102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/12/P12006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section and charge asymmetry of $W$ bosons produced in proton–proton collisions at $\sqrt{s}=8~\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.760. </w:t></w:r><w:hyperlink r:id="rId1104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7199-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A strategy for a general search for new phenomena using data-derived signal regions and its application within the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.120. </w:t></w:r><w:hyperlink r:id="rId1106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6540-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $ZZ$ production in the $\ell\ell\nu\nu$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.127. </w:t></w:r><w:hyperlink r:id="rId1108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for scalar leptoquarks and differential cross-section measurements in dilepton-dijet events in proton-proton collisions at a centre-of-mass energy of $\sqrt{s}$ = 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.733. </w:t></w:r><w:hyperlink r:id="rId1110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7181-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutral leptons in decays of $W$ bosons produced in 13 TeV $pp$ collisions using prompt and displaced signatures with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.265. </w:t></w:r><w:hyperlink r:id="rId1112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of boosted Higgs bosons decaying into $b$-quark pairs with the ATLAS detector at 13 $\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.836. </w:t></w:r><w:hyperlink r:id="rId1114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7335-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy charged boson in events with a charged lepton and missing transverse momentum from $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (5), pp.052013. </w:t></w:r><w:hyperlink r:id="rId1116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.052013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $K_S^0$ and $\Lambda ^0$ production in $t \bar{t}$ dileptonic events in pp collisions at $\sqrt{s} =$ 7 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.1017. </w:t></w:r><w:hyperlink r:id="rId1118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7512-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of fiducial and differential $W^+W^-$ production cross-sections at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.884. </w:t></w:r><w:hyperlink r:id="rId1120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7371-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W$ and $Z$ boson production in $pp$ collisions at $\sqrt{s}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.128. </w:t></w:r><w:hyperlink r:id="rId1122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6622-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy charged long-lived particles in the ATLAS detector in 36.1 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (9), pp.092007. </w:t></w:r><w:hyperlink r:id="rId1124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.092007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rare decays of $B^0_s$ and $B^0$ mesons into muon pairs using data collected during 2015 and 2016 with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.098. </w:t></w:r><w:hyperlink r:id="rId1126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $b\bar{b}WW^{*}$ decay mode at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 04, pp.092. </w:t></w:r><w:hyperlink r:id="rId1128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2019)092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into a pair of light bosons in the $bb\mu\mu$ final state in $pp$ collision at $\sqrt{s} = $13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId1130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling radiation damage to pixel sensors in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (06), pp.P06012. </w:t></w:r><w:hyperlink r:id="rId1132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/06/P06012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet-substructure observables in top quark, $W$ boson and light jet production in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 08, pp.033. </w:t></w:r><w:hyperlink r:id="rId1134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2019)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ calibration of large-radius jet energy and mass in 13 TeV proton–proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (2), pp.135. </w:t></w:r><w:hyperlink r:id="rId1136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6632-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged scalar bosons decaying into same-sign $W$ boson pairs with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (1), pp.58. </w:t></w:r><w:hyperlink r:id="rId1138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6500-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for invisible Higgs boson decays with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId1140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02130088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived multicharged particles in proton-proton collisions at $\sqrt{s}$ = 13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId1142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived particles produced in $pp$ collisions at $\sqrt{s}=13$ TeV that decay into displaced hadronic jets in the ATLAS muon spectrometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId1144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01945233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for pairs of highly collimated photon-jets in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012008. </w:t></w:r><w:hyperlink r:id="rId1146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy charged long-lived particles in proton-proton collisions at $\sqrt{s} = 13$ TeV using an ionisation measurement with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.96-116. </w:t></w:r><w:hyperlink r:id="rId1148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the production of three massive vector bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134913. </w:t></w:r><w:hyperlink r:id="rId1150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolution of the ATLAS muon spectrometer monitored drift tubes in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (09), pp.P09011. </w:t></w:r><w:hyperlink r:id="rId1152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/P09011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light resonances decaying to boosted quark pairs and produced in association with a photon or a jet in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.316-335. </w:t></w:r><w:hyperlink r:id="rId1154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived neutral particles in $pp$ collisions at $\sqrt{s}$ = 13 TeV that decay into displaced hadronic jets in the ATLAS calorimeter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (6), pp.481. </w:t></w:r><w:hyperlink r:id="rId1156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6962-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass in $t\bar{t}+1$-jet events collected with the ATLAS detector in $pp$ collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11, pp.150. </w:t></w:r><w:hyperlink r:id="rId1158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2019)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for scalar resonances decaying into $\mu^{+}\mu^{-}$ in events with and without $b$-tagged jets produced in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 07, pp.117. </w:t></w:r><w:hyperlink r:id="rId1161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2019)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of prompt photon production in $\sqrt{s_\mathrm{NN}} = 8.16$ TeV $p$+Pb collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 796, pp.230-252. </w:t></w:r><w:hyperlink r:id="rId1163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.07.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of single-top-quark production cross-section measurements and |f$_{LV}$V$_{tb}$| determinations at $ \sqrt{s} $ = 7 and 8 TeV with the ATLAS and CMS experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.088. </w:t></w:r><w:hyperlink r:id="rId1165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles decaying into a top-quark pair in the fully hadronic final state in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId1167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino and neutralino production in final states with a Higgs boson and missing transverse momentum at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId1169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the electroweak diboson production in association with a high-mass dijet system in semileptonic final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (3), pp.032007. </w:t></w:r><w:hyperlink r:id="rId1171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.032007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for large missing transverse momentum in association with one top-quark in proton-proton collisions at $ \sqrt{s} $ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.041. </w:t></w:r><w:hyperlink r:id="rId1173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into $Wb$ in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.164. </w:t></w:r><w:hyperlink r:id="rId1175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of distributions sensitive to the underlying event in inclusive $Z$-boson production in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (8), pp.666. </w:t></w:r><w:hyperlink r:id="rId1177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7162-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of electroweak production of a same-sign $W$ boson pair in association with two jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (16), pp.161801. </w:t></w:r><w:hyperlink r:id="rId1179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.161801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of jet fragmentation using charged particles measured with the ATLAS detector in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (5), pp.052011. </w:t></w:r><w:hyperlink r:id="rId1181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.100.052011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a right-handed gauge boson decaying into a high-momentum heavy neutrino and a charged lepton in $pp$ collisions with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134942. </w:t></w:r><w:hyperlink r:id="rId1183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of flow harmonics correlations with mean transverse momentum in lead-lead and proton-lead collisions at $\sqrt{s_{NN}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.985. </w:t></w:r><w:hyperlink r:id="rId1185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02223290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for third-generation scalar leptoquarks in $\sqrt{s}$ = 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 06, pp.144. </w:t></w:r><w:hyperlink r:id="rId1187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2019)144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-boson resonances decaying to a top quark and bottom quark in the lepton plus jets final state in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 788, pp.347-370. </w:t></w:r><w:hyperlink r:id="rId1189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.11.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with hadronically decaying $\tau$-leptons, jets, and missing transverse momentum using $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (1), pp.012009. </w:t></w:r><w:hyperlink r:id="rId1191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom-squark pair production with the ATLAS detector in final states containing Higgs bosons, $b$-jets and missing transverse momentum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.060. </w:t></w:r><w:hyperlink r:id="rId1193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2019)060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential and double-differential cross-sections in the $\ell$+jets channel with $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (12), pp.1028. </w:t></w:r><w:hyperlink r:id="rId1195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7525-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of angular and momentum distributions of charged particles within and around jets in Pb+Pb and $pp$ collisions at $\sqrt{s_{\mathrm{NN}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (6), pp.064901. </w:t></w:r><w:hyperlink r:id="rId1197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.100.064901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $WW^{(*)}WW^{(*)}$ decay channel using ATLAS data recorded at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.124. </w:t></w:r><w:hyperlink r:id="rId1199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of photon–jet transverse momentum correlations in 5.02 TeV Pb + Pb and $pp$ collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 789, pp.167-190. </w:t></w:r><w:hyperlink r:id="rId1201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.12.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}Z$ and $t\bar{t}W$ cross sections in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (7), pp.072009. </w:t></w:r><w:hyperlink r:id="rId1203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.072009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron and photon energy calibration with the ATLAS detector using 2015–2016 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (03), pp.P03017. </w:t></w:r><w:hyperlink r:id="rId1205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/03/P03017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diboson resonances in hadronic final states in 139 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 09, pp.091. </w:t></w:r><w:hyperlink r:id="rId1207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2019)091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section for a Higgs boson in association with a vector boson in the $H \to WW^{\ast} \to \ell\nu\ell\nu$ channel in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 798, pp.134949. </w:t></w:r><w:hyperlink r:id="rId1209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive cross-section for the production of jets in association with a Z boson in proton-proton collisions at 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (10), pp.847. </w:t></w:r><w:hyperlink r:id="rId1211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7321-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS b-jet identification performance and efficiency measurement with $t{\bar{t}}$ events in pp collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (11), pp.970. </w:t></w:r><w:hyperlink r:id="rId1213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7450-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the photon identification efficiencies with the ATLAS detector using LHC Run 2 data collected in 2015 and 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (3), pp.205. </w:t></w:r><w:hyperlink r:id="rId1215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6650-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the hard double-parton scattering contribution to inclusive four-lepton production in $pp$ collisions at $\sqrt s=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.595-614. </w:t></w:r><w:hyperlink r:id="rId1217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.01.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for four-top-quark production in the single-lepton and opposite-sign dilepton final states in pp collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052009. </w:t></w:r><w:hyperlink r:id="rId1219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of $g\rightarrow b\bar{b}$ at small opening angles in $pp$ collisions with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 99 (5), pp.052004. </w:t></w:r><w:hyperlink r:id="rId1221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.99.052004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01975733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited electrons singly produced in proton–proton collisions at $\sqrt{s}=13$ TeV with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (9), pp.803. </w:t></w:r><w:hyperlink r:id="rId1223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-7295-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of VH, $ \mathrm{H}\to \mathrm{b}\overline{\mathrm{b}} $ production as a function of the vector-boson transverse momentum in 13 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 05, pp.141. </w:t></w:r><w:hyperlink r:id="rId1225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2019)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive isolated-photon cross section in $pp$ collisions at $\sqrt{s}=13$ TeV using 36 fb$^{-1}$ of ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, pp.203. </w:t></w:r><w:hyperlink r:id="rId1227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2019)203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of light-by-light scattering in ultraperipheral Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dale Charles Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abed Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (5), pp.052001. </w:t></w:r><w:hyperlink r:id="rId1229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.052001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 01, pp.030. </w:t></w:r><w:hyperlink r:id="rId1231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2019)030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01782021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of top-quark and $W$-boson tagging with ATLAS in Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 79 (5), pp.375. </w:t></w:r><w:hyperlink r:id="rId1233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-019-6847-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nuclear modification factor for inclusive jets in Pb+Pb collisions at $\sqrt{s_\mathrm{NN}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 790, pp.108-128. </w:t></w:r><w:hyperlink r:id="rId1235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Higgs boson production in association with a top quark pair at the LHC with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 784, pp.173-191. </w:t></w:r><w:hyperlink r:id="rId1237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena using the invariant mass distribution of same-flavour opposite-sign dilepton pairs in events with missing transverse momentum in $\sqrt{s}=13$ $\text {Te}\text {V}$ pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (8), pp.625. </w:t></w:r><w:hyperlink r:id="rId1239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6081-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top-quark decays $t\to qZ$ in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.176. </w:t></w:r><w:hyperlink r:id="rId1241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt and non-prompt $J/\psi $ elliptic flow in Pb+Pb collisions at $\sqrt{s_{_\text {NN}}} = 5.02$ Tev with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (9), pp.784. </w:t></w:r><w:hyperlink r:id="rId1243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6243-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric particles in final states with two or three leptons at $\sqrt{s}=13\,$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.995. </w:t></w:r><w:hyperlink r:id="rId1245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6423-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a heavy Higgs boson decaying into a $Z$ boson and another heavy Higgs boson in the $\ell\ell bb$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 783, pp.392-414. </w:t></w:r><w:hyperlink r:id="rId1247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W$-boson mass in pp collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78, pp.110. </w:t></w:r><w:hyperlink r:id="rId1252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5475-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01446632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of b-jet tagging efficiency with the ATLAS detector using $ t\overline{t} $ events at $ \sqrt{s}=13 $ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 08, pp.089. </w:t></w:r><w:hyperlink r:id="rId1254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2018)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the standard model Higgs boson produced in association with top quarks and decaying into a $b\bar{b}$ pair in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (7), pp.072016. </w:t></w:r><w:hyperlink r:id="rId1256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for exclusive Higgs and $Z$ boson decays into $J/\psi\gamma$, $\psi(2S)\gamma$, and $\Upsilon(nS)\gamma$ at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.134-155. </w:t></w:r><w:hyperlink r:id="rId1258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angular analysis of $B^0_d \rightarrow K^{*}\mu^+\mu^-$ decays in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.047. </w:t></w:r><w:hyperlink r:id="rId1260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of higgsinos in final states with at least three $b$-tagged jets in $\sqrt{s} = 13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092002. </w:t></w:r><w:hyperlink r:id="rId1262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for pair-produced resonances in four-jet final states at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.250. </w:t></w:r><w:hyperlink r:id="rId1264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5693-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ Z\gamma \to \nu \overline{\nu}\gamma $ production cross section in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector and limits on anomalous triple gauge-boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.010. </w:t></w:r><w:hyperlink r:id="rId1266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2018)010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet fragmentation in Pb+Pb and $pp$ collisions at $\sqrt{s_{NN}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (2), pp.024908. </w:t></w:r><w:hyperlink r:id="rId1268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.98.024908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy ZZ resonances in the $\ell ^+\ell ^-\ell ^+\ell ^-$ and $\ell ^+\ell ^-\nu \bar{\nu }$ final states using proton–proton collisions at $\sqrt{s}= 13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (4), pp.293. </w:t></w:r><w:hyperlink r:id="rId1270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5686-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for resonances decaying into a Higgs boson and a new particle $X$ in the $XH \to qqbb$ final state with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 779, pp.24-45. </w:t></w:r><w:hyperlink r:id="rId1272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.01.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on off-shell Higgs boson production and the Higgs boson total width in $ZZ\to4\ell$ and $ZZ\to2\ell2\nu$ final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.223-244. </w:t></w:r><w:hyperlink r:id="rId1274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $\tau $ polarisation in $Z/\gamma ^{*}\rightarrow \tau \tau $ decays in proton–proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.163. </w:t></w:r><w:hyperlink r:id="rId1276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5619-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for photonic signatures of gauge-mediated supersymmetry in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (9), pp.092006. </w:t></w:r><w:hyperlink r:id="rId1278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.092006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-mass dijet resonances using trigger-level jets with the ATLAS detector in $pp$ collisions at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (8), pp.081801. </w:t></w:r><w:hyperlink r:id="rId1280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.081801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the quantum interference between singly and doubly resonant top-quark production in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (15), pp.152002. </w:t></w:r><w:hyperlink r:id="rId1282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.152002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new heavy gauge boson resonance decaying into a lepton and missing transverse momentum in 36 fb$^{-1}$ of $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (5), pp.401. </w:t></w:r><w:hyperlink r:id="rId1284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5877-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying into top and bottom quarks at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.085. </w:t></w:r><w:hyperlink r:id="rId1286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $\gamma\gamma b\bar{b}$ final state with 13 TeV $pp$ collision data collected by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.040. </w:t></w:r><w:hyperlink r:id="rId1288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2018)040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of colour flow using jet-pull observables in $t\bar{t}$ events with the ATLAS experiment at $\sqrt{s} = 13\,\hbox {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (10), pp.847. </w:t></w:r><w:hyperlink r:id="rId1290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy particles decaying into top-quark pairs using lepton-plus-jets events in proton–proton collisions at $\sqrt{s} = 13$ $\text {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (7), pp.565. </w:t></w:r><w:hyperlink r:id="rId1292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5995-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a photon and a hadronically decaying $Z/W/H$ boson in $pp$ collisions at $\sqrt{s}=13$ $\mathrm{TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032015. </w:t></w:r><w:hyperlink r:id="rId1294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for additional heavy neutral Higgs and gauge bosons in the ditau final state produced in 36 fb$^{−1}$ of pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.055. </w:t></w:r><w:hyperlink r:id="rId1296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of $H \rightarrow b\bar{b}$ decays and $VH$ production with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.59-86. </w:t></w:r><w:hyperlink r:id="rId1298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top-squark pair production in final states with one lepton, jets, and missing transverse momentum using 36 fb$^{−1}$ of $ \sqrt{s}=13 $ TeV pp collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.108. </w:t></w:r><w:hyperlink r:id="rId1300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity-violating supersymmetric particles in multi-jet final states produced in $p$-$p$ collisions at $\sqrt{s} =13$ TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 785, pp.136-158. </w:t></w:r><w:hyperlink r:id="rId1302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.08.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for diboson resonances with boson-tagged jets in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 777, pp.91-113. </w:t></w:r><w:hyperlink r:id="rId1304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$ZZ \to \ell^{+}\ell^{-}\ell^{\prime +}\ell^{\prime -}$ cross-section measurements and search for anomalous triple gauge couplings in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (3), pp.032005. </w:t></w:r><w:hyperlink r:id="rId1306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct top-quark decay width measurement in the $t\bar{t}$ lepton+jets channel at $\sqrt{s}$=8 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.129. </w:t></w:r><w:hyperlink r:id="rId1308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5595-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of quarkonium production in proton–lead and proton–proton collisions at $5.02~\mathrm {TeV}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.171. </w:t></w:r><w:hyperlink r:id="rId1310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5624-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive and fiducial $t\bar{t}$ production cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78, pp.487. </w:t></w:r><w:hyperlink r:id="rId1312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5904-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross section for isolated-photon plus jet production in $pp$ collisions at $\sqrt s=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 780, pp.578-602. </w:t></w:r><w:hyperlink r:id="rId1314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and other new phenomena in events with an energetic jet and large missing transverse momentum using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.126. </w:t></w:r><w:hyperlink r:id="rId1316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of up-type vector-like quarks and for four-top-quark events in final states with multiple $b$-jets with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.089. </w:t></w:r><w:hyperlink r:id="rId1318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an invisibly decaying Higgs boson or dark matter candidates produced in association with a $Z$ boson in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 776, pp.318-337. </w:t></w:r><w:hyperlink r:id="rId1320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.11.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of inclusive and differential $ \mathrm{t}\overline{\mathrm{t}} $ charge asymmetry measurements using ATLAS and CMS data at $ \sqrt{s}=7 $ and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 04, pp.033. </w:t></w:r><w:hyperlink r:id="rId1322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2018)033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for heavy resonances decaying into bosonic and leptonic final states using 36 fb$^{-1}$ of proton-proton collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), pp.052008. </w:t></w:r><w:hyperlink r:id="rId1324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section for producing a W boson in association with a single top quark in pp collisions at $ \sqrt{s}=13 $ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.063. </w:t></w:r><w:hyperlink r:id="rId1326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2018)063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Decay of the Higgs Boson to Charm Quarks with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (21), pp.211802. </w:t></w:r><w:hyperlink r:id="rId1328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.211802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson mass in the $H\rightarrow ZZ^* \rightarrow 4\ell$ and $H \rightarrow \gamma\gamma$ channels with $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 784, pp.345-366. </w:t></w:r><w:hyperlink r:id="rId1330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections and $W^+/W^-$ cross-section ratios for $W$ boson production in association with jets at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 05, pp.077. </w:t></w:r><w:hyperlink r:id="rId1332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2018)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charginos based on a disappearing-track signature in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.022. </w:t></w:r><w:hyperlink r:id="rId1334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of three isolated photons in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 781, pp.55-76. </w:t></w:r><w:hyperlink r:id="rId1336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the exclusive $\gamma \gamma \rightarrow \mu^+ \mu^-$ process in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 777, pp.303-323. </w:t></w:r><w:hyperlink r:id="rId1338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.12.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of longitudinal flow decorrelations in Pb+Pb collisions at $\sqrt{s_{\text {NN}}}=2.76$ and 5.02 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.142. </w:t></w:r><w:hyperlink r:id="rId1340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5605-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays to beyond-the-Standard-Model light bosons in four-lepton events with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.166. </w:t></w:r><w:hyperlink r:id="rId1342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $t\bar{t}$ differential cross-sections of highly boosted top quarks decaying to all-hadronic final states in $pp$ collisions at $\sqrt{s}=13\,$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (1), pp.012003. </w:t></w:r><w:hyperlink r:id="rId1344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Higgs boson coupling properties in the $H\rightarrow ZZ^{*} \rightarrow 4\ell$ decay channel at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.095. </w:t></w:r><w:hyperlink r:id="rId1346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson produced in association with a vector boson and decaying into two spin-zero particles in the $H \rightarrow aa \rightarrow 4b$ channel in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.031. </w:t></w:r><w:hyperlink r:id="rId1348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined measurement of differential and total cross sections in the $H \rightarrow \gamma \gamma$ and the $H \rightarrow ZZ^* \rightarrow 4\ell$ decay channels at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 786, pp.114-133. </w:t></w:r><w:hyperlink r:id="rId1350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.09.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy $ZZ$ and $ZW$ resonances in the $\ell\ell qq$ and $\nu\nu qq$ final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.009. </w:t></w:r><w:hyperlink r:id="rId1352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in high-mass final states with a photon and a jet from $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.102. </w:t></w:r><w:hyperlink r:id="rId1354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5553-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with same-charge leptons and $b$-jets in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.039. </w:t></w:r><w:hyperlink r:id="rId1356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2018)039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections of isolated-photon plus heavy-flavour jet production in pp collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 776, pp.295-317. </w:t></w:r><w:hyperlink r:id="rId1358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.11.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for B-L R -parity-violating top squarks in $\sqrt s$ =13 TeV pp collisions with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (3), pp.032003. </w:t></w:r><w:hyperlink r:id="rId1360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.032003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet fragmentation in 5.02 TeV proton-lead and proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucl.Phys.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978, pp.65. </w:t></w:r><w:hyperlink r:id="rId1362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2018.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson properties in the diphoton decay channel with 36 fb$^{-1}$ of $pp$ collision data at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.052005. </w:t></w:r><w:hyperlink r:id="rId1364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into $WW$ in the $e\nu\mu\nu$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (1), pp.24. </w:t></w:r><w:hyperlink r:id="rId1366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5491-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for lepton-flavor-violating decays of the $Z$ boson into a $\tau$-lepton and a light lepton with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.092010. </w:t></w:r><w:hyperlink r:id="rId1368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavor violation in different-flavor, high-mass final states in $pp$ collisions at $\sqrt s=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092008. </w:t></w:r><w:hyperlink r:id="rId1370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of supersymmetric states in scenarios with compressed mass spectra at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (5), pp.052010. </w:t></w:r><w:hyperlink r:id="rId1372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.052010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of the searches for pair-produced vector-like partners of the third-generation quarks at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (21), pp.211801. </w:t></w:r><w:hyperlink r:id="rId1374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.211801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross-sections of a single top quark produced in association with a $W$ boson at $\sqrt{s}=13$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.186. </w:t></w:r><w:hyperlink r:id="rId1376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5649-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between simulated and observed LHC beam backgrounds in the ATLAS experiment at ${E_{\textrm {beam}}}$ = 4 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (12), pp.P12006. </w:t></w:r><w:hyperlink r:id="rId1378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/12/P12006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of dijet azimuthal decorrelations in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector and determination of the strong coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092004. </w:t></w:r><w:hyperlink r:id="rId1380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt and non-prompt $J/\psi $ and $\psi (2\mathrm {S})$ suppression at high transverse momentum in $5.02~\mathrm {TeV}$ Pb+Pb collisions with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (9), pp.762. </w:t></w:r><w:hyperlink r:id="rId1382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6219-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with charm jets and missing transverse momentum in 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 09, pp.050. </w:t></w:r><w:hyperlink r:id="rId1384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2018)050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of a single top quark in association with a Z boson in proton–proton collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 780, pp.557-577. </w:t></w:r><w:hyperlink r:id="rId1386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Soft-Drop Jet Mass in pp Collisions at $\sqrt{s} = 13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (9), pp.092001. </w:t></w:r><w:hyperlink r:id="rId1388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of missing transverse momentum reconstruction with the ATLAS detector using proton-proton collisions at $\sqrt{s}$ = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (11), pp.903. </w:t></w:r><w:hyperlink r:id="rId1390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6288-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of centrality-dependent acoplanarity for muon pairs produced via two-photon scattering in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (21), pp.212301. </w:t></w:r><w:hyperlink r:id="rId1392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.212301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the associated production of the Higgs boson and a top quark pair with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (7), pp.072003. </w:t></w:r><w:hyperlink r:id="rId1394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $\gamma\gamma WW^{*}$ channel using $pp$ collision data recorded at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.1007. </w:t></w:r><w:hyperlink r:id="rId1396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6457-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exclusive Higgs and $Z$ boson decays to $\phi\gamma$ and $\rho\gamma$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 07, pp.127. </w:t></w:r><w:hyperlink r:id="rId1398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2018)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet and dijet cross-sections in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 05, pp.195. </w:t></w:r><w:hyperlink r:id="rId1400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2018)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant and non-resonant Higgs boson pair production in the ${b\bar{b}\tau^+\tau^-}$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121 (19), pp.191801. </w:t></w:r><w:hyperlink r:id="rId1402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.191801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying into high-$p_T$ $W$ bosons and top quarks in the lepton-plus-jets final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 08, pp.048. </w:t></w:r><w:hyperlink r:id="rId1404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2018)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant $WZ$ production in the fully leptonic final state in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 787, pp.68-88. </w:t></w:r><w:hyperlink r:id="rId1406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the suppression and azimuthal anisotropy of muons from heavy-flavor decays in Pb+Pb collisions at $\sqrt{s_{\mathrm{NN}}} = 2.76$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (4), pp.044905. </w:t></w:r><w:hyperlink r:id="rId1408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.98.044905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Structure in the $B^0_s \pi^\pm$ Invariant Mass Spectrum with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (20), pp.202007. </w:t></w:r><w:hyperlink r:id="rId1410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.202007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the direct production of charginos and neutralinos in final states with tau leptons in $\sqrt{s} = $ 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (2), pp.154. </w:t></w:r><w:hyperlink r:id="rId1412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5583-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for chargino-neutralino production using recursive jigsaw reconstruction in final states with two or three charged leptons in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092012. </w:t></w:r><w:hyperlink r:id="rId1414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femtoscopy with identified charged pions in proton-lead collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 96, pp.064908. </w:t></w:r><w:hyperlink r:id="rId1417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.064908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01503431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, massive particles in events with displaced vertices and missing transverse momentum in $\sqrt{s}$ = 13 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (5), pp.052012. </w:t></w:r><w:hyperlink r:id="rId1419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.052012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with missing transverse momentum and multiple $b$-jets in proton-proton collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 06, pp.107. </w:t></w:r><w:hyperlink r:id="rId1421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2018)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections of top quark pair production in association with jets in ${pp}$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.159. </w:t></w:r><w:hyperlink r:id="rId1423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson decays into pairs of light (pseudo)scalar particles in the $\gamma\gamma jj$ final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 782, pp.750-767. </w:t></w:r><w:hyperlink r:id="rId1425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum using 36 fb$^{-1}$ of $\sqrt{s}=13$ TeV pp collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (11), pp.112001. </w:t></w:r><w:hyperlink r:id="rId1427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.112001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavor-changing neutral currents in top quark decays $t\to Hc$ and $t \to Hu$ in multilepton final states in proton-proton collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032002. </w:t></w:r><w:hyperlink r:id="rId1429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in the mass distribution of jet pairs with one or two jets identified as $b$-jets in proton-proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.032016. </w:t></w:r><w:hyperlink r:id="rId1431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for High-Mass Resonances Decaying to $\tau\nu$ in pp Collisions at $\sqrt{s}$=13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (16), pp.161802. </w:t></w:r><w:hyperlink r:id="rId1433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.161802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the azimuthal anisotropy of charged particles produced in $\sqrt{s_{_\text {NN}}}$ = 5.02 TeV Pb+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.997. </w:t></w:r><w:hyperlink r:id="rId1435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6468-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01863301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $WW/WZ$ resonance production in $\ell \nu qq$ final states in $pp$ collisions at $\sqrt{s} =$ 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.042. </w:t></w:r><w:hyperlink r:id="rId1437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair- and single-production of vector-like quarks in final states with at least one $Z$ boson decaying into a pair of electrons or muons in $pp$ collision data collected with the ATLAS detector at $\sqrt{s} = 13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId1439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $W' \rightarrow tb$ decays in the hadronic final state using pp collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 781, pp.327-348. </w:t></w:r><w:hyperlink r:id="rId1441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2018.03.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons decaying via $H^{\pm} \to \tau^{\pm}\nu_{\tau}$ in the $\tau$+jets and $\tau$+lepton final states with 36 fb$^{-1}$ of $pp$ collision data recorded at $\sqrt{s} = 13$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 09, pp.139. </w:t></w:r><w:hyperlink r:id="rId1443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2018)139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks decaying to tau sleptons in $pp$ collisions at $\sqrt{s}= 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032008. </w:t></w:r><w:hyperlink r:id="rId1445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with bottom or top quarks in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (1), pp.18. </w:t></w:r><w:hyperlink r:id="rId1447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5486-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs bosons produced via vector-boson fusion and decaying into bottom quark pairs in $\sqrt{s} = 13$ $\mathrm{TeV}$ $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), pp.052003. </w:t></w:r><w:hyperlink r:id="rId1449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operation and performance of the ATLAS Tile Calorimeter in Run 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (12), pp.987. </w:t></w:r><w:hyperlink r:id="rId1451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-6374-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range multiparticle azimuthal correlations with the subevent cumulant method in $pp$ and $p + Pb$ collisions with the ATLAS detector at the CERN Large Hadron Collider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), pp.024904. </w:t></w:r><w:hyperlink r:id="rId1453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.97.024904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with a hadronically decaying vector boson and missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.180. </w:t></w:r><w:hyperlink r:id="rId1455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2018)180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying into hadronic final states in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (9), pp.092005. </w:t></w:r><w:hyperlink r:id="rId1457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.092005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01861904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with four or more leptons in $\sqrt{s}=13$ TeV $pp$ collisions with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (3), pp.032009. </w:t></w:r><w:hyperlink r:id="rId1459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.98.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a $W$ or $Z$ boson and a Higgs boson in final states with leptons and $b$-jets in 36 fb$^{-1}$ of $\sqrt s = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 03, pp.174. </w:t></w:r><w:hyperlink r:id="rId1461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2018)174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for doubly charged Higgs boson production in multi-lepton final states with the ATLAS detector using proton–proton collisions at $\sqrt{s}=13\,\text {TeV}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 78 (3), pp.199. </w:t></w:r><w:hyperlink r:id="rId1463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-018-5661-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiducial, total and differential cross-section measurements of $t$-channel single top-quark production in $pp$ collisions at 8 TeV using data collected by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.531. </w:t></w:r><w:hyperlink r:id="rId1465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5061-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01464170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the $Wtb$ vertex from the measurement of triple-differential angular decay rates of single top quarks produced in the $t$-channel at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.017. </w:t></w:r><w:hyperlink r:id="rId1467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of $Z\gamma$ production in association with a high-mass dijet system in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 07, pp.107. </w:t></w:r><w:hyperlink r:id="rId1469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2017)107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with large jet multiplicities and missing transverse momentum using large-radius jets and flavour-tagging at ATLAS in 13 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.034. </w:t></w:r><w:hyperlink r:id="rId1471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of internal structure of jets in Pb+Pb collisions at $\sqrt{s_\mathrm{NN}} = 2.76$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.379. </w:t></w:r><w:hyperlink r:id="rId1476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4915-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01454730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events containing a same-flavour opposite-sign dilepton pair, jets, and large missing transverse momentum in $\sqrt{s}=13$ TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.144. </w:t></w:r><w:hyperlink r:id="rId1478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4700-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01407800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a $Z$ boson and a photon in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 764, pp.11-30. </w:t></w:r><w:hyperlink r:id="rId1480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet reconstruction and performance using particle flow with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.466. </w:t></w:r><w:hyperlink r:id="rId1482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5031-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01499221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and rejection of pile-up jets at high pseudorapidity with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (9), pp.580. </w:t></w:r><w:hyperlink r:id="rId1484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5081-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top quark spin observables in $t\bar{t}$ events using dilepton final states in $\sqrt{s} = 8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03, pp.113. </w:t></w:r><w:hyperlink r:id="rId1486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01431223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A measurement of the calorimeter response to single hadrons and determination of the jet energy scale uncertainty using LHC Run-1 $pp$-collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.26. </w:t></w:r><w:hyperlink r:id="rId1488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4580-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the production cross section of a $Z$ boson in association with jets in pp collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.361. </w:t></w:r><w:hyperlink r:id="rId1490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4900-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01472620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with a Higgs boson decaying to $b$-quarks in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.11-31. </w:t></w:r><w:hyperlink r:id="rId1492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for light-by-light scattering in heavy-ion collisions with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13, pp.852-858. </w:t></w:r><w:hyperlink r:id="rId1494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys4208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Transition Radiation Tracker in Run 1 of the LHC: tracker properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.P05002. </w:t></w:r><w:hyperlink r:id="rId1496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/05/P05002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01473734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of long-range azimuthal anisotropies and associated Fourier coefficients for $pp$ collisions at $\sqrt{s}=5.02$ and $13$ TeV and $p$+Pb collisions at $\sqrt{s_{\mathrm{NN}}}=5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bethani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.024808. </w:t></w:r><w:hyperlink r:id="rId1502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.024908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross section for inclusive isolated-photon production in $pp$ collisions at $\sqrt s=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.473-493. </w:t></w:r><w:hyperlink r:id="rId1504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01446587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W$ boson angular distributions in events with high transverse momentum jets at $\sqrt{s}=$ 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.132-153. </w:t></w:r><w:hyperlink r:id="rId1510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01370697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological cell clustering in the ATLAS calorimeters and its performance in LHC Run 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.490. </w:t></w:r><w:hyperlink r:id="rId1515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5004-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01286005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous electroweak production of $WW/WZ$ in association with a high-mass dijet system in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.032001. </w:t></w:r><w:hyperlink r:id="rId1518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.032001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $WW\gamma$ and $WZ\gamma$ production in $pp$ collisions at $\sqrt{s} = 8$ TeV and search for anomalous quartic gauge couplings with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (9), pp.646. </w:t></w:r><w:hyperlink r:id="rId1520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5180-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Track Reconstruction Algorithms in Dense Environments in LHC Run 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (10), pp.673. </w:t></w:r><w:hyperlink r:id="rId1522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5225-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Dark Matter Produced in Association with a Higgs Boson Decaying to $b\bar b$ using 36 fb$^{-1}$ of $pp$ collisions at $\sqrt s=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (18), pp.181804. </w:t></w:r><w:hyperlink r:id="rId1524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.181804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in events with an isolated lepton, jets, and missing transverse momentum at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (11), pp.112010. </w:t></w:r><w:hyperlink r:id="rId1526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.112010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in events with a Higgs or $Z$ boson, and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.006. </w:t></w:r><w:hyperlink r:id="rId1528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of charge and CP asymmetries in $b$-hadron decays using top-quark events collected by the ATLAS detector in $pp$ collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.071. </w:t></w:r><w:hyperlink r:id="rId1530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ZZ$ production cross section in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the $ZZ\to\ell^{-}\ell^{+}\ell^{\prime -}\ell^{\prime +}$ and $ZZ\to\ell^{-}\ell^{+}\nu\bar{\nu}$ channels with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 01, pp.099. </w:t></w:r><w:hyperlink r:id="rId1532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron efficiency measurements with the ATLAS detector using 2012 LHC proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.195. </w:t></w:r><w:hyperlink r:id="rId1534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4756-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the $ H\to b\overline{b} $ decay with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.024. </w:t></w:r><w:hyperlink r:id="rId1536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a scalar partner of the top quark in the jets plus missing transverse momentum final state at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.085. </w:t></w:r><w:hyperlink r:id="rId1538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for the $Z\gamma$ decay mode of the Higgs boson and for new high-mass resonances in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.112. </w:t></w:r><w:hyperlink r:id="rId1540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale measurements and their systematic uncertainties in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (7), pp.072002. </w:t></w:r><w:hyperlink r:id="rId1542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01498447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $b$-hadron pair production with the ATLAS detector in proton-proton collisions at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.062. </w:t></w:r><w:hyperlink r:id="rId1544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet $p_{\mathrm{T}}$ correlations in Pb+Pb and $pp$ collisions at $\sqrt{s_{\mathrm{NN}}}=$ 2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 774, pp.379-402. </w:t></w:r><w:hyperlink r:id="rId1546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.09.078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in a lepton plus high jet multiplicity final state with the ATLAS experiment using $ \sqrt{s}=13 $ TeV proton-proton collision data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.088. </w:t></w:r><w:hyperlink r:id="rId1548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of multi-particle azimuthal correlations in $pp$, $p+$Pb and low-multiplicity Pb$+$Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (6), pp.428. </w:t></w:r><w:hyperlink r:id="rId1550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4988-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-ET isolated-photon plus jets production in pp collisions at s√= 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 918, pp.257-316. </w:t></w:r><w:hyperlink r:id="rId1552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2017.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01407784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision measurement and interpretation of inclusive $W^+$, $W^-$ and $Z/\gamma^*$ production cross sections with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.367. </w:t></w:r><w:hyperlink r:id="rId1554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4911-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01414007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $\psi(2S)$ and $X(3872) \to J/\psi\pi^+\pi^-$ production in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 01, pp.117. </w:t></w:r><w:hyperlink r:id="rId1556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01390780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in final states with two same-sign or three leptons and jets using 36 fb$^{-1}$ of $\sqrt{s}=13$ TeV $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.084. </w:t></w:r><w:hyperlink r:id="rId1558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of vector-like top quarks in events with one lepton, jets, and missing transverse momentum in $ \sqrt{s}=13 $ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.052. </w:t></w:r><w:hyperlink r:id="rId1560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive and differential cross sections in the $H \rightarrow ZZ^* \rightarrow 4\ell$ decay channel in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.132. </w:t></w:r><w:hyperlink r:id="rId1562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the material of the ATLAS inner detector for Run 2 of the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JINST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.P12009. </w:t></w:r><w:hyperlink r:id="rId1564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/12/P12009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of lepton differential distributions and the top quark mass in $t\bar{t}$ production in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (11), pp.804. </w:t></w:r><w:hyperlink r:id="rId1566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5349-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the $Wtb$ vertex structure in $t$-channel single-top-quark production and decay in $pp$ collisions at $\sqrt{\mathrm{s}}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04, pp.124. </w:t></w:r><w:hyperlink r:id="rId1568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01478598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}Z$ and $t\bar{t}W$ production cross sections in multilepton final states using 3.2 fb$^{-1}$ of $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.40. </w:t></w:r><w:hyperlink r:id="rId1570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4574-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01361813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the $e\mu$ channel in $pp$ collisions at $\sqrt{s} = 13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.292. </w:t></w:r><w:hyperlink r:id="rId1572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4821-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01417857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top quark decays $t\rightarrow qH$, with $H\to\gamma\gamma$, in $\sqrt{s}=13$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.129. </w:t></w:r><w:hyperlink r:id="rId1574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $WW/WZ \to \ell \nu q q^{\prime}$ production with the hadronically decaying boson reconstructed as one or two jets in $pp$ collisions at $\sqrt{s}=8$ TeV with ATLAS, and constraints on anomalous gauge couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (8), pp.563. </w:t></w:r><w:hyperlink r:id="rId1576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5084-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of ordered hadron chains with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (9), pp.092008. </w:t></w:r><w:hyperlink r:id="rId1578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.092008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $k_\mathrm{t}$ splitting scales in $Z \to \ell\ell$ events in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08, pp.026. </w:t></w:r><w:hyperlink r:id="rId1580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01502809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the dimuon decay of the Higgs boson in $pp$ collisions at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (5), pp.051802. </w:t></w:r><w:hyperlink r:id="rId1582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the ATLAS Trigger System in 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.317. </w:t></w:r><w:hyperlink r:id="rId1585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4852-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01405489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W^+W^-$ production cross section in $pp$ collisions at a centre-of-mass energy of $\sqrt{s}$ = 13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 773, pp.354-374. </w:t></w:r><w:hyperlink r:id="rId1587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.08.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01471973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of algorithms that reconstruct missing transverse momentum in $\sqrt{s}=$ 8 TeV proton-proton collisions in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.241. </w:t></w:r><w:hyperlink r:id="rId1590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4780-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Top-quark mass measurement in the all-hadronic $t\bar{t}$ decay channel at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.118. </w:t></w:r><w:hyperlink r:id="rId1592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of detector-corrected observables sensitive to the anomalous production of events with jets and large missing transverse momentum in $pp$ collisions at $\mathbf {\sqrt{s}=13}$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (11), pp.765. </w:t></w:r><w:hyperlink r:id="rId1594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5315-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the cross-section for electroweak production of dijets in association with a Z boson in pp collisions at $\sqrt {s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775, pp.206-228. </w:t></w:r><w:hyperlink r:id="rId1596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.10.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in high-mass diphoton final states using 37 fb$^{-1}$ of proton--proton collisions collected at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775, pp.105-125. </w:t></w:r><w:hyperlink r:id="rId1598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.10.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ t\overline{t}\gamma $ production cross section in proton-proton collisions at $ \sqrt{s}=8 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.086. </w:t></w:r><w:hyperlink r:id="rId1600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavour-violating decays of the Higgs and Z bosons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.70. </w:t></w:r><w:hyperlink r:id="rId1602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4624-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01308047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in association with a Higgs boson decaying to two photons at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (11), pp.112004. </w:t></w:r><w:hyperlink r:id="rId1604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in dijet events using 37 fb$^{-1}$ of $pp$ collision data collected at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (5), pp.052004. </w:t></w:r><w:hyperlink r:id="rId1608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.052004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of heavy vector-like quarks decaying to high-p$_{T}$ W bosons and b quarks in the lepton-plus-jets final state in pp collisions at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.141. </w:t></w:r><w:hyperlink r:id="rId1610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with $b$-tagged jets and missing transverse momentum in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.195. </w:t></w:r><w:hyperlink r:id="rId1612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Drell-Yan triple-differential cross section in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.059. </w:t></w:r><w:hyperlink r:id="rId1614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2017)059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new high-mass phenomena in the dilepton final state using 36 fb$^{−1}$ of proton-proton collision data at $ \sqrt{s}=13 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10, pp.182. </w:t></w:r><w:hyperlink r:id="rId1616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s}=13$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.191. </w:t></w:r><w:hyperlink r:id="rId1618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2017)191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in final states with two leptons in $\sqrt{s} = 13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (12), pp.898. </w:t></w:r><w:hyperlink r:id="rId1620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5445-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the strong coupling constant $\alpha _\mathrm {s}$ from transverse energy–energy correlations in multijet events at $\sqrt{s} = 8~\hbox {TeV}$ using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur.Phys.J.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77 (12), pp.872. </w:t></w:r><w:hyperlink r:id="rId1622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5442-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of electroweak $Wjj$ production and constraints on anomalous gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.474. </w:t></w:r><w:hyperlink r:id="rId1624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5007-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01488965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet activity produced in top-quark events with an electron, a muon and two $b$-tagged jets in the final state in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.220. </w:t></w:r><w:hyperlink r:id="rId1626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4766-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01390854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W$ boson polarisation in $t\bar{t}$ events from $pp$ collisions at $\sqrt{s}$ = 8 TeV in the lepton+jets channel with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.264. </w:t></w:r><w:hyperlink r:id="rId1628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4819-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01412923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the prompt $J/\psi$ pair production cross-section in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.76. </w:t></w:r><w:hyperlink r:id="rId1630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4644-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01414001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter at $\sqrt{s}=13$ TeV in final states containing an energetic photon and large missing transverse momentum with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.393. </w:t></w:r><w:hyperlink r:id="rId1632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4965-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01507458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair to $Z$-boson cross-section ratios at $\sqrt s = 13, 8, 7$TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02, pp.117. </w:t></w:r><w:hyperlink r:id="rId1634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01415359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of forward-backward multiplicity correlations in lead-lead, proton-lead and proton-proton collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.064914. </w:t></w:r><w:hyperlink r:id="rId1636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.95.064914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive cross-sections of single top-quark and top-antiquark t-channel production in pp collisions at s√ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04, pp.086. </w:t></w:r><w:hyperlink r:id="rId1638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01366362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}W^{\pm}$ vector-boson scattering and limits on anomalous quartic gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.012007. </w:t></w:r><w:hyperlink r:id="rId1640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.012007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01394905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of primary vertices at the ATLAS experiment in Run 1 proton-proton collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.332. </w:t></w:r><w:hyperlink r:id="rId1642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4887-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01406313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Higgs Bosons $A/H$ Decaying to a Top Quark Pair in $pp$ Collisions at $\sqrt{s}=8\text{ }\text{ }\mathrm{TeV}$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (19), pp.191803. </w:t></w:r><w:hyperlink r:id="rId1644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.191803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to a $W$ or $Z$ boson and a Higgs boson in the $q\bar{q}^{(\prime)}b\bar{b}$ final state in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 774, pp.494-515. </w:t></w:r><w:hyperlink r:id="rId1646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.09.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross-sections in proton-proton collisions at $ \sqrt{s}=8 $ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morad Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brad Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovsat Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JHEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09, pp.020. </w:t></w:r><w:hyperlink r:id="rId1648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of charged-particle distributions sensitive to the underlying event in $\sqrt{s} = 13$ TeV proton-proton collisions with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1703, pp.157. </w:t></w:r><w:hyperlink r:id="rId1650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01441666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross section in the $\tau$ + jets final state in $pp$ collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.072003. </w:t></w:r><w:hyperlink r:id="rId1652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.072003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances decaying to a $W$ or $Z$ boson and a Higgs boson in the $\ell^+ \ell^- b\bar b$, $\ell \nu b\bar b$, and $\nu\bar{\nu} b\bar b$ channels with $pp$ collisions at $\sqrt s = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bourdarios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.32-52. </w:t></w:r><w:hyperlink r:id="rId1655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for triboson $W^{\pm}W^{\pm}W^{\mp}$ production in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.141. </w:t></w:r><w:hyperlink r:id="rId1657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4692-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of integrated and differential cross sections for isolated photon pair production in pp collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.112005. </w:t></w:r><w:hyperlink r:id="rId1659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01507438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new resonances in events with one lepton and missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.334-352. </w:t></w:r><w:hyperlink r:id="rId1661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.09.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the centrality dependence of the charged-particle pseudorapidity distribution in proton--lead collisions at $\sqrt{s_{_{\rm{NN}}}} = 5.02$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.199. </w:t></w:r><w:hyperlink r:id="rId1663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4002-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the production of single vector-like and excited quarks in the $Wt$ final state in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.110. </w:t></w:r><w:hyperlink r:id="rId1668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross-sections of prompt and non-prompt production of $J/\psi$ and $\psi(2\mathrm{S})$ in $pp$ collisions at $\sqrt{s} = 7$ and $8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.283. </w:t></w:r><w:hyperlink r:id="rId1671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4050-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01242737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of total and differential $W^+W^-$ production cross sections in proton-proton collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector and limits on anomalous triple-gauge-boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.029. </w:t></w:r><w:hyperlink r:id="rId1673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the dependence of transverse energy production at large pseudorapidity on the hard-scattering kinematics of proton-proton collisions at $\sqrt{s} = 2.76$ TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.10-28. </w:t></w:r><w:hyperlink r:id="rId1675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01236652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality, rapidity and transverse momentum dependence of isolated prompt photon production in lead-lead collisions at $\sqrt{s_{\mathrm{NN}}} = 2.76$ TeV measured with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.034914. </w:t></w:r><w:hyperlink r:id="rId1677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01169694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in a final state containing two photons and missing transverse momentum in $\sqrt{s}$ = 13 TeV $pp$ collisions at the LHC using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.517. </w:t></w:r><w:hyperlink r:id="rId1679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4344-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01339794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with an energetic jet and large missing transverse momentum in pp collisions at s√=13 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032005. </w:t></w:r><w:hyperlink r:id="rId1681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01308055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A measurement of material in the ATLAS tracker using secondary hadronic interactions in 7 TeV pp collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P11020. </w:t></w:r><w:hyperlink r:id="rId1683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/11/P11020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01366812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet activity in top quark events using the $e\mu$ final state with two $b$-tagged jets in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.074. </w:t></w:r><w:hyperlink r:id="rId1685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01340380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for scalar leptoquarks in pp collisions at s√=13 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18, pp.093016. </w:t></w:r><w:hyperlink r:id="rId1687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/18/9/093016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01318833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass new phenomena in the dilepton final state using proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.372-392. </w:t></w:r><w:hyperlink r:id="rId1689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $W^\pm Z$ production cross sections in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector and limits on anomalous gauge boson self-couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092004. </w:t></w:r><w:hyperlink r:id="rId1691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Inelastic Proton-Proton Cross Section at $\sqrt{s} = 13$ TeV with the ATLAS Detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.182002. </w:t></w:r><w:hyperlink r:id="rId1693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.182002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01329367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP-violating phase $\phi_s$ and the $B^0_s$ meson decay width difference with $B^0_s \to J/\psi\phi$ decays in ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.147. </w:t></w:r><w:hyperlink r:id="rId1695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01255785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of pile-up mitigation techniques for jets in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.581. </w:t></w:r><w:hyperlink r:id="rId1697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4395-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy long-lived charged R-hadrons with the ATLAS detector in 3.2 fb−1 of proton--proton collision data at s√=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.647-665. </w:t></w:r><w:hyperlink r:id="rId1699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01333217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charged-particle multiplicity inside jets from $\sqrt{s}=8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.322. </w:t></w:r><w:hyperlink r:id="rId1701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4126-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions in $\sqrt{s}=13$ TeV $pp$ interactions measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.67-88. </w:t></w:r><w:hyperlink r:id="rId1703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rare decays of B0s and B0 into muon pairs from data collected during the LHC Run 1 with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.513. </w:t></w:r><w:hyperlink r:id="rId1705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4338-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and constraints on its couplings from a combined ATLAS and CMS analysis of the LHC $pp$ collision data at $\sqrt{s}=$ 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.045. </w:t></w:r><w:hyperlink r:id="rId1707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance of the jet trigger for the ATLAS detector during 2011 data taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.526. </w:t></w:r><w:hyperlink r:id="rId1709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4325-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for strong gravity in multijet final states produced in pp collisions at $\sqrt{s} =$ 13 TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.026. </w:t></w:r><w:hyperlink r:id="rId1711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01240294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top-quark decays to $qZ$ in $pp$ collision data collected with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.12. </w:t></w:r><w:hyperlink r:id="rId1713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3851-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a hadronically decaying vector boson in pp collisions at $\sqrt(s)$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.251-268. </w:t></w:r><w:hyperlink r:id="rId1715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01352708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of hard double-parton scattering in four-jet events in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.110. </w:t></w:r><w:hyperlink r:id="rId1718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01352446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of high transverse momentum top quarks in pp collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.093. </w:t></w:r><w:hyperlink r:id="rId1720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01289306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addendum to ‘Measurement of the $t\overline{t}$ production cross-section using $e\mu $ events with $b$ -tagged jets in $pp$ collisions at $\sqrt{s}=7$ and 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.642. </w:t></w:r><w:hyperlink r:id="rId1722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4501-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01421334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with a photon and missing transverse momentum in pp collisions at s√=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.059. </w:t></w:r><w:hyperlink r:id="rId1724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for an excited muon decaying to a muon and two jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18, pp.073021. </w:t></w:r><w:hyperlink r:id="rId1727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/18/7/073021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01260361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct top squark pair production in final states with two tau leptons in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.81. </w:t></w:r><w:hyperlink r:id="rId1729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3897-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $ZZ$ Production Cross Section in $pp$ Collisions at $\sqrt{s}$ = 13 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.101801. </w:t></w:r><w:hyperlink r:id="rId1731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.101801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01245323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of exclusive $\gamma\gamma\rightarrow W^+W^-$ production and search for exclusive Higgs boson production in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bethani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032011. </w:t></w:r><w:hyperlink r:id="rId1733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson produced in association with a vector boson and decaying into a tau pair in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092005. </w:t></w:r><w:hyperlink r:id="rId1735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01235322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive isolated prompt photon cross section in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.005. </w:t></w:r><w:hyperlink r:id="rId1737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01314865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in diphoton events at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.001. </w:t></w:r><w:hyperlink r:id="rId1739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for prompt lepton-jets in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.062. </w:t></w:r><w:hyperlink r:id="rId1741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01230188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top-quark pair production in the lepton-plus-jets final state in $pp$ collision data at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.87. </w:t></w:r><w:hyperlink r:id="rId1743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3910-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01196068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson produced by vector-boson fusion in 8 TeV pp collisions and decaying to bottom quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.112. </w:t></w:r><w:hyperlink r:id="rId1745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of boosted, hadronically decaying W bosons and comparisons with ATLAS data taken at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.154. </w:t></w:r><w:hyperlink r:id="rId1747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3978-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01218342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1748" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and coupling strengths using $pp$ collision data at $\sqrt{s}=7$ and $8$ TeV in the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.6. </w:t></w:r><w:hyperlink r:id="rId1749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3769-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dijet production in $\sqrt{s}=7$ TeV $pp$ collisions with large rapidity gaps at the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.214-234. </w:t></w:r><w:hyperlink r:id="rId1751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01223673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonances in the mass distribution of jet pairs with one or two jets identified as $b$-jets in proton--proton collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.229-246. </w:t></w:r><w:hyperlink r:id="rId1753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01298161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark matter interpretations of ATLAS searches for the electroweak production of supersymmetric particles in $\sqrt{s} = 8$ TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.175. </w:t></w:r><w:hyperlink r:id="rId1755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $b\overline{b}$ dijet cross section in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.670. </w:t></w:r><w:hyperlink r:id="rId1757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4521-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1758" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a vector-like quark via a heavy gluon in the $4b$ final state with the ATLAS detector in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.249-268. </w:t></w:r><w:hyperlink r:id="rId1759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the double-differential high-mass Drell-Yan cross section in pp collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.009. </w:t></w:r><w:hyperlink r:id="rId1761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total cross section from elastic scattering in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.158-178. </w:t></w:r><w:hyperlink r:id="rId1763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $D^{*\pm}$, $D^\pm$ and $D_s^\pm$ meson production cross sections in $pp$ collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 907, pp.717-763. </w:t></w:r><w:hyperlink r:id="rId1765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2016.04.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01241140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of CP Invariance in vector-boson fusion production of the Higgs boson using the Optimal Observable method in the ditau decay channel with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.658. </w:t></w:r><w:hyperlink r:id="rId1767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4499-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of hadronic decay products of tau leptons with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.295. </w:t></w:r><w:hyperlink r:id="rId1769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4110-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible decays of a Higgs boson using vector-boson fusion in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.172. </w:t></w:r><w:hyperlink r:id="rId1771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in different-flavour high-mass dilepton final states in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.541. </w:t></w:r><w:hyperlink r:id="rId1773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4385-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for an additional, heavy Higgs boson in the $H\rightarrow ZZ$ decay channel at $\sqrt{s}$ = 8 TeV in $pp$ collision data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.45. </w:t></w:r><w:hyperlink r:id="rId1775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3820-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01179261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena with photon+jet events in proton-proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.041. </w:t></w:r><w:hyperlink r:id="rId1777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for TeV-scale gravity signatures in high-mass final states with leptons and jets with the ATLAS detector at $\sqrt{s}=13$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.520-537. </w:t></w:r><w:hyperlink r:id="rId1779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muon reconstruction performance of the ATLAS detector in proton--proton collision data at s√=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.292. </w:t></w:r><w:hyperlink r:id="rId1781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4120-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for gluinos in events with an isolated lepton, jets and missing transverse momentum at $\sqrt{s}$ = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.565. </w:t></w:r><w:hyperlink r:id="rId1783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4397-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the relative width difference of the $B^0$-$\bar B^0$ system with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.081. </w:t></w:r><w:hyperlink r:id="rId1785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01321141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy diboson resonances in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.173. </w:t></w:r><w:hyperlink r:id="rId1787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01332498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminosity determination in pp collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.653. </w:t></w:r><w:hyperlink r:id="rId1789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4466-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squarks in final states with one isolated lepton, jets, and missing transverse momentum in $\sqrt{s}=13$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052009. </w:t></w:r><w:hyperlink r:id="rId1791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson decaying into bb¯ produced in association with top quarks decaying hadronically in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 05, pp.160. </w:t></w:r><w:hyperlink r:id="rId1793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2016)160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01302317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of event-shape observables in $Z \to \ell^{+} \ell^{-}$ events in $pp$ collisions at $\sqrt{s}=7$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.375. </w:t></w:r><w:hyperlink r:id="rId1795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4176-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry at $\sqrt{s}=13$ TeV in final states with jets and two same-sign leptons or three leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.259. </w:t></w:r><w:hyperlink r:id="rId1797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4095-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Higgs boson produced in association with a $W$ boson and decaying to four $b$-quarks via two spin-zero particles in $pp$ collisions at 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.605. </w:t></w:r><w:hyperlink r:id="rId1799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4418-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for top squarks with R-parity-violating decays to all-hadronic final states with the ATLAS detector in $\sqrt{s}$ = 8 TeV proton-proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 06, pp.067. </w:t></w:r><w:hyperlink r:id="rId1801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01265314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar{t}\to$ dilepton channel from $\sqrt{s}=8$ TeV ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.350-371. </w:t></w:r><w:hyperlink r:id="rId1803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the charge asymmetry in top-quark pair production in the dilepton final state at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.032006 </w:t></w:r><w:hyperlink r:id="rId1805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Minimal Supersymmetric Standard Model Higgs bosons $H/A$ and for a $Z^{\prime}$ boson in the $\tau \tau$ final state produced in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.585. </w:t></w:r><w:hyperlink r:id="rId1807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4400-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross-section of a single top quark in association with a $W$ boson at 8 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.064. </w:t></w:r><w:hyperlink r:id="rId1809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Long-Range Elliptic Azimuthal Anisotropies in s√=13 and 2.76 TeV pp Collisions with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.172301. </w:t></w:r><w:hyperlink r:id="rId1811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.172301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of jet charge in dijet events from sqrt(s)=8 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052003. </w:t></w:r><w:hyperlink r:id="rId1813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter produced in association with a Higgs boson decaying to two bottom quarks in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.072007. </w:t></w:r><w:hyperlink r:id="rId1815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.072007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01219097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in events with hadronically decaying tau leptons, jets and missing transverse momentum in proton-proton collisions at $\sqrt{s}=13$ TeV recorded with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.683. </w:t></w:r><w:hyperlink r:id="rId1817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4481-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous couplings in the $Wtb$ vertex from the measurement of double differential angular decay rates of single top quarks produced in the $t$-channel with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.023. </w:t></w:r><w:hyperlink r:id="rId1819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons produced in association with a top quark and decaying via $H^{\pm} \rightarrow \tau\nu$ using $pp$ collision data recorded at $\sqrt{s} = 13$ TeV by the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.555-574. </w:t></w:r><w:hyperlink r:id="rId1821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^{\pm}$ and $Z$-boson production cross sections in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.601-621. </w:t></w:r><w:hyperlink r:id="rId1823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of Higgs bosons in the $b\bar{b}b\bar{b}$ final state using proton--proton collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052002 </w:t></w:r><w:hyperlink r:id="rId1825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01332495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1826" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the $B_c^+ \to J/\psi D_s^+$ and $B_c^+ \to J/\psi D_s^{*+}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.4. </w:t></w:r><w:hyperlink r:id="rId1827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3743-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for charged Higgs bosons in the $H^{\pm} \rightarrow tb$ decay channel in $pp$ collisions at $\sqrt{s} = 8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03, pp.127. </w:t></w:r><w:hyperlink r:id="rId1829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01242741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1830" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for scalar leptoquarks in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.5. </w:t></w:r><w:hyperlink r:id="rId1831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3823-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1832" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in highly boosted top-quark pair production in $\sqrt{s} =$ 8 TeV $pp$ collision data collected by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.52-71. </w:t></w:r><w:hyperlink r:id="rId1833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for single top-quark production in the $s$-channel in proton-proton collisions at $\sqrt{s}=$8 TeV with the ATLAS detector using the Matrix Element Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 756, pp.228-246. </w:t></w:r><w:hyperlink r:id="rId1835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01231360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions at low transverse momentum in $\sqrt{s}$=13 TeV pp interactions measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.502. </w:t></w:r><w:hyperlink r:id="rId1837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01326890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1838" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the angular coefficients in $Z$-boson events using electron and muon pairs from data taken at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.159. </w:t></w:r><w:hyperlink r:id="rId1839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01326882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for magnetic monopoles and stable particles with high electric charges in 8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052009. </w:t></w:r><w:hyperlink r:id="rId1841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing lepton flavour violation via neutrinoless $\tau\longrightarrow 3\mu$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.232. </w:t></w:r><w:hyperlink r:id="rId1843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4041-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01256579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of top-quark pair differential cross-sections in the lepton+jets channel in $pp$ collisions at $\sqrt{s}=8$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.538. </w:t></w:r><w:hyperlink r:id="rId1845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4366-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01229764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the photon identification efficiencies with the ATLAS detector using LHC Run-1 data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.666. </w:t></w:r><w:hyperlink r:id="rId1847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4507-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for metastable heavy charged particles with large ionization energy loss in pp collisions at s√=13 TeV using the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.112015. </w:t></w:r><w:hyperlink r:id="rId1849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.112015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01303450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $W^{\pm}Z$ boson pair-production cross section in $pp$ collisions at $\sqrt{s}=13$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId1851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of $Z\gamma$ and $Z\gamma\gamma$ production in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.112002. </w:t></w:r><w:hyperlink r:id="rId1853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.112002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of fiducial differential cross sections of gluon-fusion production of Higgs bosons decaying to $WW^{\ast}{\rightarrow\,}e\nu\mu\nu$ with the ATLAS detector at $\sqrt{s}=8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Berlendis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.104. </w:t></w:r><w:hyperlink r:id="rId1855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}$ production cross-section using $e\mu$ events with b-tagged jets in pp collisions at $\sqrt{s}$=13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.136-157. </w:t></w:r><w:hyperlink r:id="rId1857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.08.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01329377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the electroweak production of supersymmetric particles in $\sqrt{s}$=8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052002. </w:t></w:r><w:hyperlink r:id="rId1859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beam-induced and cosmic-ray backgrounds observed in the ATLAS detector during the LHC 2012 proton-proton running period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P05013. </w:t></w:r><w:hyperlink r:id="rId1861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/05/P05013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01295445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to distinguish hadronically decaying boosted $Z$ bosons from $W$ bosons using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.238. </w:t></w:r><w:hyperlink r:id="rId1863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4065-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01200690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for bottom squark pair production in proton--proton collisions at $\sqrt{s}=$13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.547. </w:t></w:r><w:hyperlink r:id="rId1865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4382-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in dijet mass and angular distributions from pp collisions at √s = 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Camincher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.302-322. </w:t></w:r><w:hyperlink r:id="rId1867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01238718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs and $Z$ Boson Decays to $\phi\,\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.111802. </w:t></w:r><w:hyperlink r:id="rId1869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.111802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01345005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1870" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of gluinos decaying via stop and sbottom in events with $b$-jets and large missing transverse momentum in $pp$ collisions at $\sqrt{s} = 13$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abeloos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94 (3), pp.032003. </w:t></w:r><w:hyperlink r:id="rId1871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.032003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1872" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into $Wb$ in $pp$ collisions at $\sqrt{s} =$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.442. </w:t></w:r><w:hyperlink r:id="rId1873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4281-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01276335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum and $\phi^*_{\eta}$ distributions of Drell-Yan lepton pairs in proton-proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.291. </w:t></w:r><w:hyperlink r:id="rId1875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4070-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01239667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in final states with large jet multiplicities and missing transverse momentum with ATLAS using $\sqrt{s} =13$ TeV proton--proton collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.334-355. </w:t></w:r><w:hyperlink r:id="rId1877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charged-particle distributions in $pp$ interactions at $\sqrt{s}=8$ TeV measured with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.403. </w:t></w:r><w:hyperlink r:id="rId1879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4203-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01290226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with at least three photons collected in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.210. </w:t></w:r><w:hyperlink r:id="rId1881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4034-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of searches for $WW$, $WZ$, and $ZZ$ resonances in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.285-305. </w:t></w:r><w:hyperlink r:id="rId1883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01245326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a high-mass Higgs boson decaying to a W boson pair in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.032. </w:t></w:r><w:hyperlink r:id="rId1885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on non-Standard Model Higgs boson interactions in an effective Lagrangian using differential cross sections measured in the $H \rightarrow \gamma\gamma$ decay channel at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.69-85. </w:t></w:r><w:hyperlink r:id="rId1887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.11.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1888" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross-section of highly boosted top quarks as a function of their transverse momentum in $\sqrt{s}$ = 8 TeV proton-proton collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.032009 </w:t></w:r><w:hyperlink r:id="rId1889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.032009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1890" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the correlations between the polar angles of leptons from top quark decays in the helicity basis at $\sqrt{s}=7$TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.012002 </w:t></w:r><w:hyperlink r:id="rId1891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01220806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of $b$-Jet Identification in the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P04008. </w:t></w:r><w:hyperlink r:id="rId1893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/04/P04008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1894" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of four-lepton production in $pp$ collisions at $\sqrt{s}=$ 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.552-572. </w:t></w:r><w:hyperlink r:id="rId1895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.12.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1896" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of fiducial cross-sections for $t\bar{t}$ production with one or two additional $b$-jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.11. </w:t></w:r><w:hyperlink r:id="rId1897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3852-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single top-quark production via flavour changing neutral currents at 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.55. </w:t></w:r><w:hyperlink r:id="rId1899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3876-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01191610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of $W^+W^-$ production in association with one jet in proton--proton collisions at $\sqrt{s} =8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alstaty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calandri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.P. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.114-133. </w:t></w:r><w:hyperlink r:id="rId1901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1902" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top quark pair differential cross-sections in the dilepton channel in $pp$ collisions at $\sqrt{s}$ = 7 and 8 TeV with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska-Blenessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Elles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.092003. </w:t></w:r><w:hyperlink r:id="rId1903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.092003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1904" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for squarks and gluinos in final states with jets and missing transverse momentum at s√= 13 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aaboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.392. </w:t></w:r><w:hyperlink r:id="rId1905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4184-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01315392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1906" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum, rapidity, and centrality dependence of inclusive charged-particle production in $\sqrt{s_{NN}}=5.02$ TeV p+Pb collisions measured by the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.313-336. </w:t></w:r><w:hyperlink r:id="rId1907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01319815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Nuclear Modification Factor for Jets in Pb+Pb Collisions at $\sqrt{s_{\mathrm{NN}}}=2.76$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (7), pp.072302. </w:t></w:r><w:hyperlink r:id="rId1909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.072302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01081855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1910" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential top-antitop cross-section measurements as a function of observables constructed from final-state particles using pp collisions at $\sqrt{s}=7$ TeV in the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (6), pp.100. </w:t></w:r><w:hyperlink r:id="rId1911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2015)100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01119338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1912" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton-flavour-violating $H\to\mu\tau$ decays of the Higgs boson with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.211. </w:t></w:r><w:hyperlink r:id="rId1913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1914" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $WW+WZ$ cross section and limits on anomalous triple gauge couplings using final states with one lepton, missing transverse momentum, and two jets with the ATLAS detector at $\sqrt{\rm{s}} = 7$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.049. </w:t></w:r><w:hyperlink r:id="rId1915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2015)049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01078102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1916" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$Z$ boson production in $p+$Pb collisions at $\sqrt{s_{NN}}=5.02$ TeV measured with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.044915. </w:t></w:r><w:hyperlink r:id="rId1917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.92.044915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01179620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1918" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of transverse energy-energy correlations in multi-jet events in $pp$ collisions at $\sqrt{s} = 7$ TeV using the ATLAS detector and determination of the strong coupling constant $\alpha_{\mathrm{s}}(m_Z)$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 750, pp.427-447. </w:t></w:r><w:hyperlink r:id="rId1919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.09.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01185505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1920" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential $J/\psi$ production cross-sections and forward-backward ratio in p+Pb collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.034904. </w:t></w:r><w:hyperlink r:id="rId1921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.92.034904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01158435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1922" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the W production cross sections in association with jets with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (2), pp.82. </w:t></w:r><w:hyperlink r:id="rId1923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3262-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01070669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1924" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of charged-particle spectra in Pb+Pb collisions at sNN−−−√=2.76 TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 09, pp.050. </w:t></w:r><w:hyperlink r:id="rId1925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2015)050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1926" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant diboson production in the $\ell\ell q\bar{q}$ final state in pp collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (2), pp.69. </w:t></w:r><w:hyperlink r:id="rId1927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3261-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01067117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1928" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Z→ττ processes in ATLAS with τ-embedded Z→μμ data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.P09018. </w:t></w:r><w:hyperlink r:id="rId1929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/10/09/P09018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01165461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1930" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the Standard Model Higgs boson produced in association with top quarks and decaying into $b\bar{b}$ in pp collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.349. </w:t></w:r><w:hyperlink r:id="rId1931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3543-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01133670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1932" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs bosons decaying to $aa$ in the $\mu\mu\tau\tau$ final state in $pp$ collisions at $\sqrt{s} = $ 8 TeV with the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 95, pp.052002. </w:t></w:r><w:hyperlink r:id="rId1933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01150325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1934" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Total and Differential Higgs Boson Production Cross Sections Combining the H→γγ and H→ZZ∗→4ℓ Decay Channels at s√=8 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115, pp.091801. </w:t></w:r><w:hyperlink r:id="rId1935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.091801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01144921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1936" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for the Higgs-boson Yukawa coupling to tau leptons with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (4), pp.117. </w:t></w:r><w:hyperlink r:id="rId1937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2015)117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01107540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1938" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous production of prompt same-sign lepton pairs and pair-produced doubly charged Higgs bosons with $\sqrt{s} = 8$ TeV $pp$ collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abdel Khalek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Abdinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (3), pp.41. </w:t></w:r><w:hyperlink r:id="rId1940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2015)041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01090112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1941" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the spin and parity of the Higgs boson in diboson decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.476. </w:t></w:r><w:hyperlink r:id="rId1942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3685-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01165472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1943" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with a photon and missing transverse momentum in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (1), pp.012008. </w:t></w:r><w:hyperlink r:id="rId1944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.012008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01081170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1945" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the $X_b$ and other hidden-beauty states in the $\pi^+ \pi^- \Upsilon(1 \rm S)$ channel at ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 740, pp.199-217. </w:t></w:r><w:hyperlink r:id="rId1946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.11.055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01075723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1947" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for type-III Seesaw heavy leptons in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.032001. </w:t></w:r><w:hyperlink r:id="rId1948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.032001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1949" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on new phenomena via Higgs boson couplings and invisible decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.206. </w:t></w:r><w:hyperlink r:id="rId1950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01192695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1951" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass in the $t\bar t \to {\rm lepton+jets}$ and $t\bar t \to {\rm dilepton}$ channels using $\sqrt{s}=7$ TeV ATLAS data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.330. </w:t></w:r><w:hyperlink r:id="rId1952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3544-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01133668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1953" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of events with $b$-jets and a pair of leptons of the same charge in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.150. </w:t></w:r><w:hyperlink r:id="rId1954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1955" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Measurement of the Higgs Boson Mass in $pp$ Collisions at $\sqrt{s}=7$ and 8 TeV with the ATLAS and CMS Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.191803. </w:t></w:r><w:hyperlink r:id="rId1956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.191803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01136505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1957" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson pair production in the $b\bar{b} b\bar{b}$ final state from $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.412. </w:t></w:r><w:hyperlink r:id="rId1958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3628-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01158913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1959" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass diboson resonances with boson-tagged jets in proton-proton collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.055. </w:t></w:r><w:hyperlink r:id="rId1960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01159301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1961" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived, weakly interacting particles that decay to displaced hadronic jets in proton-proton collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (1), pp.012010. </w:t></w:r><w:hyperlink r:id="rId1962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.012010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01142367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1963" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $W' \rightarrow tb \rightarrow qqbb$ decays in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (4), pp.165. </w:t></w:r><w:hyperlink r:id="rId1964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3372-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01054309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1965" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair-produced long-lived neutral particles decaying to jets in the ATLAS hadronic calorimeter in pp collisions at s√ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 743, pp.15-34. </w:t></w:r><w:hyperlink r:id="rId1966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01104690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1967" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints of the off-shell Higgs boson signal strength in the high-mass $ZZ$ and $WW$ final states with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.335. </w:t></w:r><w:hyperlink r:id="rId1968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3542-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01122472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1969" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-particle Bose-Einstein correlations in $pp$ collisions at $\mathbf {\sqrt{s} =}$ 0.9 and 7 TeV measured with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.466. </w:t></w:r><w:hyperlink r:id="rId1970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3644-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01121521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1971" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for metastable heavy charged particles with large ionisation energy loss in pp collisions at s√ = 8 TeV using the ATLAS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.407. </w:t></w:r><w:hyperlink r:id="rId1972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3609-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1973" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the branching ratio $\Gamma(\Lambda_b^0 \rightarrow \psi(2S)\Lambda^0)/\Gamma(\Lambda_b^0 \rightarrow J/\psi\Lambda^0)$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 751, pp.63-80. </w:t></w:r><w:hyperlink r:id="rId1974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01181351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1975" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the top quark branching ratios into channels with leptons and quarks with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072005. </w:t></w:r><w:hyperlink r:id="rId1976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01164723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1977" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top pair production cross-section in 8 TeV proton-proton collisions using kinematic information in the lepton+jets final state with ATLAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (11), pp.112013. </w:t></w:r><w:hyperlink r:id="rId1978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.112013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1979" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events containing a same-flavour opposite-sign dilepton pair, jets, and large missing transverse momentum in $\sqrt{s}=8$ TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.318. </w:t></w:r><w:hyperlink r:id="rId1980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3518-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01130581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1981" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production and lepton charge asymmetry of $\textit{W}$ bosons in Pb+Pb collisions at $\sqrt{s_{\mathrm{\mathbf{NN}}}}=$ 2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId1982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3231-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01056937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1983" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive supersymmetric particles decaying to many jets using the ATLAS detector in $pp$ collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (11), pp.112016. </w:t></w:r><w:hyperlink r:id="rId1984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.112016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01118792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1985" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of the searches for squarks and gluinos using $\sqrt{s}$ = 8 TeV pp collisions with the ATLAS experiment at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.054. </w:t></w:r><w:hyperlink r:id="rId1986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1987" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new light gauge bosons in Higgs boson decays to four-lepton final states in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.092001. </w:t></w:r><w:hyperlink r:id="rId1988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01157950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1989" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of the ATLAS experiment's sensitivity to supersymmetry after LHC Run 1 - interpreted in the phenomenological MSSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.134. </w:t></w:r><w:hyperlink r:id="rId1990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1991" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a new resonance decaying to a $W$ or $Z$ boson and a Higgs boson in the $\ell \ell/ \ell \nu/ \nu \nu + b \bar{b}$ final states with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (6), pp.263. </w:t></w:r><w:hyperlink r:id="rId1992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3474-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01138053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1993" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for production of vector-like quark pairs and of four top quarks in the lepton-plus-jets final state in pp collisions at s√=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.105. </w:t></w:r><w:hyperlink r:id="rId1994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01153685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1995" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos with the ATLAS detector in pp collisions at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 07, pp.162. </w:t></w:r><w:hyperlink r:id="rId1996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2015)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01166353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1997" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for flavour-changing neutral current top quark decays $t\to Hq$ in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.061. </w:t></w:r><w:hyperlink r:id="rId1998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01202985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1999" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top-quark mass in the fully hadronic decay channel from ATLAS data at $\sqrt{s}=7$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Clémens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (4), pp.158. </w:t></w:r><w:hyperlink r:id="rId2002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3373-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01060227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2003" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and measurements of the production of prompt and non-prompt $J/\psi$ mesons in association with a $Z$ boson in $pp$ collisions at $\sqrt{s}= 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.229. </w:t></w:r><w:hyperlink r:id="rId2004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3406-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01097769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2005" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for invisible decays of the Higgs boson produced in association with a hadronically decaying vector boson in pp collisions at s√ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.337. </w:t></w:r><w:hyperlink r:id="rId2006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3551-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01143440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of a chargino and a neutralino decaying to the 125 GeV Higgs boson in $\sqrt{s}$ = 8 TeV pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.208. </w:t></w:r><w:hyperlink r:id="rId2008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3408-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01110836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2009" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for low-scale gravity signatures in multi-jet final states with the ATLAS detector at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 07, pp.032. </w:t></w:r><w:hyperlink r:id="rId2010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2015)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01138051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2011" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous measurements of the $t\bar{t}$, $W^+W^-$, and $Z/\gamma^{*}\rightarrow\tau\tau$ production cross-sections in $pp$ collisions at $\sqrt{s} = 7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (5), pp.052005. </w:t></w:r><w:hyperlink r:id="rId2012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.052005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01024304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2013" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in dileptonic decays of top quark pairs in pp collisions at s√=7 TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abdel Khalek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (5), pp.61. </w:t></w:r><w:hyperlink r:id="rId2014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2015)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01112063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2015" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation and measurement of Higgs boson decays to $WW^{\ast}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.012006. </w:t></w:r><w:hyperlink r:id="rId2016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01092569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2017" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Higgs boson production and couplings in the four-lepton channel in pp collisions at center-of-mass energies of 7 and 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (1), pp.012006. </w:t></w:r><w:hyperlink r:id="rId2018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01057655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2019" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Heavy Neutral Particle Decaying to eμ, eτ, or μτ in pp Collisions at s√=8 TeV with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115, pp.031801. </w:t></w:r><w:hyperlink r:id="rId2020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.031801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2021" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality and rapidity dependence of inclusive jet production in $\sqrt{s_\mathrm{NN}} = 5.02$ TeV proton--lead collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 748, pp.392-413. </w:t></w:r><w:hyperlink r:id="rId2022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.07.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01095077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2023" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of colour flow with the jet pull angle in tt¯ events using the ATLAS detector at s√=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 750, pp.475-493. </w:t></w:r><w:hyperlink r:id="rId2024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.09.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01165470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2025" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and energy calibration of hadronically decaying tau leptons with the ATLAS experiment in $pp$ collisions at $\sqrt{s}$=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.303. </w:t></w:r><w:hyperlink r:id="rId2026" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3500-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01098160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2027" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in events with heavy quarks and missing transverse momentum in pp collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (2), pp.92. </w:t></w:r><w:hyperlink r:id="rId2028" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3306-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2027" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01075735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2029" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross-section in proton-proton collisions at $\sqrt{s}=7$ TeV using 4.5 fb$^{-1}$ of data with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (02), pp.153. </w:t></w:r><w:hyperlink r:id="rId2030" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2015)153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2029" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01079524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2031" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of $(W/Z)H$ production and Higgs boson couplings using $H \rightarrow WW^{\ast}$ decays with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.137. </w:t></w:r><w:hyperlink r:id="rId2032" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2031" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01166707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2033" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a CP-odd Higgs boson decaying to $Zh$ in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 744, pp.163-183. </w:t></w:r><w:hyperlink r:id="rId2034" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.03.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2033" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01117382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2035" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for s-channel single top-quark production in proton-proton collisions at $\sqrt{s}$=8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Clémens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 740, pp.118-136. </w:t></w:r><w:hyperlink r:id="rId2036" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2014.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2035" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01071039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2037" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search For Higgs Boson Pair Production in the gamma gamma b bbar Final State using pp Collision Data at sqrt(s)=8 TeV from the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (8), pp.081802. </w:t></w:r><w:hyperlink r:id="rId2038" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.081802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2037" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01024295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2039" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse polarization of $\Lambda$ and $\bar{\Lambda}$ hyperons produced in proton--proton collisions at $\sqrt{s}=7$ TeV using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.032004. </w:t></w:r><w:hyperlink r:id="rId2040" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.91.032004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2039" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01091281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2041" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy measurement and its systematic uncertainty in proton-proton collisions at $\sqrt{s}=7$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2042" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Buat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2043" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.17. </w:t></w:r><w:hyperlink r:id="rId2044" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-014-3190-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2041" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01003959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2045" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for photonic signatures of gauge-mediated supersymmetry in 8 TeV $pp$ collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Becot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072001. </w:t></w:r><w:hyperlink r:id="rId2046" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2045" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01178858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2047" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for Higgs boson pair production in the $hh\to bb\tau\tau, \gamma\gamma WW*, \gamma\gamma bb, bbbb$ channels with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.092004. </w:t></w:r><w:hyperlink r:id="rId2048" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.092004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2047" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2049" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for pair production of a new heavy quark that decays into a $W$ boson and a light quark in $pp$ collisions at $\sqrt{s} = 8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.112007. </w:t></w:r><w:hyperlink r:id="rId2050" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.112007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2049" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2051" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of four-jet differential cross sections in $\sqrt{s}=8$ TeV proton--proton collisions using the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bassalat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bécot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.105. </w:t></w:r><w:hyperlink r:id="rId2052" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2051" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01205226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2053" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs and $Z$ Boson Decays to $J/\psi\gamma$ and $\Upsilon(nS)\gamma$ with the ATLAS Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (12), pp.121801. </w:t></w:r><w:hyperlink r:id="rId2054" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.121801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2053" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01103567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2055" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the correlation between flow harmonics of different order in lead-lead collisions at $\sqrt{s_{NN}}$=2.76 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.034903. </w:t></w:r><w:hyperlink r:id="rId2056" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.92.034903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2055" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01139769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2057" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the top-quark pole mass using $t \bar{t}+1$-jet events collected with the ATLAS experiment in 7 TeV $pp$ collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10, pp.121. </w:t></w:r><w:hyperlink r:id="rId2058" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2015)121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2057" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01173977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2059" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for W′→tb¯ in the lepton plus jets final state in proton-proton collisions at a centre-of-mass energy of √s = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 743, pp.235-255. </w:t></w:r><w:hyperlink r:id="rId2060" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.02.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2059" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01075729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2061" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the $t\bar{t}W$ and $t\bar{t}Z$ production cross sections in $pp$ collisions at $\sqrt{s} = 8 \mathrm{\ Te\kern -0.1em V}$ with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Delsart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.172. </w:t></w:r><w:hyperlink r:id="rId2062" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2061" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01201768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2063" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for heavy long-lived charged particles with the ATLAS detector in proton-proton collisions at $\sqrt{s}$ = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (1), pp.68. </w:t></w:r><w:hyperlink r:id="rId2064" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2015)068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2063" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01088470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2065" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of $W\gamma\gamma$ production in $pp$ collisions at $\sqrt{s}=8$ TeV and limits on anomalous quartic gauge couplings with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 115 (3), pp.031802. </w:t></w:r><w:hyperlink r:id="rId2066" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2065" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01130586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2067" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a Charged Higgs Boson Produced in the Vector-boson Fusion Mode with Decay $H^\pm \to W^\pm Z$ using $pp$ Collisions at $\sqrt{s}=8$ TeV with the ATLAS Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (23), pp.231801. </w:t></w:r><w:hyperlink r:id="rId2068" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.231801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2067" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2069" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for production of $WW/WZ$ resonances decaying to a lepton, neutrino and jets in $pp$ collisions at $\sqrt{s}$ = 8 TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barbero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Diaconu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75 (5), pp.209. </w:t></w:r><w:hyperlink r:id="rId2070" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3425-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2069" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01132374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2071" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new phenomena in events with three or more charged leptons in $pp$ collisions at $\sqrt{s}=8$ TeV with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 08, pp.138. </w:t></w:r><w:hyperlink r:id="rId2072" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2015)138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2071" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01081858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2073" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATLAS Run 1 searches for direct pair production of third-generation squarks at the Large Hadron Collider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crépé-Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.510. </w:t></w:r><w:hyperlink r:id="rId2074" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3726-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2073" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01169690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2075" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the data processing & Run-by-Run simulations in KM3NeT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2076" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sinopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2077" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieke Bouwhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2078" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Distefano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2079" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi A Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2080" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Lastoria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Computing in High Energy and Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Krakow, Poland. pp.01046, </w:t></w:r><w:hyperlink r:id="rId2081" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202533701046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2075" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2082" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the potential of KM3NeT in detecting core-collapse supernovae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2083" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2084" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2085" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2086" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2087" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2082" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2088" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising Candidate Blazar Counterparts of the Ultra-High-Energy Event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2088" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2089" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining gamma-ray burst parameters with the first ultra-high energy neutrino event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Alshalloudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2089" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2090" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Potential Galactic Origin of the Ultra-High-Energy Event KM3-230213A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Adriani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Aiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.R Alhebsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Alshamsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2090" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2091" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A precise determination of the strong-coupling constant from the recoil of $Z$ bosons with the ATLAS experiment at $\sqrt{s} = 8$ TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2091" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2092" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of longitudinal flow decorrelations in $pp$ and Xe+Xe collisions with the ATLAS detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Braden Keim Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kira Abeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Julius Abicht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haider Abidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2092" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2093" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Design Report for the Phase-II Upgrade of the ATLAS TDAQ System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2094" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dartsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERN-LHCC-2017-020, CERN. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2093" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId2095" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical Design Report for the ATLAS inner Tracker pixel detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2096" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.G. Allemandou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId2097" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Barroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Burger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ATLAS-TDR-030, CERN. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId2095" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId2098"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Adriani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R Alhebsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alshalloudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Alshamsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2026)080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120520v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Aiello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171097" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659555v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Aad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braden Keim Abbott" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Abeling" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Julius Abicht" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Abidi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)053" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829671v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/02/073" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077722v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2025)142" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556353v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erlend Aakvaag" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13701-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.09.010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039109v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14513-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.10.001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679055v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelhameed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.012012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660031v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)045" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024800v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2025)034" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660011v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13740-x" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538151v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.11.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953590v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139680" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758064v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139472" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806442v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/058" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917600v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833777v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13916-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.09.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726010v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)084" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660030v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14409-1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556358v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.12.003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944817v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08543-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954057v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves Garre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)213" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556369v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.12.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660012v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13924-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805571v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14232-8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761373v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)193" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726015v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)075" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758065v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/w8hh-xf24" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710147v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.052006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)086" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679053v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.044909" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660008v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139137" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660003v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13715-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975438v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02347-z" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726675v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/039" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958853v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adcc29" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592124v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-024-00128-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455707v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14062-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833776v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139277" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777125v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109660" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958806v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/yypk-zmb8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660812v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2025)010" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660014v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.121801" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846225v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2025)038" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096584v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14682-0" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679710v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.061803" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667560v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)099" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816178v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139671" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761375v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)075" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710148v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139177" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685419v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14041-z" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660019v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)068" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805570v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14075-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181860v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138400" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289078v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)128" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152752v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)107" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443161v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.141801" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237412v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138726" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344038v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138705" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181856v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Aly" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ambrosone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.109036" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Abbott" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abed Abud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170217v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522307v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13159-w" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600684v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)164" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833778v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/10/P10008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609815v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)126" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659999v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)036" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266513v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12657-1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426836v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112011" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482541v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)263" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289077v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)197" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237087v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.161804" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199085v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)162" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395600v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/06/P06029" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324323v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12902-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13070-4" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522309v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13190-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295112v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07824-z" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387024v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)130" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726016v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)126" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642161v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.052013" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560701v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13215-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556475v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032012" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581275v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13243-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326426v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2024)026" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229209v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/02/P02009" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495502v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aad" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Abbott" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C Abbott" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Abed Abud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abeling" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-023-00106-9" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122660v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Abdallah" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05063" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387025v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)131" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199246v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.202301" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470526v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)250" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615543v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.101801" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631669v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)182" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631651v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.092004" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581278v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)101" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600685v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)104" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511735v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13311-6" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190109v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138376" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229346v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12438-w" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152539v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12975-4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150760v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12130-5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343979v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138536" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511764v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)254" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121904v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.021802" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178570v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/acf701" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344835v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112016" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556476v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)047" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513655v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)191" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513506v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.012014" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344020v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138817" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427922v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138743" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609831v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)153" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660032v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072010" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678555v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.112004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)150" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679229v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)206" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556351v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13414-0" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121849v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138324" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426835v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)003" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212497v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Unbehaun" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mohrmann" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12279-z" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079996v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12318-9" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557495v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/006" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323210v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13112044" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297436v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138764" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726017v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)116" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511737v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)223" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470525v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139090" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199244v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.102301" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470262v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.031802" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260630v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)037" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555851v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13018-8" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455710v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05054" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237091v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12439-9" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426834v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13151-4" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426809v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.221801" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426817v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138736" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297433v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-2153/ad611e" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426814v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)139" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570914v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032015" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600678v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.052009" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489452v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138762" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833775v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)032" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666185v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.054912" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522306v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2024)192" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574444v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/06/P06014" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153291v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.081801" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260631v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12471-9" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344775v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12979-0" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178574v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.032010" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593919v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2024.102990" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480224v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13137-2" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443162v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)106" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593221v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.021803" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600675v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.261803" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666186v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/08/P08018" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514522v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138725" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480505v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072008" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555854v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138865" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355156v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.131802" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289100v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/04/026" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127908v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scib.2024.06.003" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511739v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)305" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198977v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2024)004" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323231v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.231801" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563748v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139007" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522302v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.161803" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565628v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)013" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537859v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12994-1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600680v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2024)005" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600679v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072019" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513509v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032002" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470269v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2024)118" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482539v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.101802" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650843v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.252301" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554730v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138469" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382020v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)163" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229206v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138394" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537858v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138938" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260633v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2024)066" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092389v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)105" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582561v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)097" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083671v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abed Abud" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2023)080" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196210v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032019" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174605v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H Abidi" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aboulhorma" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)176" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181891v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.251802" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146578v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)138" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093602v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.092007" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150177v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)158" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196207v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032015" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243679v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.151802" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174607v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)166" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157255v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)040" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113263v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11427-9" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150182v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)191" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174601v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)200" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111858v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)079" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098903v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054910" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170177v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)072" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170202v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)116" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092058v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054907" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093625v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138172" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121397v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)001" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075638v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)141" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185265v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032016" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130637v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)031" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181892v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)112" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150189v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)200" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146579v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137895" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093013v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.012012" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075644v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11573-0" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564632v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Abbott" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-022-01757-y" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246157v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)213" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381824v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Aboulhorma" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137963" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157253v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)021" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113342v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)189" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053820v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)199" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080002v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138734" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132491v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137829" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186233v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032012" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179569v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.061803" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178528v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)203" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143341v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.251801" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256799v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)167" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204722v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11869-1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170170v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)118" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170172v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)086" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140992v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abed Abud" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11434-w" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190000v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)073" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170157v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11437-7" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170201v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)155" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112349v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11436-8" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170173v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)085" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266046v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.181901" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062079v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138316" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094550v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2023)028" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096238v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054908" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181680v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11790-7" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184827v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2023)077" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185357v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138315" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126421v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138222" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181854v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)199" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179690v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.108.024906" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180088v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.061802" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135608v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.052009" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150052v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/11/P11006" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146580v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11579-8" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157260v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11583-y" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140993v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11479-x" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137355v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11559-y" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170224v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)082" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178572v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)081" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399385v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.012022" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288607v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138292" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093004v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)125" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092390v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12021-9" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198925v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.052003" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196209v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)004" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150178v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)182" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121910v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)060" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185292v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Aaboud" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.K Abhayasinghe" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032014" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128250v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)036" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181675v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11508-9" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182757v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.072301" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157261v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137848" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157259v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11543-6" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261801v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.172301" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093016v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12024-6" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057484v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138998" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170182v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)074" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174604v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)199" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170204v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11578-9" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308829v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12104-7" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092377v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.151902" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150181v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)155" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150186v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137745" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178531v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11584-x" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178527v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)202" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130639v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11477-z" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185791v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137880" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181861v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)168" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322970v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/11/T11004" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092046v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)234" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256486v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)107" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196208v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11873-5" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075637v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11837-9" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157262v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)033" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080077v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.072003" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132487v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137379" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126412v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)019" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075631v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.162301" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111680v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)150" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170174v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)090" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170181v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11700-x" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170228v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)009" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170176v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)133" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161086v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138019" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235991v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)195" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245608v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)016" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132486v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)082" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146577v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)153" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140984v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)080" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182125v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11736-z" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104430v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054912" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272451v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11747-w" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170206v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11582-z" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228726v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032005" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174642v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.112005" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121354v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11915-y" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178530v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11699-1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097999v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054909" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093619v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2023)153" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150184v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)188" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807754v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aad" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Abbott" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Abbott" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abeling" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H. Abidi" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)088" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601328v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2022)040" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574280v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)027" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601462v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)063" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454488v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.064903" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454552v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)097" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354038v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2022)063" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229355v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Charles Abbott" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09807-0" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537223v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10489-5" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552514v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092012" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380671v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.012006" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583442v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10785-0" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509698v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137106" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514543v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.052001" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377179v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10366-1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346751v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09878-z" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164369v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-021-00062-2" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335458v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10117-2" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456866v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137066" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610577v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.032005" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419790v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2022)041" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583443v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10472-0" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553985v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)175" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572530v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.061803" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326110v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09920-0" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560355v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10588-3" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500960v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136832" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514364v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10217-z" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594211v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)104" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346720v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137077" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456860v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092003" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366317v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-021-00079-7" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593115v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092002" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482018v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10182-7" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611512v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)005" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369959v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09843-w" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351875v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/01/P01013" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402414v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10101-w" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261212v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.271801" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248278v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04893-w" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335456v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.012001" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513733v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)089" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608992v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.032008" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978531v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Casado" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam Bourdarios" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belfkir" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berger" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costanza" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.166628" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613409v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)087" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905304v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09371-7" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973184v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09013-y" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164449v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.112006" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273670v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09761-x" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191179v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)003" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086796v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09233-2" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171337v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136651" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280759v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)118" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336590v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)209" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186227v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.032014" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973188v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08730-0" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191144v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136412" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136714v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)179" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129485v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)223" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911934v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135980" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475302v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovsat Abdinov" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09011-0" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953155v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09054-3" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203647v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)173" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034819v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2021)226" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047512v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09566-y" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164447v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)145" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274185v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/08/P08025" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122254v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09748-8" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312912v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)229" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129486v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/07/P07006" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224726v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2021)013" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047618v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.112003" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191163v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09439-4" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143586v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2021)093" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314707v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)169" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914476v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-021-01236-w" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934050v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-08929-9" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940014v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.072301" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171496v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Aaboud" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.012010" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336584v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2021)131" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467298v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.122301" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143576v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2021)165" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171540v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135991" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905963v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09402-3" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894405v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)033" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981388v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-021-01225-z" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981265v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136190" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010998v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2021)143" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011021v1" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)268" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267331v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09775-5" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047615v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.051802" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171341v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)005" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326059v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.112010" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262345v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09749-7" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262010v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.141801" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933963v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136204" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914527v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)188" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899260v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08734-w" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981296v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.121802" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034827v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09117-5" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171348v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/07/P07029" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905952v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08677-2" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326058v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.112005" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070697v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.024906" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934047v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)243" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098908v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2021)174" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981330v1" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09009-8" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047592v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09192-8" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136733v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.014903" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136719v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)146" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191181v1" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)167" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933954v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)062" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542886v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)044" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628128v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)061" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564662v1" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)005" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403566v1" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)054" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372475v1" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135262" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550177v1" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.221802" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403760v1" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7907-9" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572534v1" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/09/p09015" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892975v1" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2020)005" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863104v1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2020)080" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507736v1" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.051801" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153801v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.031802" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557691v1" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8227-9" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628102v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/11/P11016" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911940v1" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08700-6" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340275v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Abeloos" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08477-8" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166579v1" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135103" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171495v1" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2020)046" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327865v1" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135148" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302947v1" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135145" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302990v1" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135082" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371425v1" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)145" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277902v1" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135069" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557678v1" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.222002" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614350v1" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08554-y" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309041v1" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.082301" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327813v1" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8050-3" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892976v1" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135797" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933956v1" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.251802" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542885v1" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.032006" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192548v1" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.032004" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973175v1" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.261801" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614355v1" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8102-8" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886969v1" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)112" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277909v1" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135114" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383409v1" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2020)042" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371536v1" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135341" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171547v1" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.072001" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171542v1" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2020)095" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467324v1" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)108" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507716v1" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2020)151" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491289v1" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135426" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392924v1" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.032009" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416925v1" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052005" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571615v1" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8223-0" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497875v1" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)124" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371639v1" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7624-4" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088612v1" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8181-6" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302928v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.012002" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886970v1" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08469-8" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914546v1" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/10/P10004" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914477v1" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2020)163" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416887v1" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052013" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911945v1" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112008" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628176v1" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2020)051" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309071v1" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7997-4" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302790v1" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7500-2" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302989v1" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7594-6" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518048v1" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135595" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911949v1" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2020)049" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628033v1" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.131801" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431432v1" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052007" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431426v1" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)179" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557747v1" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.061802" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432681v1" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8001-z" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392963v1" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/04/P04003" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392960v1" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.024906" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914512v1" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08509-3" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02739887v1" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135754" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863158v1" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112006" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178569v1" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7606-6" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123305v1" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2020)051" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861962v1" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6632-8" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861910v1" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6500-y" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130088v1" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.231801" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965355v1" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052003" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945233v1" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052005" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876374v1" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012008" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863298v1" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.055" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097313v1" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134913" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188449v1" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/P09011" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171510v1" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.062" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171569v1" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)088" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051503v1" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6962-6" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144185v1" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2019)150" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008891v1" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aaboud" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2019)117" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074768v1" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.07.031" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017029v1" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.03.067" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846566v1" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.065" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897190v1" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2019)016" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975789v1" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.05.012" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886287v1" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.04.024" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983014v1" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)123" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952925v1" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)046" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283549v1" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/12/P12006" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129710v1" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7199-0" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861928v1" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6540-y" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148276v1" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)127" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024214v1" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7181-x" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153794v1" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)265" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188285v1" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7335-x" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165520v1" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.052013" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283527v1" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7512-y" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144310v1" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7371-6" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909270v1" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6622-x" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051623v1" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.092007" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965339v1" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)098" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937859v1" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)092" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851335v1" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.073" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144227v1" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/06/P06012" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073502v1" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2019)033" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192540v1" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7399-7" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017025v1" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.034903" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051581v1" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7140-6" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088560v1" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.07.016" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871855v1" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.064" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897249v1" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6757-9" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975801v1" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)041" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975429v1" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)164" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148296v1" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.032007" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975781v1" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.012006" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136306v1" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134942" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178557v1" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.052011" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066991v1" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.092004" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165505v1" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.161801" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02223290v1" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7489-6" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153796v1" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7162-0" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058674v1" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2019)144" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303021v1" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.064901" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302949v1" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7525-6" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279105v1" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7321-3" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277914v1" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7450-8" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886296v1" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.12.023" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953263v1" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)124" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999956v1" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.072009" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965342v1" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/03/P03017" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178558v1" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2019)091" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097316v1" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134949" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302760v1" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2019)060" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862016v1" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.032" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867336v1" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012009" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902895v1" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6650-6" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953174v1" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.01.062" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937847v1" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052009" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975733v1" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052004" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166504v1" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7295-1" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080697v1" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)141" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290783v1" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)203" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123376v1" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.052001" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782021v1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2019)030" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867270v1" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6847-8" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171516v1" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.076" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937848v1" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.151801" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283587v1" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7439-3" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171482v1" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6849-6" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861882v1" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012001" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945566v1" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.072001" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051620v1" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)048" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051621v1" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7027-6" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073506v1" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)142" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066992v1" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.042001" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017024v1" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)093" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861944v1" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)166" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703766v1" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.012003" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757962v1" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)095" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833738v1" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)031" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703668v1" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.11.054" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815217v1" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.019" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171475v1" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)009" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171512v1" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5553-2" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171514v1" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2018)039" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833701v1" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.152002" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818202v1" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5877-y" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863279v1" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)085" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851294v1" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)040" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802066v1" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6290-2" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797181v1" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5995-6" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797287v1" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032015" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871837v1" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.013" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833661v1" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)108" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774040v1" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.08.021" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669793v1" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.12.011" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707630v1" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.032005" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714631v1" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5595-5" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724949v1" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5624-4" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171476v1" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5904-z" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704871v1" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)055" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768142v1" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.035" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815292v1" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)089" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669802v1" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.11.049" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861909v1" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052008" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475350v1" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)063" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861916v1" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.211802" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817982v1" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.050" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801975v1" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2018)077" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815226v1" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)022" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768088v1" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.057" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703847v1" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.12.043" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714633v1" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5605-7" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704798v1" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)126" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171511v1" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2018)033" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861889v1" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.048" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862049v1" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.092006" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774103v1" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.081801" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714740v1" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.01.042" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768082v1" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5686-3" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801961v1" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.024908" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719654v1" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5619-1" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171530v1" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/12/P12006" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797286v1" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2018)050" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768055v1" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072003" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861959v1" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6457-x" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862009v1" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052005" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867945v1" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)127" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801867v1" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6219-9" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763668v1" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.023" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867498v1" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.092001" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867437v1" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2018.07.006" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801912v1" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092004" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758066v1" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.052010" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861915v1" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.211801" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797217v1" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092010" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833794v1" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.212301" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861924v1" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6288-9" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703624v1" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5491-4" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861923v1" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092008" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707577v1" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.032003" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171556v1" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5649-8" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758299v1" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.052012" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801940v1" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.044905" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768167v1" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.06.011" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862052v1" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)159" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861963v1" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.202007" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823323v1" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092012" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503431v1" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska-Blenessy" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmastro" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Ciaccio" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.064908" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720075v1" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5583-9" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823246v1" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2018)048" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862013v1" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.191801" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815223v1" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2018)195" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833805v1" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)107" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823244v1" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.021" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815248v1" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.112001" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801908v1" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032002" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815213v1" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032016" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861966v1" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.161802" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863301v1" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6468-7" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758313v1" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)042" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839708v1" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.112010" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861964v1" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.036" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861947v1" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2018)139" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768051v1" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032008" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861958v1" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052003" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171558v1" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6374-z" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714750v1" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.97.024904" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862011v1" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)180" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861904v1" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092005" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774104v1" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032009" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781963v1" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)174" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171513v1" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5661-z" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704751v1" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5486-1" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01446632v1" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Burger" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5475-4" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797285v1" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2018)089" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797206v1" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072016" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758307v1" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5693-4" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846728v1" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.024" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817989v1" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.035" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801864v1" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)047" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171538v1" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2018)010" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861912v1" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6423-7" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815230v1" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6081-9" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768052v1" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)176" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851169v1" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6243-9" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774061v1" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.006" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833705v1" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092002" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669570v1" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)084" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669753v1" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)052" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669835v1" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)132" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669792v1" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/12/P12009" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704343v1" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5349-9" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01478598v1" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alstaty" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbero" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calandri" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)124" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01361813v1" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4574-y" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01417857v1" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elles" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4821-x" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171354v1" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)129" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171465v1" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5084-2" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669455v1" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.181804" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704835v1" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.112010" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669712v1" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)006" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388547v1" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)071" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388543v1" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)099" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409630v1" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4756-2" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669856v1" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)024" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704820v1" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)085" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669724v1" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)112" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01498447v1" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.072002" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669783v1" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)062" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669776v1" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.09.078" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669523v1" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)088" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669571v1" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4988-1" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01407784v1" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2017.03.006" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01414007v1" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4911-9" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01390780v1" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)117" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171362v1" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5180-3" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01431223v1" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)113" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350700v1" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4580-0" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375528v1" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.035" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376021v1" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrand" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berlendis" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bethani" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camincher" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.024908" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01370697v1" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Abeloos" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Ayoub" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassalat" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Binet" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.12.005" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01446587v1" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.072" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01472620v1" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4900-z" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01473734v1" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/05/P05002" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458929v1" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys4208" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669521v1" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5225-7" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01286005v1" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alio" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coadou" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaconu" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5004-5" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375652v1" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.032001" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308047v1" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Becot" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4624-0" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669583v1" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.092008" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703620v1" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.051802" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01405489v1" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4852-3" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669531v1" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)086" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669823v1" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.10.040" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669745v1" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5315-6" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669788v1" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.10.039" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375662v1" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4780-2" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01502809v1" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)026" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01471973v1" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.08.047" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480071v1" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)118" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338736v1" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.064914" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01366362v1" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)086" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01415359v1" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)117" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01507458v1" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4965-8" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669713v1" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.112004" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999307v1" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abdallah" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdinov" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.052004" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704762v1" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5445-x" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669791v1" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5442-0" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704736v1" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)059" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669728v1" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)191" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01412923v1" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4819-4" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01390854v1" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4766-0" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01488965v1" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5007-2" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01414001v1" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4644-9" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669748v1" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)141" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669780v1" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)195" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669785v1" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)182" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01394905v1" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.012007" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406313v1" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4887-5" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669610v1" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.191803" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669510v1" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.09.066" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669569v1" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)020" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01441666v1" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)157" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480132v1" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.072003" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346941v1" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdarios" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.045" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383395v1" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4692-1" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01507438v1" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.112005" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347951v1" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.005" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01407800v1" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4700-5" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01454730v1" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4915-5" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01464170v1" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5061-9" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669756v1" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5081-5" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01499221v1" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5031-2" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669831v1" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)034" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669516v1" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)017" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669752v1" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2017)107" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274774v1" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4499-5" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247038v1" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collot" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;p&#233;-Renaudin" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Delsart" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4110-0" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191668v1" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;cot" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)172" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350662v1" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4385-1" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01179261v1" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3820-z" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247036v1" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)041" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328823v1" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.030" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290447v1" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4120-y" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316392v1" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4397-x" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01321141v1" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)081" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332498v1" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)173" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353905v1" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4466-1" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331584v1" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052009" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186567v1" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3851-5" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01352708v1" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.042" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01352446v1" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.P. Calvet" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)110" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01289306v1" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)093" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01421334v1" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brown" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4501-2" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301451v1" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)059" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01260361v1" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/7/073021" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200689v1" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3897-z" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01245323v1" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.101801" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345965v1" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032011" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01235322v1" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092005" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01314865v1" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)005" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331581v1" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)001" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230188v1" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)062" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01196068v1" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3910-6" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328587v1" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)112" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01218342v1" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3978-z" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178153v1" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3769-y" TargetMode="External"/><Relationship Id="rId1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01223673v1" TargetMode="External"/><Relationship Id="rId1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.028" TargetMode="External"/><Relationship Id="rId1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01298161v1" TargetMode="External"/><Relationship Id="rId1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.064" TargetMode="External"/><Relationship Id="rId1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351231v1" TargetMode="External"/><Relationship Id="rId1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)175" TargetMode="External"/><Relationship Id="rId1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350698v1" TargetMode="External"/><Relationship Id="rId1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4521-y" TargetMode="External"/><Relationship Id="rId1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290224v1" TargetMode="External"/><Relationship Id="rId1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.061" TargetMode="External"/><Relationship Id="rId1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327782v1" TargetMode="External"/><Relationship Id="rId1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)009" TargetMode="External"/><Relationship Id="rId1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348535v1" TargetMode="External"/><Relationship Id="rId1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.020" TargetMode="External"/><Relationship Id="rId1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01241140v1" TargetMode="External"/><Relationship Id="rId1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2016.04.032" TargetMode="External"/><Relationship Id="rId1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338727v1" TargetMode="External"/><Relationship Id="rId1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4325-0" TargetMode="External"/><Relationship Id="rId1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01333217v1" TargetMode="External"/><Relationship Id="rId1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.042" TargetMode="External"/><Relationship Id="rId1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215346v1" TargetMode="External"/><Relationship Id="rId1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4395-z" TargetMode="External"/><Relationship Id="rId1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274039v1" TargetMode="External"/><Relationship Id="rId1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.050" TargetMode="External"/><Relationship Id="rId1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01240294v1" TargetMode="External"/><Relationship Id="rId1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)026" TargetMode="External"/><Relationship Id="rId1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328829v1" TargetMode="External"/><Relationship Id="rId1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)045" TargetMode="External"/><Relationship Id="rId1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01255785v1" TargetMode="External"/><Relationship Id="rId1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)147" TargetMode="External"/><Relationship Id="rId1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304245v1" TargetMode="External"/><Relationship Id="rId1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4338-8" TargetMode="External"/><Relationship Id="rId1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301679v1" TargetMode="External"/><Relationship Id="rId1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4126-5" TargetMode="External"/><Relationship Id="rId1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285026v1" TargetMode="External"/><Relationship Id="rId1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092004" TargetMode="External"/><Relationship Id="rId1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01329367v1" TargetMode="External"/><Relationship Id="rId1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.182002" TargetMode="External"/><Relationship Id="rId1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201766v1" TargetMode="External"/><Relationship Id="rId1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052003" TargetMode="External"/><Relationship Id="rId1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01265314v1" TargetMode="External"/><Relationship Id="rId1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)067" TargetMode="External"/><Relationship Id="rId1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295450v1" TargetMode="External"/><Relationship Id="rId1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.023" TargetMode="External"/><Relationship Id="rId1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295448v1" TargetMode="External"/><Relationship Id="rId1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.017" TargetMode="External"/><Relationship Id="rId1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338745v1" TargetMode="External"/><Relationship Id="rId1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4418-9" TargetMode="External"/><Relationship Id="rId1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280704v1" TargetMode="External"/><Relationship Id="rId1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4095-8" TargetMode="External"/><Relationship Id="rId1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280703v1" TargetMode="External"/><Relationship Id="rId1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4176-8" TargetMode="External"/><Relationship Id="rId1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01219097v1" TargetMode="External"/><Relationship Id="rId1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.072007" TargetMode="External"/><Relationship Id="rId1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215349v1" TargetMode="External"/><Relationship Id="rId1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)064" TargetMode="External"/><Relationship Id="rId1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215348v1" TargetMode="External"/><Relationship Id="rId1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)023" TargetMode="External"/><Relationship Id="rId1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200692v1" TargetMode="External"/><Relationship Id="rId1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.172301" TargetMode="External"/><Relationship Id="rId1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01302317v1" TargetMode="External"/><Relationship Id="rId1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2016)160" TargetMode="External"/><Relationship Id="rId1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328567v1" TargetMode="External"/><Relationship Id="rId1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.042" TargetMode="External"/><Relationship Id="rId1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351233v1" TargetMode="External"/><Relationship Id="rId1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4400-6" TargetMode="External"/><Relationship Id="rId1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304651v1" TargetMode="External"/><Relationship Id="rId1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032006" TargetMode="External"/><Relationship Id="rId1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347467v1" TargetMode="External"/><Relationship Id="rId1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4481-2" TargetMode="External"/><Relationship Id="rId1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295445v1" TargetMode="External"/><Relationship Id="rId1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/05/P05013" TargetMode="External"/><Relationship Id="rId1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01238718v1" TargetMode="External"/><Relationship Id="rId1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.032" TargetMode="External"/><Relationship Id="rId1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338754v1" TargetMode="External"/><Relationship Id="rId1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4382-4" TargetMode="External"/><Relationship Id="rId1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180723v1" TargetMode="External"/><Relationship Id="rId1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3743-8" TargetMode="External"/><Relationship Id="rId1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185532v1" TargetMode="External"/><Relationship Id="rId1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3823-9" TargetMode="External"/><Relationship Id="rId1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247039v1" TargetMode="External"/><Relationship Id="rId1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.055" TargetMode="External"/><Relationship Id="rId1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200690v1" TargetMode="External"/><Relationship Id="rId1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4065-1" TargetMode="External"/><Relationship Id="rId1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242741v1" TargetMode="External"/><Relationship Id="rId1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)127" TargetMode="External"/><Relationship Id="rId1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205215v1" TargetMode="External"/><Relationship Id="rId1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052002" TargetMode="External"/><Relationship Id="rId1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301295v1" TargetMode="External"/><Relationship Id="rId1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)104" TargetMode="External"/><Relationship Id="rId1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01329377v1" TargetMode="External"/><Relationship Id="rId1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.019" TargetMode="External"/><Relationship Id="rId1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303450v1" TargetMode="External"/><Relationship Id="rId1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.112015" TargetMode="External"/><Relationship Id="rId1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304032v1" TargetMode="External"/><Relationship Id="rId1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.112002" TargetMode="External"/><Relationship Id="rId1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01256579v1" TargetMode="External"/><Relationship Id="rId1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4041-9" TargetMode="External"/><Relationship Id="rId1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01229764v1" TargetMode="External"/><Relationship Id="rId1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4366-4" TargetMode="External"/><Relationship Id="rId1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01231360v1" TargetMode="External"/><Relationship Id="rId1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.017" TargetMode="External"/><Relationship Id="rId1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206654v1" TargetMode="External"/><Relationship Id="rId1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052009" TargetMode="External"/><Relationship Id="rId1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327788v1" TargetMode="External"/><Relationship Id="rId1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4507-9" TargetMode="External"/><Relationship Id="rId1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331589v1" TargetMode="External"/><Relationship Id="rId1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.052" TargetMode="External"/><Relationship Id="rId1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332495v1" TargetMode="External"/><Relationship Id="rId1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052002" TargetMode="External"/><Relationship Id="rId1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01326890v1" TargetMode="External"/><Relationship Id="rId1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4335-y" TargetMode="External"/><Relationship Id="rId1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01326882v1" TargetMode="External"/><Relationship Id="rId1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)159" TargetMode="External"/><Relationship Id="rId1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345005v1" TargetMode="External"/><Relationship Id="rId1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.111802" TargetMode="External"/><Relationship Id="rId1844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323702v1" TargetMode="External"/><Relationship Id="rId1845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032003" TargetMode="External"/><Relationship Id="rId1846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01276335v1" TargetMode="External"/><Relationship Id="rId1847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4281-8" TargetMode="External"/><Relationship Id="rId1848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01239667v1" TargetMode="External"/><Relationship Id="rId1849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4070-4" TargetMode="External"/><Relationship Id="rId1850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290223v1" TargetMode="External"/><Relationship Id="rId1851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.005" TargetMode="External"/><Relationship Id="rId1852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290226v1" TargetMode="External"/><Relationship Id="rId1853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4203-9" TargetMode="External"/><Relationship Id="rId1854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201767v1" TargetMode="External"/><Relationship Id="rId1855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4034-8" TargetMode="External"/><Relationship Id="rId1856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01245326v1" TargetMode="External"/><Relationship Id="rId1857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.015" TargetMode="External"/><Relationship Id="rId1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191602v1" TargetMode="External"/><Relationship Id="rId1859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)032" TargetMode="External"/><Relationship Id="rId1860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185528v1" TargetMode="External"/><Relationship Id="rId1861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.11.071" TargetMode="External"/><Relationship Id="rId1862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215347v1" TargetMode="External"/><Relationship Id="rId1863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.032009" TargetMode="External"/><Relationship Id="rId1864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01220806v1" TargetMode="External"/><Relationship Id="rId1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.012002" TargetMode="External"/><Relationship Id="rId1866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237930v1" TargetMode="External"/><Relationship Id="rId1867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/04/P04008" TargetMode="External"/><Relationship Id="rId1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205901v1" TargetMode="External"/><Relationship Id="rId1869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.12.048" TargetMode="External"/><Relationship Id="rId1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187948v1" TargetMode="External"/><Relationship Id="rId1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3852-4" TargetMode="External"/><Relationship Id="rId1872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191610v1" TargetMode="External"/><Relationship Id="rId1873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3876-4" TargetMode="External"/><Relationship Id="rId1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353313v1" TargetMode="External"/><Relationship Id="rId1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.014" TargetMode="External"/><Relationship Id="rId1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348887v1" TargetMode="External"/><Relationship Id="rId1877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.092003" TargetMode="External"/><Relationship Id="rId1878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01315392v1" TargetMode="External"/><Relationship Id="rId1879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4184-8" TargetMode="External"/><Relationship Id="rId1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01319815v1" TargetMode="External"/><Relationship Id="rId1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.053" TargetMode="External"/><Relationship Id="rId1882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308055v1" TargetMode="External"/><Relationship Id="rId1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032005" TargetMode="External"/><Relationship Id="rId1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01318833v1" TargetMode="External"/><Relationship Id="rId1885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/9/093016" TargetMode="External"/><Relationship Id="rId1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01366812v1" TargetMode="External"/><Relationship Id="rId1887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/11/P11020" TargetMode="External"/><Relationship Id="rId1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01339794v1" TargetMode="External"/><Relationship Id="rId1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4344-x" TargetMode="External"/><Relationship Id="rId1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284732v1" TargetMode="External"/><Relationship Id="rId1891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)029" TargetMode="External"/><Relationship Id="rId1892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242737v1" TargetMode="External"/><Relationship Id="rId1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4050-8" TargetMode="External"/><Relationship Id="rId1894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01340380v1" TargetMode="External"/><Relationship Id="rId1895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)074" TargetMode="External"/><Relationship Id="rId1896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345964v1" TargetMode="External"/><Relationship Id="rId1897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.055" TargetMode="External"/><Relationship Id="rId1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331587v1" TargetMode="External"/><Relationship Id="rId1899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.09.040" TargetMode="External"/><Relationship Id="rId1900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01169694v1" TargetMode="External"/><Relationship Id="rId1901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034914" TargetMode="External"/><Relationship Id="rId1902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01236652v1" TargetMode="External"/><Relationship Id="rId1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.056" TargetMode="External"/><Relationship Id="rId1904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214321v1" TargetMode="External"/><Relationship Id="rId1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)110" TargetMode="External"/><Relationship Id="rId1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185504v1" TargetMode="External"/><Relationship Id="rId1907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4002-3" TargetMode="External"/><Relationship Id="rId1908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112063v1" TargetMode="External"/><Relationship Id="rId1909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abdel Khalek" TargetMode="External"/><Relationship Id="rId1910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2015)061" TargetMode="External"/><Relationship Id="rId1911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01092569v1" TargetMode="External"/><Relationship Id="rId1912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.012006" TargetMode="External"/><Relationship Id="rId1913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01057655v1" TargetMode="External"/><Relationship Id="rId1914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.012006" TargetMode="External"/><Relationship Id="rId1915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132691v1" TargetMode="External"/><Relationship Id="rId1916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.031801" TargetMode="External"/><Relationship Id="rId1917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01095077v1" TargetMode="External"/><Relationship Id="rId1918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.07.023" TargetMode="External"/><Relationship Id="rId1919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01165470v1" TargetMode="External"/><Relationship Id="rId1920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.09.051" TargetMode="External"/><Relationship Id="rId1921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01098160v1" TargetMode="External"/><Relationship Id="rId1922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3500-z" TargetMode="External"/><Relationship Id="rId1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075735v1" TargetMode="External"/><Relationship Id="rId1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3306-z" TargetMode="External"/><Relationship Id="rId1925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01079524v1" TargetMode="External"/><Relationship Id="rId1926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2015)153" TargetMode="External"/><Relationship Id="rId1927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01166707v1" TargetMode="External"/><Relationship Id="rId1928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)137" TargetMode="External"/><Relationship Id="rId1929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01117382v1" TargetMode="External"/><Relationship Id="rId1930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.03.054" TargetMode="External"/><Relationship Id="rId1931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01071039v1" TargetMode="External"/><Relationship Id="rId1932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertella" TargetMode="External"/><Relationship Id="rId1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Cl&#233;mens" TargetMode="External"/><Relationship Id="rId1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.042" TargetMode="External"/><Relationship Id="rId1935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01024295v1" TargetMode="External"/><Relationship Id="rId1936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081802" TargetMode="External"/><Relationship Id="rId1937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091281v1" TargetMode="External"/><Relationship Id="rId1938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.032004" TargetMode="External"/><Relationship Id="rId1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01003959v1" TargetMode="External"/><Relationship Id="rId1940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Buat" TargetMode="External"/><Relationship Id="rId1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clement" TargetMode="External"/><Relationship Id="rId1942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3190-y" TargetMode="External"/><Relationship Id="rId1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01104690v1" TargetMode="External"/><Relationship Id="rId1944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.02.015" TargetMode="External"/><Relationship Id="rId1945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01122472v1" TargetMode="External"/><Relationship Id="rId1946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3542-2" TargetMode="External"/><Relationship Id="rId1947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01121521v1" TargetMode="External"/><Relationship Id="rId1948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3644-x" TargetMode="External"/><Relationship Id="rId1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164976v1" TargetMode="External"/><Relationship Id="rId1950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3609-0" TargetMode="External"/><Relationship Id="rId1951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01181351v1" TargetMode="External"/><Relationship Id="rId1952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.10.009" TargetMode="External"/><Relationship Id="rId1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164723v1" TargetMode="External"/><Relationship Id="rId1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072005" TargetMode="External"/><Relationship Id="rId1955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143445v1" TargetMode="External"/><Relationship Id="rId1956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.112013" TargetMode="External"/><Relationship Id="rId1957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01130581v1" TargetMode="External"/><Relationship Id="rId1958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3518-2" TargetMode="External"/><Relationship Id="rId1959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01056937v1" TargetMode="External"/><Relationship Id="rId1960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3231-6" TargetMode="External"/><Relationship Id="rId1961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118792v1" TargetMode="External"/><Relationship Id="rId1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.112016" TargetMode="External"/><Relationship Id="rId1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178859v1" TargetMode="External"/><Relationship Id="rId1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)054" TargetMode="External"/><Relationship Id="rId1965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01157950v1" TargetMode="External"/><Relationship Id="rId1966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092001" TargetMode="External"/><Relationship Id="rId1967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187621v1" TargetMode="External"/><Relationship Id="rId1968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)134" TargetMode="External"/><Relationship Id="rId1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01138053v1" TargetMode="External"/><Relationship Id="rId1970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3474-x" TargetMode="External"/><Relationship Id="rId1971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01153685v1" TargetMode="External"/><Relationship Id="rId1972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)105" TargetMode="External"/><Relationship Id="rId1973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01166353v1" TargetMode="External"/><Relationship Id="rId1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)162" TargetMode="External"/><Relationship Id="rId1975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01202985v1" TargetMode="External"/><Relationship Id="rId1976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)061" TargetMode="External"/><Relationship Id="rId1977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060227v1" TargetMode="External"/><Relationship Id="rId1978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3373-1" TargetMode="External"/><Relationship Id="rId1979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01097769v1" TargetMode="External"/><Relationship Id="rId1980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3406-9" TargetMode="External"/><Relationship Id="rId1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143440v1" TargetMode="External"/><Relationship Id="rId1982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3551-1" TargetMode="External"/><Relationship Id="rId1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01110836v1" TargetMode="External"/><Relationship Id="rId1984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3408-7" TargetMode="External"/><Relationship Id="rId1985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01138051v1" TargetMode="External"/><Relationship Id="rId1986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)032" TargetMode="External"/><Relationship Id="rId1987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01024304v1" TargetMode="External"/><Relationship Id="rId1988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.052005" TargetMode="External"/><Relationship Id="rId1989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01054309v1" TargetMode="External"/><Relationship Id="rId1990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3372-2" TargetMode="External"/><Relationship Id="rId1991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01158913v1" TargetMode="External"/><Relationship Id="rId1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3628-x" TargetMode="External"/><Relationship Id="rId1993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01159301v1" TargetMode="External"/><Relationship Id="rId1994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)055" TargetMode="External"/><Relationship Id="rId1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01192695v1" TargetMode="External"/><Relationship Id="rId1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)206" TargetMode="External"/><Relationship Id="rId1997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143881v1" TargetMode="External"/><Relationship Id="rId1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)150" TargetMode="External"/><Relationship Id="rId1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01133668v1" TargetMode="External"/><Relationship Id="rId2000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3544-0" TargetMode="External"/><Relationship Id="rId2001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164188v1" TargetMode="External"/><Relationship Id="rId2002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.032001" TargetMode="External"/><Relationship Id="rId2003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01142367v1" TargetMode="External"/><Relationship Id="rId2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.012010" TargetMode="External"/><Relationship Id="rId2005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01136505v1" TargetMode="External"/><Relationship Id="rId2006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.191803" TargetMode="External"/><Relationship Id="rId2007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201768v1" TargetMode="External"/><Relationship Id="rId2008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)172" TargetMode="External"/><Relationship Id="rId2009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01088470v1" TargetMode="External"/><Relationship Id="rId2010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2015)068" TargetMode="External"/><Relationship Id="rId2011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199447v1" TargetMode="External"/><Relationship Id="rId2012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.112007" TargetMode="External"/><Relationship Id="rId2013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205226v1" TargetMode="External"/><Relationship Id="rId2014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)105" TargetMode="External"/><Relationship Id="rId2015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132374v1" TargetMode="External"/><Relationship Id="rId2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3425-6" TargetMode="External"/><Relationship Id="rId2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01103567v1" TargetMode="External"/><Relationship Id="rId2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.121801" TargetMode="External"/><Relationship Id="rId2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075729v1" TargetMode="External"/><Relationship Id="rId2020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.02.051" TargetMode="External"/><Relationship Id="rId2021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132356v1" TargetMode="External"/><Relationship Id="rId2022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.231801" TargetMode="External"/><Relationship Id="rId2023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01081858v1" TargetMode="External"/><Relationship Id="rId2024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)138" TargetMode="External"/><Relationship Id="rId2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01173977v1" TargetMode="External"/><Relationship Id="rId2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)121" TargetMode="External"/><Relationship Id="rId2027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139769v1" TargetMode="External"/><Relationship Id="rId2028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034903" TargetMode="External"/><Relationship Id="rId2029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178858v1" TargetMode="External"/><Relationship Id="rId2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072001" TargetMode="External"/><Relationship Id="rId2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01169690v1" TargetMode="External"/><Relationship Id="rId2032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3726-9" TargetMode="External"/><Relationship Id="rId2033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199912v1" TargetMode="External"/><Relationship Id="rId2034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092004" TargetMode="External"/><Relationship Id="rId2035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01130586v1" TargetMode="External"/><Relationship Id="rId2036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.031802" TargetMode="External"/><Relationship Id="rId2037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01104064v1" TargetMode="External"/><Relationship Id="rId2038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2015)116" TargetMode="External"/><Relationship Id="rId2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01076068v1" TargetMode="External"/><Relationship Id="rId2040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3233-4" TargetMode="External"/><Relationship Id="rId2041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01120559v1" TargetMode="External"/><Relationship Id="rId2042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)157" TargetMode="External"/><Relationship Id="rId2043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143451v1" TargetMode="External"/><Relationship Id="rId2044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3534-2" TargetMode="External"/><Relationship Id="rId2045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01144211v1" TargetMode="External"/><Relationship Id="rId2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072004" TargetMode="External"/><Relationship Id="rId2047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01133669v1" TargetMode="External"/><Relationship Id="rId2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.112011" TargetMode="External"/><Relationship Id="rId2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067116v1" TargetMode="External"/><Relationship Id="rId2050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2015)069" TargetMode="External"/><Relationship Id="rId2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01056296v1" TargetMode="External"/><Relationship Id="rId2052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3325-9" TargetMode="External"/><Relationship Id="rId2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01131139v1" TargetMode="External"/><Relationship Id="rId2054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2015)049" TargetMode="External"/><Relationship Id="rId2055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112466v1" TargetMode="External"/><Relationship Id="rId2056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.072007" TargetMode="External"/><Relationship Id="rId2057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01131135v1" TargetMode="External"/><Relationship Id="rId2058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3436-3" TargetMode="External"/><Relationship Id="rId2059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01114253v1" TargetMode="External"/><Relationship Id="rId2060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3517-3" TargetMode="External"/><Relationship Id="rId2061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01062929v1" TargetMode="External"/><Relationship Id="rId2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.049" TargetMode="External"/><Relationship Id="rId2063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01159871v1" TargetMode="External"/><Relationship Id="rId2064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.131801" TargetMode="External"/><Relationship Id="rId2065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185501v1" TargetMode="External"/><Relationship Id="rId2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.262001" TargetMode="External"/><Relationship Id="rId2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01095656v1" TargetMode="External"/><Relationship Id="rId2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.142001" TargetMode="External"/><Relationship Id="rId2069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01145430v1" TargetMode="External"/><Relationship Id="rId2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.032004" TargetMode="External"/><Relationship Id="rId2071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01166348v1" TargetMode="External"/><Relationship Id="rId2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.07.079" TargetMode="External"/><Relationship Id="rId2073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01159872v1" TargetMode="External"/><Relationship Id="rId2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2015)108" TargetMode="External"/><Relationship Id="rId2075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306480v1" TargetMode="External"/><Relationship Id="rId2076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinopoulou" TargetMode="External"/><Relationship Id="rId2077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieke Bouwhuis" TargetMode="External"/><Relationship Id="rId2078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Distefano" TargetMode="External"/><Relationship Id="rId2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A Fusco" TargetMode="External"/><Relationship Id="rId2080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Lastoria" TargetMode="External"/><Relationship Id="rId2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202533701046" TargetMode="External"/><Relationship Id="rId2082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387507v1" TargetMode="External"/><Relationship Id="rId2083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adriani" TargetMode="External"/><Relationship Id="rId2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId2085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Alhebsi" TargetMode="External"/><Relationship Id="rId2086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alshalloudi" TargetMode="External"/><Relationship Id="rId2087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId2088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967769v1" TargetMode="External"/><Relationship Id="rId2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293972v1" TargetMode="External"/><Relationship Id="rId2090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958808v1" TargetMode="External"/><Relationship Id="rId2091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249005v1" TargetMode="External"/><Relationship Id="rId2092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199245v1" TargetMode="External"/><Relationship Id="rId2093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990850v1" TargetMode="External"/><Relationship Id="rId2094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dartsi" TargetMode="External"/><Relationship Id="rId2095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978880v1" TargetMode="External"/><Relationship Id="rId2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.G. Allemandou" TargetMode="External"/><Relationship Id="rId2097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barroca" TargetMode="External"/><Relationship Id="rId2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Adriani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R Alhebsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alshalloudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Alshamsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2026)080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120520v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Aiello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171097" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660019v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Aad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erlend Aakvaag" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braden Keim Abbott" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelhameed" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Abeling" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)068" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805570v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14075-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14041-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710148v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139177" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805571v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14232-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726015v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761373v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)193" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758065v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/w8hh-xf24" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944817v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08543-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556369v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.12.004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871163v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)086" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710147v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.052006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660012v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13924-5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954057v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves Garre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)213" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660011v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13740-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538151v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Julius Abicht" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.11.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679055v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.012012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039109v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14513-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.10.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953590v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139680" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660031v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)045" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024800v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2025)034" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833777v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-13916-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726010v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2025)084" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.09.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556358v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.12.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660030v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14409-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758064v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Abidi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139472" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917600v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)105" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806442v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/058" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556353v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13701-w" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829671v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/02/073" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077722v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2025)142" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659555v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)053" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511738v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2024.09.010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660003v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13715-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660008v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139137" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679053v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.044909" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455707v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14062-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/039" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adcc29" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975438v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02347-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833776v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139277" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592124v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-024-00128-x" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777125v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109660" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958806v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/yypk-zmb8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667560v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2025)099" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846225v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2025)038" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761375v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)075" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660014v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.121801" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816178v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2025.139671" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679710v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.061803" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096584v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14682-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660812v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2025)010" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Aly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ambrosone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/04/026" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382020v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)163" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127908v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scib.2024.06.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511739v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)305" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260633v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2024)066" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355156v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.131802" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092389v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)105" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554730v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Abbott" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138469" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600680v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2024)005" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198977v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2024)004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537858v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138938" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323231v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.231801" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582561v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)097" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229206v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138394" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470269v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2024)118" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482539v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.101802" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600679v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072019" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650843v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.252301" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563748v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513509v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032002" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565628v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)013" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537859v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12994-1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522302v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.161803" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178570v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1674-1137/acf701" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343979v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138536" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511764v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)254" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556476v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)047" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190109v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138376" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150760v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12130-5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152539v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12975-4" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121904v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.021802" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427922v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138743" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513655v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)191" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344835v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112016" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229346v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12438-w" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609831v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)153" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660032v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072010" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513506v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.012014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344020v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138817" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678555v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.112004" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395600v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/06/P06029" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387024v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)130" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295112v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07824-z" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266513v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12657-1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511740v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13070-4" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237087v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.161804" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726016v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)126" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426836v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112011" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324323v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12902-7" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289077v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)197" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199085v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)162" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482541v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)263" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556475v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032012" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581275v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13243-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522309v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13190-x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642161v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.052013" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560701v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13215-5" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229209v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/02/P02009" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495502v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aad" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Abbott" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C Abbott" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Abed Abud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abeling" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-023-00106-9" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581278v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)101" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600685v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)104" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615543v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.101801" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511735v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13311-6" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631651v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.092004" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631669v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)182" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470526v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2024)250" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387025v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)131" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199246v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.202301" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326426v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2024)026" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122660v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Abdallah" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05063" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522307v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13159-w" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600684v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)164" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833778v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/10/P10008" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609815v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)126" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659999v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2024)036" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289078v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)128" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443161v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.141801" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482540v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abed Abud" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112008" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152752v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)107" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170217v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.112012" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181856v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.109036" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237412v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138726" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181860v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138400" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344038v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138705" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511737v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2024)223" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557495v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/006" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323210v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13112044" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679229v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)206" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212497v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Unbehaun" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mohrmann" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12279-z" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079996v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12318-9" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443163v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)150" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121849v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138324" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726017v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)116" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297436v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138764" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426835v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)003" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556351v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13414-0" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470525v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.139090" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426834v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13151-4" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297433v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-2153/ad611e" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426817v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138736" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555851v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13018-8" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470262v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.031802" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833775v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2024)032" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426809v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.221801" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666185v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.054912" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522306v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2024)192" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199244v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.102301" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237091v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12439-9" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260630v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2024)037" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426814v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)139" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570914v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032015" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489452v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138762" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600678v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.052009" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455710v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05054" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574444v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/06/P06014" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666186v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/08/P08018" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593221v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.021803" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344775v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12979-0" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153291v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.081801" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260631v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12471-9" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443162v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2024)106" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178574v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.032010" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480505v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.072008" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593919v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2024.102990" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480224v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13137-2" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555854v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138865" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600675v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.261803" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514522v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138725" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807754v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aad" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Abbott" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Abbott" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abeling" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H. Abidi" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)088" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182125v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H Abidi" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11736-z" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093619v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Aboulhorma" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2023)153" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121354v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11915-y" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140984v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)080" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132486v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)082" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174642v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.112005" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097999v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054909" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178530v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11699-1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104430v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054912" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272451v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aboulhorma" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11747-w" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146577v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abed Abud" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)153" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245608v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)016" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228726v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032005" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170206v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11582-z" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150184v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)188" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180088v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.061802" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179690v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.108.024906" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146580v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11579-8" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184827v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2023)077" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170173v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)085" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062079v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138316" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094550v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2023)028" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135608v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.052009" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181854v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)199" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126421v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138222" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190000v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)073" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096238v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054908" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112349v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11436-8" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181680v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11790-7" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266046v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.181901" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140993v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11479-x" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157260v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11583-y" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170157v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11437-7" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170201v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)155" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150052v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/11/P11006" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185357v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138315" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174601v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)200" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170202v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)116" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092058v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054907" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093625v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138172" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121397v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)001" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075638v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)141" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150189v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)200" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146579v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137895" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075644v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11573-0" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564632v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Abbott" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-022-01757-y" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246157v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)213" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130637v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)031" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170177v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)072" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185265v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032016" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181892v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)112" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111858v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)079" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093013v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.012012" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098903v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.054910" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157253v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)021" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053820v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)199" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080002v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138734" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256799v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)167" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381824v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137963" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143341v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.251801" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186233v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032012" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113342v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)189" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170170v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)118" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179569v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.061803" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132491v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137829" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178528v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)203" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204722v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11869-1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170172v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)086" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140992v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abed Abud" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11434-w" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083671v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2023)080" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196210v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032019" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181891v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.251802" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146578v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)138" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093602v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.092007" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196207v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032015" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174605v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)176" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150177v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)158" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243679v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.151802" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174607v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)166" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157255v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)040" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113263v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11427-9" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150182v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)191" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157261v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137848" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288607v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138292" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170224v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)082" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399385v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.012022" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092390v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12021-9" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150178v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)182" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196209v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2023)004" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198925v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.052003" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137355v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11559-y" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093004v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)125" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121910v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)060" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178572v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)081" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093016v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12024-6" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261801v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.172301" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181675v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11508-9" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185292v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Aaboud" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.K Abhayasinghe" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.032014" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128250v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)036" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157259v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11543-6" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182757v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.072301" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150181v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)155" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130639v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11477-z" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308829v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12104-7" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092377v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.151902" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170182v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)074" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170204v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11578-9" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150186v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137745" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181861v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)168" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057484v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2024.138998" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178527v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)202" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185791v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137880" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174604v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)199" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322970v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/11/T11004" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178531v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11584-x" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196208v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11873-5" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235991v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)195" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132487v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137379" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080077v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.072003" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075631v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.162301" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111680v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2023)150" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092046v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)234" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075637v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11837-9" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256486v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2023)107" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170228v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2023)009" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157262v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)033" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126412v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2023)019" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170174v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)090" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170181v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11700-x" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170176v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2023)133" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161086v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138019" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613409v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)087" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513733v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)089" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608992v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.032008" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335456v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.012001" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248278v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04893-w" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978531v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Casado" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam Bourdarios" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belfkir" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berger" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costanza" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.166628" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456866v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137066" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164369v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Charles Abbott" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-021-00062-2" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335458v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10117-2" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229355v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09807-0" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583442v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10785-0" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537223v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10489-5" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552514v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092012" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380671v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.012006" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514543v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.052001" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377179v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10366-1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346751v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09878-z" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509698v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137106" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601328v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2022)040" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454552v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)097" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574280v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)027" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601462v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)063" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454488v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.064903" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354038v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2022)063" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610577v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.032005" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419790v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2022)041" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572530v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.061803" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583443v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10472-0" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553985v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)175" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514364v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10217-z" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456860v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092003" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500960v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136832" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594211v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2022)104" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346720v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137077" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326110v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09920-0" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560355v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10588-3" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261212v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.271801" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351875v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/01/P01013" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611512v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2022)005" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366317v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-021-00079-7" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482018v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10182-7" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402414v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10101-w" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593115v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.105.092002" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369959v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09843-w" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934047v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)243" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981330v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09009-8" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047592v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09192-8" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905952v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08677-2" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070697v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.024906" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326058v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.112005" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136719v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)146" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098908v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2021)174" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136733v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.014903" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191181v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)167" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191163v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09439-4" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143586v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2021)093" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314707v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)169" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047618v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.112003" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129486v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/07/P07006" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224726v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2021)013" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336590v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)209" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186227v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.032014" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973188v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08730-0" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136714v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)179" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191144v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136412" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129485v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)223" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475302v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovsat Abdinov" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09011-0" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953155v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09054-3" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203647v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)173" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911934v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135980" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047512v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09566-y" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312912v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)229" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122254v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09748-8" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034819v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2021)226" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164447v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)145" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274185v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/08/P08025" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191179v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2021)003" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280759v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2021)118" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905304v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09371-7" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973184v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09013-y" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164449v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.112006" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273670v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09761-x" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086796v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09233-2" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171337v1" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136651" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171496v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Aaboud" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.012010" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940014v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.072301" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934050v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-08929-9" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914476v1" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-021-01236-w" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336584v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2021)131" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467298v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.122301" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267331v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09775-5" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010998v1" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2021)143" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143576v1" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2021)165" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171540v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135991" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011021v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2021)268" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905963v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09402-3" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981265v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136190" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981388v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-021-01225-z" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894405v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)033" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047615v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.051802" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171341v1" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2021)005" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262345v1" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09749-7" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262010v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.141801" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326059v1" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.112010" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933963v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2021.136204" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914527v1" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2021)188" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899260v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08734-w" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981296v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.126.121802" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034827v1" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-021-09117-5" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171348v1" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/16/07/P07029" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02739887v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135754" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863158v1" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112006" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911949v1" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2020)049" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628033v1" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.131801" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431432v1" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052007" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431426v1" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)179" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302790v1" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7500-2" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302989v1" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7594-6" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518048v1" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135595" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392963v1" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/04/P04003" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392960v1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.024906" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432681v1" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8001-z" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557747v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.061802" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178569v1" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7606-6" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123305v1" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2020)051" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914512v1" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08509-3" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892976v1" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135797" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327813v1" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8050-3" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892975v1" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2020)005" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863104v1" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2020)080" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507736v1" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.051801" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153801v1" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.031802" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628102v1" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/11/P11016" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911940v1" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08700-6" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340275v1" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Abeloos" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08477-8" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166579v1" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135103" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171495v1" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2020)046" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557691v1" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8227-9" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327865v1" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135148" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302947v1" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135145" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302990v1" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135082" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371425v1" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)145" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277902v1" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135069" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557678v1" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.222002" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614350v1" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08554-y" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309041v1" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.082301" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572534v1" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/09/p09015" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933954v1" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)062" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542886v1" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)044" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628128v1" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)061" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564662v1" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)005" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403566v1" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2020)054" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372475v1" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135262" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550177v1" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.221802" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403760v1" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7907-9" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542885v1" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.032006" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192548v1" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.032004" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171547v1" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.072001" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171542v1" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2020)095" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614355v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8102-8" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383409v1" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2020)042" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277909v1" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.135114" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933956v1" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.251802" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886969v1" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2020)112" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371536v1" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135341" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973175v1" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.261801" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302928v1" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.012002" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507716v1" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2020)151" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467324v1" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)108" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497875v1" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2020)124" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571615v1" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8223-0" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491289v1" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135426" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371639v1" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7624-4" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886970v1" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-08469-8" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914477v1" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2020)163" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416887v1" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052013" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088612v1" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-8181-6" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416925v1" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052005" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392924v1" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.032009" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914546v1" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/10/P10004" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628176v1" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2020)051" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911945v1" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112008" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309071v1" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-020-7997-4" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945566v1" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.072001" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861882v1" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012001" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283587v1" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7439-3" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017024v1" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)093" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937848v1" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.151801" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171482v1" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6849-6" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066992v1" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.042001" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051621v1" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7027-6" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051620v1" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)048" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073506v1" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)142" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088560v1" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.07.016" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897249v1" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6757-9" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871855v1" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.064" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192540v1" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7399-7" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051581v1" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7140-6" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017025v1" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.034903" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017029v1" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.03.067" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846566v1" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.065" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897190v1" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2019)016" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975789v1" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.05.012" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886287v1" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.04.024" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983014v1" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)123" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952925v1" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)046" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283549v1" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/12/P12006" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129710v1" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7199-0" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861928v1" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6540-y" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148276v1" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)127" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024214v1" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7181-x" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153794v1" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)265" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188285v1" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7335-x" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165520v1" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.052013" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283527v1" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7512-y" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144310v1" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7371-6" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909270v1" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6622-x" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051623v1" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.092007" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965339v1" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)098" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937859v1" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2019)092" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851335v1" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.073" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144227v1" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/06/P06012" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073502v1" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2019)033" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861962v1" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6632-8" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861910v1" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6500-y" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130088v1" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.231801" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965355v1" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052003" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945233v1" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052005" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876374v1" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012008" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863298v1" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.055" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097313v1" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134913" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188449v1" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/P09011" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171510v1" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.062" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051503v1" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6962-6" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144185v1" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2019)150" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008891v1" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aaboud" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2019)117" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074768v1" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.07.031" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171569v1" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)088" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066991v1" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.092004" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975781v1" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.012006" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148296v1" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.032007" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975801v1" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)041" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975429v1" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)164" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153796v1" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7162-0" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165505v1" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.161801" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178557v1" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.100.052011" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136306v1" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134942" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02223290v1" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7489-6" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058674v1" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2019)144" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862016v1" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.11.032" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867336v1" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.012009" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302760v1" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2019)060" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302949v1" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7525-6" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303021v1" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.064901" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953263v1" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)124" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886296v1" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.12.023" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999956v1" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.072009" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965342v1" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/03/P03017" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178558v1" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2019)091" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097316v1" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134949" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279105v1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7321-3" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277914v1" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7450-8" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902895v1" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6650-6" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953174v1" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.01.062" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937847v1" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052009" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975733v1" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.99.052004" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166504v1" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-7295-1" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080697v1" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2019)141" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290783v1" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2019)203" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123376v1" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.052001" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782021v1" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2019)030" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867270v1" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-019-6847-8" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171516v1" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.076" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817989v1" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.035" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815230v1" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6081-9" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768052v1" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)176" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851169v1" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6243-9" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861912v1" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6423-7" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774061v1" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.006" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01446632v1" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Burger" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmastro" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Ciaccio" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5475-4" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797285v1" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2018)089" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797206v1" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072016" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846728v1" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.024" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801864v1" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)047" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833705v1" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092002" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758307v1" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5693-4" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171538v1" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2018)010" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801961v1" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.024908" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768082v1" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5686-3" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714740v1" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.01.042" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861889v1" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.048" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719654v1" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5619-1" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862049v1" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.092006" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774103v1" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.081801" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833701v1" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.152002" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818202v1" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5877-y" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863279v1" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)085" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851294v1" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2018)040" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802066v1" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6290-2" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797181v1" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5995-6" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797287v1" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032015" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704871v1" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)055" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871837v1" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.013" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833661v1" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)108" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774040v1" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.08.021" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669793v1" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.12.011" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707630v1" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.032005" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714631v1" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5595-5" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724949v1" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5624-4" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171476v1" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5904-z" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768142v1" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.035" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704798v1" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)126" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815292v1" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)089" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669802v1" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.11.049" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171511v1" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2018)033" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861909v1" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052008" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475350v1" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2018)063" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861916v1" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.211802" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817982v1" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.07.050" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801975v1" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2018)077" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815226v1" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)022" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768088v1" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.057" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703847v1" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.12.043" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714633v1" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5605-7" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861944v1" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)166" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703766v1" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.012003" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757962v1" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)095" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833738v1" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)031" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815217v1" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.09.019" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171475v1" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)009" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171512v1" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5553-2" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171514v1" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2018)039" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703668v1" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.11.054" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707577v1" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.032003" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867437v1" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2018.07.006" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862009v1" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052005" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703624v1" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5491-4" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797217v1" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092010" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861923v1" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092008" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758066v1" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.052010" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861915v1" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.211801" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171556v1" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5649-8" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171530v1" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/12/P12006" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801912v1" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092004" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801867v1" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6219-9" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797286v1" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2018)050" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763668v1" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.023" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867498v1" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.092001" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861924v1" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6288-9" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833794v1" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.212301" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768055v1" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072003" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861959v1" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6457-x" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867945v1" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2018)127" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815223v1" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2018)195" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862013v1" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.191801" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823246v1" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2018)048" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823244v1" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.10.021" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801940v1" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.044905" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861963v1" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.202007" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720075v1" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5583-9" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823323v1" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092012" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503431v1" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska-Blenessy" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.064908" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758299v1" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.052012" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833805v1" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2018)107" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862052v1" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)159" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768167v1" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.06.011" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815248v1" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.112001" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801908v1" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032002" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815213v1" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032016" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861966v1" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.161802" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863301v1" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6468-7" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758313v1" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)042" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839708v1" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.112010" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861964v1" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2018.03.036" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861947v1" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2018)139" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768051v1" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032008" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704751v1" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5486-1" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861958v1" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.052003" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171558v1" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-6374-z" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714750v1" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.97.024904" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862011v1" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2018)180" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861904v1" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.092005" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774104v1" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.98.032009" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781963v1" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2018)174" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171513v1" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-018-5661-z" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01464170v1" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5061-9" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669516v1" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)017" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669752v1" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2017)107" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669831v1" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)034" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01454730v1" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alstaty" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barbero" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calandri" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4915-5" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01407800v1" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4700-5" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347951v1" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.005" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01499221v1" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5031-2" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669756v1" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5081-5" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01431223v1" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)113" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350700v1" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4580-0" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01472620v1" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4900-z" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375528v1" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.035" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458929v1" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys4208" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01473734v1" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/05/P05002" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376021v1" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrand" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berlendis" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bethani" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camincher" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.024908" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01446587v1" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.072" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01370697v1" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Abeloos" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. Ayoub" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassalat" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Binet" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.12.005" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01286005v1" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alio" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coadou" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaconu" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5004-5" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375652v1" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elles" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.032001" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171362v1" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5180-3" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669521v1" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5225-7" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669455v1" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.181804" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704835v1" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.112010" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669712v1" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)006" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388547v1" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)071" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388543v1" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)099" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409630v1" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4756-2" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669856v1" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)024" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704820v1" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)085" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669724v1" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)112" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01498447v1" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.072002" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669783v1" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)062" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669776v1" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.09.078" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669523v1" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)088" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669571v1" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4988-1" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01407784v1" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2017.03.006" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01414007v1" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4911-9" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01390780v1" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)117" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669570v1" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)084" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669753v1" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)052" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669835v1" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)132" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669792v1" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/12/P12009" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704343v1" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5349-9" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01478598v1" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)124" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01361813v1" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4574-y" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01417857v1" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4821-x" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171354v1" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)129" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171465v1" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5084-2" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669583v1" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.092008" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01502809v1" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)026" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703620v1" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.051802" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01405489v1" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Becot" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4852-3" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01471973v1" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.08.047" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375662v1" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4780-2" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480071v1" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)118" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669745v1" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5315-6" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669823v1" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.10.040" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669788v1" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.10.039" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669531v1" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)086" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308047v1" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4624-0" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669713v1" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.112004" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999307v1" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abdallah" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdinov" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.052004" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669748v1" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)141" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669780v1" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)195" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704736v1" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2017)059" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669785v1" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)182" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669728v1" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2017)191" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704762v1" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5445-x" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669791v1" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5442-0" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01488965v1" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5007-2" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01390854v1" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4766-0" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01412923v1" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4819-4" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01414001v1" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4644-9" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01507458v1" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4965-8" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01415359v1" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)117" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338736v1" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.064914" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01366362v1" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)086" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01394905v1" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.012007" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406313v1" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4887-5" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669610v1" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.191803" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669510v1" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.09.066" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669569v1" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)020" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01441666v1" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)157" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480132v1" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.072003" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346941v1" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourdarios" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.045" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383395v1" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4692-1" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01507438v1" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.112005" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331587v1" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.09.040" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185504v1" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4002-3" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214321v1" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collot" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;p&#233;-Renaudin" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Delsart" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)110" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242737v1" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brown" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4050-8" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284732v1" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)029" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01236652v1" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.056" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01169694v1" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034914" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01339794v1" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4344-x" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308055v1" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032005" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01366812v1" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/11/P11020" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01340380v1" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)074" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01318833v1" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/9/093016" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345964v1" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.055" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285026v1" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092004" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01329367v1" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.182002" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01255785v1" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)147" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215346v1" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4395-z" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01333217v1" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.042" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301679v1" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4126-5" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274039v1" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.050" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304245v1" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4338-8" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328829v1" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)045" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338727v1" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4325-0" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01240294v1" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)026" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186567v1" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3851-5" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01352708v1" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.042" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01352446v1" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.P. Calvet" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)110" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01289306v1" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)093" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01421334v1" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4501-2" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301451v1" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)059" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01260361v1" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;cot" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/18/7/073021" TargetMode="External"/><Relationship Id="rId1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200689v1" TargetMode="External"/><Relationship Id="rId1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3897-z" TargetMode="External"/><Relationship Id="rId1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01245323v1" TargetMode="External"/><Relationship Id="rId1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.101801" TargetMode="External"/><Relationship Id="rId1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345965v1" TargetMode="External"/><Relationship Id="rId1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032011" TargetMode="External"/><Relationship Id="rId1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01235322v1" TargetMode="External"/><Relationship Id="rId1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092005" TargetMode="External"/><Relationship Id="rId1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01314865v1" TargetMode="External"/><Relationship Id="rId1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)005" TargetMode="External"/><Relationship Id="rId1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331581v1" TargetMode="External"/><Relationship Id="rId1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)001" TargetMode="External"/><Relationship Id="rId1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230188v1" TargetMode="External"/><Relationship Id="rId1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)062" TargetMode="External"/><Relationship Id="rId1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01196068v1" TargetMode="External"/><Relationship Id="rId1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3910-6" TargetMode="External"/><Relationship Id="rId1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328587v1" TargetMode="External"/><Relationship Id="rId1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)112" TargetMode="External"/><Relationship Id="rId1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01218342v1" TargetMode="External"/><Relationship Id="rId1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3978-z" TargetMode="External"/><Relationship Id="rId1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178153v1" TargetMode="External"/><Relationship Id="rId1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3769-y" TargetMode="External"/><Relationship Id="rId1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01223673v1" TargetMode="External"/><Relationship Id="rId1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.028" TargetMode="External"/><Relationship Id="rId1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01298161v1" TargetMode="External"/><Relationship Id="rId1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.064" TargetMode="External"/><Relationship Id="rId1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351231v1" TargetMode="External"/><Relationship Id="rId1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)175" TargetMode="External"/><Relationship Id="rId1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350698v1" TargetMode="External"/><Relationship Id="rId1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4521-y" TargetMode="External"/><Relationship Id="rId1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290224v1" TargetMode="External"/><Relationship Id="rId1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.061" TargetMode="External"/><Relationship Id="rId1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327782v1" TargetMode="External"/><Relationship Id="rId1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)009" TargetMode="External"/><Relationship Id="rId1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348535v1" TargetMode="External"/><Relationship Id="rId1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.020" TargetMode="External"/><Relationship Id="rId1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01241140v1" TargetMode="External"/><Relationship Id="rId1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2016.04.032" TargetMode="External"/><Relationship Id="rId1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274774v1" TargetMode="External"/><Relationship Id="rId1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4499-5" TargetMode="External"/><Relationship Id="rId1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247038v1" TargetMode="External"/><Relationship Id="rId1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4110-0" TargetMode="External"/><Relationship Id="rId1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191668v1" TargetMode="External"/><Relationship Id="rId1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)172" TargetMode="External"/><Relationship Id="rId1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350662v1" TargetMode="External"/><Relationship Id="rId1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4385-1" TargetMode="External"/><Relationship Id="rId1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01179261v1" TargetMode="External"/><Relationship Id="rId1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3820-z" TargetMode="External"/><Relationship Id="rId1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247036v1" TargetMode="External"/><Relationship Id="rId1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)041" TargetMode="External"/><Relationship Id="rId1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328823v1" TargetMode="External"/><Relationship Id="rId1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.030" TargetMode="External"/><Relationship Id="rId1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290447v1" TargetMode="External"/><Relationship Id="rId1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4120-y" TargetMode="External"/><Relationship Id="rId1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316392v1" TargetMode="External"/><Relationship Id="rId1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4397-x" TargetMode="External"/><Relationship Id="rId1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01321141v1" TargetMode="External"/><Relationship Id="rId1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)081" TargetMode="External"/><Relationship Id="rId1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332498v1" TargetMode="External"/><Relationship Id="rId1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)173" TargetMode="External"/><Relationship Id="rId1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353905v1" TargetMode="External"/><Relationship Id="rId1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4466-1" TargetMode="External"/><Relationship Id="rId1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331584v1" TargetMode="External"/><Relationship Id="rId1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052009" TargetMode="External"/><Relationship Id="rId1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01302317v1" TargetMode="External"/><Relationship Id="rId1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2016)160" TargetMode="External"/><Relationship Id="rId1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280703v1" TargetMode="External"/><Relationship Id="rId1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4176-8" TargetMode="External"/><Relationship Id="rId1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280704v1" TargetMode="External"/><Relationship Id="rId1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4095-8" TargetMode="External"/><Relationship Id="rId1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338745v1" TargetMode="External"/><Relationship Id="rId1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4418-9" TargetMode="External"/><Relationship Id="rId1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01265314v1" TargetMode="External"/><Relationship Id="rId1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)067" TargetMode="External"/><Relationship Id="rId1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328567v1" TargetMode="External"/><Relationship Id="rId1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.042" TargetMode="External"/><Relationship Id="rId1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304651v1" TargetMode="External"/><Relationship Id="rId1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032006" TargetMode="External"/><Relationship Id="rId1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351233v1" TargetMode="External"/><Relationship Id="rId1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4400-6" TargetMode="External"/><Relationship Id="rId1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215349v1" TargetMode="External"/><Relationship Id="rId1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)064" TargetMode="External"/><Relationship Id="rId1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200692v1" TargetMode="External"/><Relationship Id="rId1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.172301" TargetMode="External"/><Relationship Id="rId1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201766v1" TargetMode="External"/><Relationship Id="rId1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052003" TargetMode="External"/><Relationship Id="rId1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01219097v1" TargetMode="External"/><Relationship Id="rId1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.072007" TargetMode="External"/><Relationship Id="rId1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347467v1" TargetMode="External"/><Relationship Id="rId1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4481-2" TargetMode="External"/><Relationship Id="rId1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215348v1" TargetMode="External"/><Relationship Id="rId1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)023" TargetMode="External"/><Relationship Id="rId1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295448v1" TargetMode="External"/><Relationship Id="rId1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.017" TargetMode="External"/><Relationship Id="rId1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295450v1" TargetMode="External"/><Relationship Id="rId1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.023" TargetMode="External"/><Relationship Id="rId1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01332495v1" TargetMode="External"/><Relationship Id="rId1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052002" TargetMode="External"/><Relationship Id="rId1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180723v1" TargetMode="External"/><Relationship Id="rId1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3743-8" TargetMode="External"/><Relationship Id="rId1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242741v1" TargetMode="External"/><Relationship Id="rId1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)127" TargetMode="External"/><Relationship Id="rId1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185532v1" TargetMode="External"/><Relationship Id="rId1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3823-9" TargetMode="External"/><Relationship Id="rId1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247039v1" TargetMode="External"/><Relationship Id="rId1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.055" TargetMode="External"/><Relationship Id="rId1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01231360v1" TargetMode="External"/><Relationship Id="rId1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.017" TargetMode="External"/><Relationship Id="rId1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01326890v1" TargetMode="External"/><Relationship Id="rId1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4335-y" TargetMode="External"/><Relationship Id="rId1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01326882v1" TargetMode="External"/><Relationship Id="rId1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)159" TargetMode="External"/><Relationship Id="rId1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206654v1" TargetMode="External"/><Relationship Id="rId1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052009" TargetMode="External"/><Relationship Id="rId1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01256579v1" TargetMode="External"/><Relationship Id="rId1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4041-9" TargetMode="External"/><Relationship Id="rId1844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01229764v1" TargetMode="External"/><Relationship Id="rId1845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4366-4" TargetMode="External"/><Relationship Id="rId1846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327788v1" TargetMode="External"/><Relationship Id="rId1847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4507-9" TargetMode="External"/><Relationship Id="rId1848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303450v1" TargetMode="External"/><Relationship Id="rId1849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.112015" TargetMode="External"/><Relationship Id="rId1850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331589v1" TargetMode="External"/><Relationship Id="rId1851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.052" TargetMode="External"/><Relationship Id="rId1852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304032v1" TargetMode="External"/><Relationship Id="rId1853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.112002" TargetMode="External"/><Relationship Id="rId1854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301295v1" TargetMode="External"/><Relationship Id="rId1855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)104" TargetMode="External"/><Relationship Id="rId1856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01329377v1" TargetMode="External"/><Relationship Id="rId1857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.08.019" TargetMode="External"/><Relationship Id="rId1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205215v1" TargetMode="External"/><Relationship Id="rId1859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052002" TargetMode="External"/><Relationship Id="rId1860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01295445v1" TargetMode="External"/><Relationship Id="rId1861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/05/P05013" TargetMode="External"/><Relationship Id="rId1862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200690v1" TargetMode="External"/><Relationship Id="rId1863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4065-1" TargetMode="External"/><Relationship Id="rId1864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338754v1" TargetMode="External"/><Relationship Id="rId1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4382-4" TargetMode="External"/><Relationship Id="rId1866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01238718v1" TargetMode="External"/><Relationship Id="rId1867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.032" TargetMode="External"/><Relationship Id="rId1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01345005v1" TargetMode="External"/><Relationship Id="rId1869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.111802" TargetMode="External"/><Relationship Id="rId1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323702v1" TargetMode="External"/><Relationship Id="rId1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.032003" TargetMode="External"/><Relationship Id="rId1872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01276335v1" TargetMode="External"/><Relationship Id="rId1873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4281-8" TargetMode="External"/><Relationship Id="rId1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01239667v1" TargetMode="External"/><Relationship Id="rId1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4070-4" TargetMode="External"/><Relationship Id="rId1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290223v1" TargetMode="External"/><Relationship Id="rId1877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.04.005" TargetMode="External"/><Relationship Id="rId1878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290226v1" TargetMode="External"/><Relationship Id="rId1879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4203-9" TargetMode="External"/><Relationship Id="rId1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201767v1" TargetMode="External"/><Relationship Id="rId1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4034-8" TargetMode="External"/><Relationship Id="rId1882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01245326v1" TargetMode="External"/><Relationship Id="rId1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.015" TargetMode="External"/><Relationship Id="rId1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191602v1" TargetMode="External"/><Relationship Id="rId1885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)032" TargetMode="External"/><Relationship Id="rId1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185528v1" TargetMode="External"/><Relationship Id="rId1887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.11.071" TargetMode="External"/><Relationship Id="rId1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215347v1" TargetMode="External"/><Relationship Id="rId1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.032009" TargetMode="External"/><Relationship Id="rId1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01220806v1" TargetMode="External"/><Relationship Id="rId1891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.012002" TargetMode="External"/><Relationship Id="rId1892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237930v1" TargetMode="External"/><Relationship Id="rId1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/04/P04008" TargetMode="External"/><Relationship Id="rId1894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205901v1" TargetMode="External"/><Relationship Id="rId1895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.12.048" TargetMode="External"/><Relationship Id="rId1896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187948v1" TargetMode="External"/><Relationship Id="rId1897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3852-4" TargetMode="External"/><Relationship Id="rId1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01191610v1" TargetMode="External"/><Relationship Id="rId1899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3876-4" TargetMode="External"/><Relationship Id="rId1900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353313v1" TargetMode="External"/><Relationship Id="rId1901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.014" TargetMode="External"/><Relationship Id="rId1902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348887v1" TargetMode="External"/><Relationship Id="rId1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.092003" TargetMode="External"/><Relationship Id="rId1904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01315392v1" TargetMode="External"/><Relationship Id="rId1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4184-8" TargetMode="External"/><Relationship Id="rId1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01319815v1" TargetMode="External"/><Relationship Id="rId1907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.053" TargetMode="External"/><Relationship Id="rId1908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01081855v1" TargetMode="External"/><Relationship Id="rId1909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.072302" TargetMode="External"/><Relationship Id="rId1910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01119338v1" TargetMode="External"/><Relationship Id="rId1911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2015)100" TargetMode="External"/><Relationship Id="rId1912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185529v1" TargetMode="External"/><Relationship Id="rId1913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)211" TargetMode="External"/><Relationship Id="rId1914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01078102v1" TargetMode="External"/><Relationship Id="rId1915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2015)049" TargetMode="External"/><Relationship Id="rId1916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01179620v1" TargetMode="External"/><Relationship Id="rId1917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.044915" TargetMode="External"/><Relationship Id="rId1918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01185505v1" TargetMode="External"/><Relationship Id="rId1919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.09.050" TargetMode="External"/><Relationship Id="rId1920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01158435v1" TargetMode="External"/><Relationship Id="rId1921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034904" TargetMode="External"/><Relationship Id="rId1922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01070669v1" TargetMode="External"/><Relationship Id="rId1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3262-7" TargetMode="External"/><Relationship Id="rId1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143425v1" TargetMode="External"/><Relationship Id="rId1925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2015)050" TargetMode="External"/><Relationship Id="rId1926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067117v1" TargetMode="External"/><Relationship Id="rId1927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3261-8" TargetMode="External"/><Relationship Id="rId1928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01165461v1" TargetMode="External"/><Relationship Id="rId1929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/09/P09018" TargetMode="External"/><Relationship Id="rId1930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01133670v1" TargetMode="External"/><Relationship Id="rId1931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3543-1" TargetMode="External"/><Relationship Id="rId1932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01150325v1" TargetMode="External"/><Relationship Id="rId1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.052002" TargetMode="External"/><Relationship Id="rId1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01144921v1" TargetMode="External"/><Relationship Id="rId1935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.091801" TargetMode="External"/><Relationship Id="rId1936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01107540v1" TargetMode="External"/><Relationship Id="rId1937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2015)117" TargetMode="External"/><Relationship Id="rId1938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01090112v1" TargetMode="External"/><Relationship Id="rId1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abdel Khalek" TargetMode="External"/><Relationship Id="rId1940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2015)041" TargetMode="External"/><Relationship Id="rId1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01165472v1" TargetMode="External"/><Relationship Id="rId1942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3685-1" TargetMode="External"/><Relationship Id="rId1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01081170v1" TargetMode="External"/><Relationship Id="rId1944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.012008" TargetMode="External"/><Relationship Id="rId1945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075723v1" TargetMode="External"/><Relationship Id="rId1946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.055" TargetMode="External"/><Relationship Id="rId1947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164188v1" TargetMode="External"/><Relationship Id="rId1948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.032001" TargetMode="External"/><Relationship Id="rId1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01192695v1" TargetMode="External"/><Relationship Id="rId1950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)206" TargetMode="External"/><Relationship Id="rId1951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01133668v1" TargetMode="External"/><Relationship Id="rId1952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3544-0" TargetMode="External"/><Relationship Id="rId1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143881v1" TargetMode="External"/><Relationship Id="rId1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)150" TargetMode="External"/><Relationship Id="rId1955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01136505v1" TargetMode="External"/><Relationship Id="rId1956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.191803" TargetMode="External"/><Relationship Id="rId1957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01158913v1" TargetMode="External"/><Relationship Id="rId1958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3628-x" TargetMode="External"/><Relationship Id="rId1959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01159301v1" TargetMode="External"/><Relationship Id="rId1960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)055" TargetMode="External"/><Relationship Id="rId1961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01142367v1" TargetMode="External"/><Relationship Id="rId1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.012010" TargetMode="External"/><Relationship Id="rId1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01054309v1" TargetMode="External"/><Relationship Id="rId1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3372-2" TargetMode="External"/><Relationship Id="rId1965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01104690v1" TargetMode="External"/><Relationship Id="rId1966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.02.015" TargetMode="External"/><Relationship Id="rId1967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01122472v1" TargetMode="External"/><Relationship Id="rId1968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3542-2" TargetMode="External"/><Relationship Id="rId1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01121521v1" TargetMode="External"/><Relationship Id="rId1970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3644-x" TargetMode="External"/><Relationship Id="rId1971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164976v1" TargetMode="External"/><Relationship Id="rId1972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3609-0" TargetMode="External"/><Relationship Id="rId1973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01181351v1" TargetMode="External"/><Relationship Id="rId1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.10.009" TargetMode="External"/><Relationship Id="rId1975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164723v1" TargetMode="External"/><Relationship Id="rId1976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072005" TargetMode="External"/><Relationship Id="rId1977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143445v1" TargetMode="External"/><Relationship Id="rId1978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.112013" TargetMode="External"/><Relationship Id="rId1979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01130581v1" TargetMode="External"/><Relationship Id="rId1980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3518-2" TargetMode="External"/><Relationship Id="rId1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01056937v1" TargetMode="External"/><Relationship Id="rId1982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3231-6" TargetMode="External"/><Relationship Id="rId1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118792v1" TargetMode="External"/><Relationship Id="rId1984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.112016" TargetMode="External"/><Relationship Id="rId1985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178859v1" TargetMode="External"/><Relationship Id="rId1986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)054" TargetMode="External"/><Relationship Id="rId1987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01157950v1" TargetMode="External"/><Relationship Id="rId1988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092001" TargetMode="External"/><Relationship Id="rId1989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187621v1" TargetMode="External"/><Relationship Id="rId1990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)134" TargetMode="External"/><Relationship Id="rId1991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01138053v1" TargetMode="External"/><Relationship Id="rId1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3474-x" TargetMode="External"/><Relationship Id="rId1993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01153685v1" TargetMode="External"/><Relationship Id="rId1994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)105" TargetMode="External"/><Relationship Id="rId1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01166353v1" TargetMode="External"/><Relationship Id="rId1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)162" TargetMode="External"/><Relationship Id="rId1997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01202985v1" TargetMode="External"/><Relationship Id="rId1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)061" TargetMode="External"/><Relationship Id="rId1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060227v1" TargetMode="External"/><Relationship Id="rId2000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertella" TargetMode="External"/><Relationship Id="rId2001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Cl&#233;mens" TargetMode="External"/><Relationship Id="rId2002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3373-1" TargetMode="External"/><Relationship Id="rId2003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01097769v1" TargetMode="External"/><Relationship Id="rId2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3406-9" TargetMode="External"/><Relationship Id="rId2005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01143440v1" TargetMode="External"/><Relationship Id="rId2006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3551-1" TargetMode="External"/><Relationship Id="rId2007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01110836v1" TargetMode="External"/><Relationship Id="rId2008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3408-7" TargetMode="External"/><Relationship Id="rId2009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01138051v1" TargetMode="External"/><Relationship Id="rId2010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2015)032" TargetMode="External"/><Relationship Id="rId2011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01024304v1" TargetMode="External"/><Relationship Id="rId2012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.052005" TargetMode="External"/><Relationship Id="rId2013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112063v1" TargetMode="External"/><Relationship Id="rId2014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2015)061" TargetMode="External"/><Relationship Id="rId2015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01092569v1" TargetMode="External"/><Relationship Id="rId2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.012006" TargetMode="External"/><Relationship Id="rId2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01057655v1" TargetMode="External"/><Relationship Id="rId2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.012006" TargetMode="External"/><Relationship Id="rId2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132691v1" TargetMode="External"/><Relationship Id="rId2020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.031801" TargetMode="External"/><Relationship Id="rId2021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01095077v1" TargetMode="External"/><Relationship Id="rId2022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.07.023" TargetMode="External"/><Relationship Id="rId2023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01165470v1" TargetMode="External"/><Relationship Id="rId2024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.09.051" TargetMode="External"/><Relationship Id="rId2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01098160v1" TargetMode="External"/><Relationship Id="rId2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3500-z" TargetMode="External"/><Relationship Id="rId2027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075735v1" TargetMode="External"/><Relationship Id="rId2028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3306-z" TargetMode="External"/><Relationship Id="rId2029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01079524v1" TargetMode="External"/><Relationship Id="rId2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2015)153" TargetMode="External"/><Relationship Id="rId2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01166707v1" TargetMode="External"/><Relationship Id="rId2032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)137" TargetMode="External"/><Relationship Id="rId2033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01117382v1" TargetMode="External"/><Relationship Id="rId2034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.03.054" TargetMode="External"/><Relationship Id="rId2035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01071039v1" TargetMode="External"/><Relationship Id="rId2036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.042" TargetMode="External"/><Relationship Id="rId2037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01024295v1" TargetMode="External"/><Relationship Id="rId2038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081802" TargetMode="External"/><Relationship Id="rId2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091281v1" TargetMode="External"/><Relationship Id="rId2040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.032004" TargetMode="External"/><Relationship Id="rId2041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01003959v1" TargetMode="External"/><Relationship Id="rId2042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Buat" TargetMode="External"/><Relationship Id="rId2043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Clement" TargetMode="External"/><Relationship Id="rId2044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3190-y" TargetMode="External"/><Relationship Id="rId2045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178858v1" TargetMode="External"/><Relationship Id="rId2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072001" TargetMode="External"/><Relationship Id="rId2047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199912v1" TargetMode="External"/><Relationship Id="rId2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092004" TargetMode="External"/><Relationship Id="rId2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199447v1" TargetMode="External"/><Relationship Id="rId2050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.112007" TargetMode="External"/><Relationship Id="rId2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01205226v1" TargetMode="External"/><Relationship Id="rId2052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)105" TargetMode="External"/><Relationship Id="rId2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01103567v1" TargetMode="External"/><Relationship Id="rId2054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.121801" TargetMode="External"/><Relationship Id="rId2055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139769v1" TargetMode="External"/><Relationship Id="rId2056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034903" TargetMode="External"/><Relationship Id="rId2057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01173977v1" TargetMode="External"/><Relationship Id="rId2058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2015)121" TargetMode="External"/><Relationship Id="rId2059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01075729v1" TargetMode="External"/><Relationship Id="rId2060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.02.051" TargetMode="External"/><Relationship Id="rId2061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01201768v1" TargetMode="External"/><Relationship Id="rId2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)172" TargetMode="External"/><Relationship Id="rId2063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01088470v1" TargetMode="External"/><Relationship Id="rId2064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2015)068" TargetMode="External"/><Relationship Id="rId2065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01130586v1" TargetMode="External"/><Relationship Id="rId2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.031802" TargetMode="External"/><Relationship Id="rId2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132356v1" TargetMode="External"/><Relationship Id="rId2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.231801" TargetMode="External"/><Relationship Id="rId2069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01132374v1" TargetMode="External"/><Relationship Id="rId2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3425-6" TargetMode="External"/><Relationship Id="rId2071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01081858v1" TargetMode="External"/><Relationship Id="rId2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2015)138" TargetMode="External"/><Relationship Id="rId2073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01169690v1" TargetMode="External"/><Relationship Id="rId2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3726-9" TargetMode="External"/><Relationship Id="rId2075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306480v1" TargetMode="External"/><Relationship Id="rId2076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sinopoulou" TargetMode="External"/><Relationship Id="rId2077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieke Bouwhuis" TargetMode="External"/><Relationship Id="rId2078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Distefano" TargetMode="External"/><Relationship Id="rId2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi A Fusco" TargetMode="External"/><Relationship Id="rId2080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Lastoria" TargetMode="External"/><Relationship Id="rId2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202533701046" TargetMode="External"/><Relationship Id="rId2082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387507v1" TargetMode="External"/><Relationship Id="rId2083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adriani" TargetMode="External"/><Relationship Id="rId2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId2085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Alhebsi" TargetMode="External"/><Relationship Id="rId2086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alshalloudi" TargetMode="External"/><Relationship Id="rId2087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId2088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967769v1" TargetMode="External"/><Relationship Id="rId2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293972v1" TargetMode="External"/><Relationship Id="rId2090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958808v1" TargetMode="External"/><Relationship Id="rId2091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249005v1" TargetMode="External"/><Relationship Id="rId2092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199245v1" TargetMode="External"/><Relationship Id="rId2093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990850v1" TargetMode="External"/><Relationship Id="rId2094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dartsi" TargetMode="External"/><Relationship Id="rId2095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978880v1" TargetMode="External"/><Relationship Id="rId2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.G. Allemandou" TargetMode="External"/><Relationship Id="rId2097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barroca" TargetMode="External"/><Relationship Id="rId2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>