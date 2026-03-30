--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -200,209 +200,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04408228v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carathéodory Theory and A Priori Estimates for Continuity Inclusions in the Space of Probability Measures</w:t>
+                <w:t xml:space="preserve">On the Viability and Invariance of Proper Sets under Continuity Inclusions in Wasserstein Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 247, pp.113595. </w:t>
+              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56 (3), pp.2863-2914. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.na.2024.113595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1137/23M1560410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969118v2</w:t>
+                <w:t xml:space="preserve">hal-04082985v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Viability and Invariance of Proper Sets under Continuity Inclusions in Wasserstein Spaces</w:t>
+                <w:t xml:space="preserve">Carathéodory Theory and A Priori Estimates for Continuity Inclusions in the Space of Probability Measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56 (3), pp.2863-2914. </w:t>
+              <w:t xml:space="preserve">Nonlinear Analysis: Theory, Methods and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 247, pp.113595. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/23M1560410⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.na.2024.113595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04082985v2</w:t>
+                <w:t xml:space="preserve">hal-03969118v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Measure Theoretical Approach to the Mean-field Maximum Principle for Training NeurODEs</w:t>
               </w:r>
@@ -685,631 +685,713 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus and Flocking under Communication Failures for a Class of Cucker-Smale Systems</w:t>
+                <w:t xml:space="preserve">Semiconcavity and Sensitivity Analysis in Mean-Field Optimal Control and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilien Flayac</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems and Control Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 157, pp.282-345</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02087941v5</w:t>
+                <w:t xml:space="preserve">hal-03315725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Inclusions in Wasserstein Spaces: The Cauchy-Lipschitz Framework</w:t>
+                <w:t xml:space="preserve">Consensus and Flocking under Communication Failures for a Class of Cucker-Smale Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Frankowska</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Flayac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jde.2020.08.031⟩</w:t>
+              <w:t xml:space="preserve">Systems and Control Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 152, pp.104930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sysconle.2021.104930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906913v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087941v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic Lipschitz Regularity of Mean-Field Optimal Controls</w:t>
+                <w:t xml:space="preserve">Differential Inclusions in Wasserstein Spaces: The Cauchy-Lipschitz Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francesco Rossi</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 271, pp.594-637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2020.08.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271059v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Necessary Optimality Conditions for Optimal Control Problems in Wasserstein Spaces</w:t>
+                <w:t xml:space="preserve">Intrinsic Lipschitz Regularity of Mean-Field Optimal Controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Frankowska</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (3), pp.2011-2046</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279264v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271059v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pontryagin Maximum Principle in Wasserstein Spaces for Constrained Optimal Control Problems</w:t>
+                <w:t xml:space="preserve">Necessary Optimality Conditions for Optimal Control Problems in Wasserstein Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/cocv/2019044⟩</w:t>
+              <w:t xml:space="preserve">Applied Mathematics and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 84 (Sup 2), pp.1281-1330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00245-021-09772-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01937106v6</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pontryagin Maximum Principle in the Wasserstein Space</w:t>
+                <w:t xml:space="preserve">A Pontryagin Maximum Principle in Wasserstein Spaces for Constrained Optimal Control Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesco Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calculus of Variations and Partial Differential Equations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 25 (52), pp.38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cocv/2019044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01637050v6</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937106v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Pontryagin Maximum Principle in the Wasserstein Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Calculus of Variations and Partial Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01637050v6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Generic Singularities of the 3D-Contact Sub-Riemannian Conjugate Locus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01936019v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1319,954 +1401,987 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exponential Consensus Formation in Time-Varying Multiagent Systems via Compactification Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Sigalotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63rd IEEE Conference on Decision and Control (CDC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, 2024, Milan, Italy. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC56724.2024.10886439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04600171v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viability and Exponentially Stable Trajectories for Differential Inclusions in Wasserstein Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 61st Conference on Decision and Control (CDC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Cancun, Mexico. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC51059.2022.9992888⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03772291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse control of kinetic cooperative systems to approximate alignment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.15920-15925</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01450962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variance Optimization and Control Regularity for Mean-Field Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th IFAC Workshop on Lagrangian and Hamiltonian Methods for Nonlinear Control LHMNC 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Berlin, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 54 (19), pp.13-18, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03216326v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Properties of the Value Function Associated to a Mean-Field Optimal Control Problem of Bolza Type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Frankowska</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 60th IEEE Conference on Decision and Control (CDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Austin (TX), United States. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structured Continuity Equations in Fibred Wasserstein Spaces</w:t>
+                <w:t xml:space="preserve">Exponential Turnpike Theorems for Nonlinear Deterministic Meanfield Optimal Control Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Shishmintsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trélat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383550v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viability Theory in the 1-Wasserstein Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Domínguez Corella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Frankowska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05383545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Characterization of Law-Invariant and Coherent Risk Measures through Optimal Transport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Bonalli</w:t>
+                <w:t xml:space="preserve">Structured Continuity Equations in Fibred Wasserstein Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nastassia Pouradier Duteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05427782v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05383550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Properties of the Value Function Associated to a Mean-Field Optimal Control Problem of Bolza Type *</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bonnet</w:t>
+                <w:t xml:space="preserve">A Characterization of Law-Invariant and Coherent Risk Measures through Optimal Transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Bonalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03315725v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Control in Wasserstein Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatic Control Engineering. Aix-Marseille Universite; Laboratoire d'Informatique et Systèmes - LIS; Università degli studi di Padova, 2019. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02361353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2276,105 +2391,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorie de la Mesure et Intégration de Lebesgue - Approches Géométriques et Fonctionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bonnet-Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Licence. ENSTA Paris, France. 2025, pp.115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05301745v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId59"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2521,51 +2636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408228v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bonnet-Weill" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Korda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1633133" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969118v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frankowska" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2024.113595" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082985v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1560410" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289521v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cipriani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Fornasier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2022.113161" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633263v5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bonalli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1489137" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418399v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Pouradier Duteil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087941v5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Flayac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2021.104930" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906913v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2020.08.031" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271059v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279264v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-021-09772-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937106v6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2019044" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637050v6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936019v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gauthier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600171v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC56724.2024.10886439" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03772291v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC51059.2022.9992888" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01450962v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216326v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383550v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383545v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Dom&#237;nguez Corella" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427782v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pfeiffer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306905v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315725v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02361353v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301745v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408228v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bonnet-Weill" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Korda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1633133" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082985v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frankowska" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1560410" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969118v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2024.113595" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289521v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cipriani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Fornasier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.na.2022.113161" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633263v5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bonalli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/22M1489137" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418399v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Pouradier Duteil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315725v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087941v5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Flayac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2021.104930" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906913v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2020.08.031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271059v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Rossi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279264v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-021-09772-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937106v6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2019044" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637050v6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936019v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gauthier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600171v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC56724.2024.10886439" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03772291v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC51059.2022.9992888" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01450962v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216326v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306905v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565160v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Colombo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Shishmintsev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383545v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Dom&#237;nguez Corella" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383550v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427782v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pfeiffer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02361353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301745v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>