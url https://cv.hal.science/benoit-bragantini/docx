--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1421,291 +1421,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanism of 53BP1 activity regulation by RNA-binding TIRR and a designer protein</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Drané</w:t>
+                <w:t xml:space="preserve">NMR assignment and solution structure of the external DII domain of the yeast Rvb2 protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bragantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catarina Oliveira</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément Rouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Manival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Quinternet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41594-018-0083-z⟩</w:t>
+              <w:t xml:space="preserve">Biomolecular NMR Assignments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (2), pp.243 - 247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12104-018-9816-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442177v1</w:t>
+                <w:t xml:space="preserve">hal-01882005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR assignment and solution structure of the external DII domain of the yeast Rvb2 protein</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bragantini</w:t>
+                <w:t xml:space="preserve">Mechanism of 53BP1 activity regulation by RNA-binding TIRR and a designer protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Victoria Botuyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaofeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Drané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catarina Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Rouillon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Detappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecular NMR Assignments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12 (2), pp.243 - 247. </w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25, pp.591-600. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12104-018-9816-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41594-018-0083-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882005v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RPAP3-Cterminal domain identifies R2TP-like quaternary chaperones</w:t>
               </w:r>
@@ -2513,51 +2513,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442235v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Peyret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Elie-Caille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442219v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vicq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Espirito Santo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Manival" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442270v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Koufany" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bragantini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Paul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Decebal Tiotiu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03543664v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Chagot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charpentier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442173v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sowmiya Palani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuka Machida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R Alvey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandana Mishra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison L Welter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46207-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofeng Cui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Botuyan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dran&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41821-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442168v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinaki Misra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Lampe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Pierluissi-Ruiz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Dick" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2023.140993" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03181046v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bourguet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22077-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087019v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.067967.118" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442177v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Oliveira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Detappe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-018-0083-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01882005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rouillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-018-9816-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343521v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maurizy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verheggen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04431-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01452313v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roth&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.04.028" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919528v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hessmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442328v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752418v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0295" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442235v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Peyret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Elie-Caille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442219v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vicq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Espirito Santo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Manival" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442270v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Koufany" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bragantini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Paul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Decebal Tiotiu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03543664v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Chagot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Charpentier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442173v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sowmiya Palani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuka Machida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R Alvey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandana Mishra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison L Welter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46207-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442137v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofeng Cui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Botuyan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dran&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Hu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41821-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442168v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinaki Misra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Lampe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Pierluissi-Ruiz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Dick" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2023.140993" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03181046v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bourguet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22077-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087019v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.067967.118" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01882005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rouillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12104-018-9816-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442177v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Oliveira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Detappe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-018-0083-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343521v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maurizy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verheggen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04431-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01452313v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roth&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.04.028" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919528v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hessmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442328v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752418v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0295" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>